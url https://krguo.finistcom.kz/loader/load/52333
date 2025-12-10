--- v0 (2025-10-20)
+++ v1 (2025-12-10)
@@ -1,10932 +1,40942 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="xml" ContentType="application/xml"/>
-[...7 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6FABBE47" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p w14:paraId="120ed1c" w14:textId="120ed1c">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w15:collapsed w:val="false"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+				</w:t>
+      </w:r>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2057400" cy="571500"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId3"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2057400" cy="571500"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-        </w:rPr>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"Мектепке дейінгі ұйымдарға және сәбилер үйлеріне қойылатын санитариялық-эпидемиологиялық талаптар" санитариялық қағидаларын бекіту туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Денсаулық сақтау министрінің 2021 жылғы 9 шілдедегі № ҚР ДСМ-59 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2021 жылғы 13 шiлдеде № 23469 болып тіркелді</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Осы бұйрықтың қолданысқа енгізілу тәртібін 5 т. қараңыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасы Үкiметiнiң 2017 жығы 17 ақпандағы № 71 қаулысымен бекітілген Қазақстан Республикасының Денсаулық сақтау министрлігі туралы ережесінің 16-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>132-1) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес БҰЙЫРАМЫН:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Қоса беріліп отырған "Мектепке дейінгі ұйымдарға және сәбилер үйлеріне қойылатын санитариялық-эпидемиологиялық талаптар" санитариялық </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидалары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Осы бұйрыққа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес тізбе бойынша Қазақстан Республикасы Денсаулық сақтау министрлігінің кейбір бұйрықтарының күші жойылды деп танылсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Қазақстан Республикасы Денсаулық сақтау министрлігінің Санитариялық-эпидемиологиялық бақылау комитеті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы бұйрықты Қазақстан Республикасы Денсаулық сақтау министрлігінің интернет-ресурсында орналастыруды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде осы тармақтың 1) және 2) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді Қазақстан Республикасы Денсаулық сақтау министрлігінің Заң департаментіне ұсынуды қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z8" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Денсаулық сақтау вице-министріне жүктелсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z9" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>      Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Денсаулық сақтау министрі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>А. Цой</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "КЕЛІСІЛДІ"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Білім және ғылым министрлігі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "КЕЛІСІЛДІ"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Индустрия және инфрақұрылымдық </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      даму министрлігі</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Денсаулық сақтау министрі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2021 жылғы 9 шілдедегі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ ҚР ДСМ- 59 бұйрығымен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>Об утверждении Санитарных правил "Санитарно-эпидемиологические требования к дошкольным организациям и домам ребенка"</w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Мектепке дейінгі ұйымдарға және сәбилер үйлеріне қойылатын санитариялық-эпидемиологиялық талаптар" санитариялық қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AAFA919" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-        </w:rPr>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Осы "Мектепке дейінгі ұйымдарға және сәбилер үйлеріне қойылатын санитариялық-эпидемиологиялық талаптар" санитариялық қағидалары (бұдан әрі – Санитариялық қағидалар) Қазақстан Республикасы Үкiметiнiң 2017 жығы 17 ақпандағы № 71 қаулысымен бекітілген, Қазақстан Республикасының Денсаулық сақтау министрлігі туралы ережесінің 16-тармағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>132-1) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленген және объектінің құрылысына жер учаскесін таңдауға, жобалауға, реконструкциялауға, пайдалануға, сумен жабдықтауға, су бұруға, жылумен жабдықтауға, жарықтандыруға, желдетуге, ауа баптауға, жөндеуге және күтіп-ұстауға, тәрбиелеу мен оқыту, тұру, тамақтану жағдайларына, өндірістік бақылауға, персоналдың еңбек және тұрмыстық қызмет көрсету жағдайларына, балаларды медициналық қамтамасыз етуге, меншік нысанына қарамастан балалар толық, толық емес, тәулік бойы болатын барлық түрдегі мектепке дейінгі ұйымдардағы (бұдан әрі – МДҰ) және сәбилер үйлеріндегі персоналды медициналық тексеріп-қарауға қойылатын санитариялық-эпидемиологиялық талаптарды белгілейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Санитариялық қағидалар МДҰ және сәбилер үйлеріне (бұдан әрі – объектілер) қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының 2014 жылғы 16 мамырдағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген рұқсат беру құжаттары болған кезде объектіні пайдалануға жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Объектілерде осы Санитариялық қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес зертханалық-құрал-саймандық зерттеулер жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Осы Санитариялық қағидаларда мынадай ұғымдар пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) арнайы санитариялық киім (бұдан әрі – арнайы киім) – шикізатты, қосымша материалдарды және дайын өнімді механикалық бөлшектермен, микроорганизмдермен ластанудан және басқа да ластанулардан қорғауға арналған персоналдың қорғаныш киімінің жиынтығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) балалардың ойын алаңы (бұдан әрі – ойын алаңы) – жабдықты және балалардың ойын алаңына арналған жабынды қамтитын балалардың ойынына арналған арнайы жабдықталған аумақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) балалардың ойын алаңдарына арналған жабдық – пайдаланушылар онымен немесе онда жеке немесе топпен өздерінің қалауы және қағидалары бойынша ойнау алатын балалардың ойын алаңында орнатылған жабдық;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) балалар толық емес уақыт болатын МДҰ – тамақтандыруды және ұйқыны ұйымдастырмай, төрт сағаттан аспайтын уақытқа балалар болатын МДҰ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) бракераж – органолептикалық көрсеткiштері бойынша тамақ өнiмдерiнiң және дайын тағамдардың сапасын бағалау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) дене тәрбиесі – денi сау, дене бiтiмi және рухани жағынан жетiлген өскелең ұрпақты қалыптастыруға бағытталған педагогикалық процесс;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) жеке медициналық кітапша – жұмысқа жіберілу туралы белгі қойылып, міндетті медициналық қарап-тексерудің нәтижелері енгізілетін дербес құжат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) изолятор – инфекциялық науқастарды, сондай-ақ айналасындағыларға эпидемиялық қауіп төндіретін инфекциялық ауруға күдікті адамдарды уақытша орналастыруға арналған үй-жай;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) мектепке дейінгі тәрбиелеу мен оқыту – балалардың дене, тұлғалық, зияткерлік қасиеттерін дамыту, олардың әлеуметтік жетістігі мен бүкіл өмірінің бойында бәсекеге қабілеттілігін қамтамасыз ету үшін қажетті негізгі құзыреттілігін қалыптастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) мектепке дейінгі ұйымдар – мектепке дейінгі жастағы балаларға арналған ерекше қызмет түрлерін есепке ала отырып, мектепке дейінгі тәрбиелеу мен оқытудың міндетті оқу бағдарламаларын іске асыратын, сондай-ақ Қазақстан Республикасының заңнамасында көзделген қосымша қызметтерді көрсететін ұйымдар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) оңтайлы микроклиматтық жағдайлар – балаларға ұзақ және жүйелі әсер ету кезінде термореттегіш тетіктерінің көмегінсіз организмнің қалыпты жылу жағдайын сақтауды қамтамасыз ететін микроклиматтың сандық көрсеткіштерінің үйлесімдігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) өндірістік бақылау – өндірілетін өнімнің, дара кәсіпкер немесе заңды тұлға орындайтын жұмыстар мен көрсетілетін қызметтердің адам және оның тіршілік ететін ортасы үшін қауіпсіздігін және (немесе) зиянсыздығын қамтамасыз етуге бағытталған іс-шаралар кешені, оның ішінде зертханалық зерттеулер мен сынақтар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) санитариялық-аулалық қондырғылар (бұдан әрі – САҚ) – орталықтандырылған кәрізбен байланысы жоқ, объектінің аумағында орналасқан жер үстіндегі бөлігі мен қазылған шұңқыры бар дәретхана;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) санитариялық қорғаныш аймағы – елді мекендегі арнайы мақсаттағы аймақтарды, сондай-ақ өнеркәсіптік ұйымдар мен басқа да өндірістік, коммуналдық және қойма объектілерін жақын жатқан селитебті аймақтардан, тұрғын-азаматтық мақсаттағы ғимараттар мен құрылыстардан оларға қолайсыз факторлардың әсерін әлсірету мақсатында бөлетін аумақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) сәбилер үйі – жетім балаларға, ата-анасының қамқорлығынсыз қалған балаларға және өмірлік қиын жағдайда жүрген балаларға, олардың үш жасты қоса алғанға дейін, туғаннан бастап төрт жасқа дейінгі психикалық және дене бітімінің дамуында кемістігі бар балаларға арналған мемлекеттік медициналық ұйым;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) септик – тұрмыстық сарқынды судың аз мөлшерін тазалауға арналған құрылыс;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) технологиялық жабдық – өндіріс жұмысы үшін қажетті тетіктер, машиналар, құрылғылар, аспаптар жиынтығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) технологиялық карта – тамақ өнімдерінің құрамы, тізбесі мен технологиялық операцияларды қамтитын өндіріс процесін сипаттау көрсетілген тамақ өнімінің атауы бар, тамақ өнімі негізделіп дайындалатын құжат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) топтық үй-жайлар (топтық ұяшық) – объектінің бір жас ерекшелік тобындағы балаларына арналған объектінің үй-жайлары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) тиімді тамақтандыру – тамақтандырудың физиологиялық және жас ерекшелігі нормаларын ескере отырып, теңестірілген тамақтандыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) топтық оқшаулау – топтарды әкімшілік-шаруашылық, тұрмыстық үй-жайлардан және бір-бірінен оқшаулау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) топтардың толықтырылуы – топтағы балалардың нормаланған саны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>Приказ Министра здравоохранения Республики Казахстан от 9 июля 2021 года № ҚР ДСМ-59. Зарегистрирован в Министерстве юстиции Республики Казахстан 13 июля 2021 года № 23469</w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Объектілердің құрылысына жер учаскесін таңдауға, жобалауға, пайдалануға, реконструкциялауға қойылатын санитариялық-эпидемиологиялық талаптар</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FF6EEF0" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Объектілердің құрылысына жер учаскесі Қазақстан Республикасы Үкiметiнiң 2017 жығы 17 ақпандағы № 71 қаулысымен бекітілген Қазақстан Республикасының Денсаулық сақтау министрлігі туралы ережесінің 16-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>132-1) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес бекітілетін "Адамның денсаулығы мен өмір сүру ортасына әсер ету объектілері болып табылатын объектілердің санитариялық-қорғаныш аймағын белгілеу бойынша санитариялық-эпидемиологиялық талаптар" санитариялық қағидаларына сәйкес көлік магистралдарынан қашықтықта бөлінеді және жер үстіндегі суларды бұруды қамтамасыз ететін еңістері бар, тұрғын шағын аудандардың аумақтарында, санитариялық-қорғаныш аймақтарынан тыс орналасады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Көп пәтерлі тұрғын үйлерде, ішіне-жапсарлас салынған үй-жайларда орналастырылатын, балалар толық емес уақыт болатын МДҰ үшін жеке жер учаскесі көзделмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z21" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. Объектілердің құрылысына жер учаскесін таңдау кезінде алаң "Қазақстан Республикасындағы сәулет, қала құрылысы және құрылыс қызметі туралы" Қазақстан Республикасының 2001 жылғы 16 шілдедегі Заңының 20-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>23-16) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес сәулет, қала құрылысы және құрылыс саласындағы мемлекеттік нормативтер (бұдан әрі – сәулет, қала құрылысы және құрылыс саласындағы мемлекеттік нормативтер) талаптарымен айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z22" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Жобалау кезінде объектілердің аумағында балалардың әрбір жас топтары үшін жеке ойын алаңдары көзделеді. МДҰ алаңдарының көлемдері балалардың санына қарай бір орынға кемінде 4 шаршы метр (бұдан әрі – м</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z23" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Әрбір топтық алаңда күн мен жауын-шашыннан қорғау үшін үш жағынан қоршалған кемінде 20 м</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көлеңке қалқа көзделеді. Көлеңке қалқалардың едені ағаштан болуы көзделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z24" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Объектілерді жобалау және реконструкциялау кезінде үй-жайлардың жиыны мен алаңы сәулет, қала құрылысы және құрылыс саласындағы мемлекеттік нормативтер талаптарына сәйкес жобалауға арналған тапсырмамен айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z25" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Объектілерді жобалау кезінде ғимаратта және учаскеде әкімшілік-шаруашылық, тұрмыстық үй-жайлардан және бір-бірінен топтық оқшаулау қағидаты сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z26" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Объектілерді жобалау кезінде негізгі және қосалқы үй-жайлар көзделеді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жас ерекшелігіне байланысты топтық үй-жайлар – оқшауланған автономды үй-жайлар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мамандандырылған үй-жайлар (музыка, спорт залдары) балалармен сабақ өткізу үшін, барлық немесе бірнеше жас топтарының кезекпен пайдалануына арналған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ілеспе үй-жайлар (медициналық, ас блогы, кір жуатын орын) және персоналға арналған қызметтік-тұрмыстық үй-жайлар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Жобалау кезінде МДҰ-ның жас ерекшелігіне байланысты топтық үй-жайларының құрамына киім шешетін бөлме, ойын, жатын бөлмесі, буфет-тарату орны, дәретхана кіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      МДҰ-ның жас ерекшелігіне байланысты топтық үй-жайларының құрамы және олардың ауданы осы Санитариялық қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес келеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Балалар толық уақыт болмайтын МДҰ-ны жобалау кезінде сәулет, қала құрылысы және құрылыс саласындағы мемлекеттік нормативтер талаптарына сәйкес жатын бөлмені ойын бөлмесімен біріктіруге жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Балалар толық уақыт болмайтын МДҰ және мектепке дейінгі шағын орталықтарда жалпы киім шешетін орынды орнатуға жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Объектілер ғимараттарының бірінші қабатында медициналық үй-жайлар және изолятор көзделеді. Изолятордың өтпелі болмауы көзделеді, олардың арасында 1,2 м биіктікте әйнектелген қалқа құрылғысын орнату арқылы медициналық кабинетпен көрші орналастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z30" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Ғимараттардың жертөле және цоколдық қабаттарында балалар болатын үй-жайларды және медициналық мақсаттағы үй-жайларды орналастырмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z31" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Пайдалану режимі шумен қоса жүретін және балаларды алаңдатын, педагогикалық, медициналық, әкімшілік персоналдың жұмысына кедергі келтіретін немесе бұзатын үй-жайларды (сорғы қондырғысы бар бойлерлер, өндірістік үй-жайлар, жөндеу шеберханалары, сорғы бөлімшесі бар салқындатқыш камералар, желдеткіш камералары, компрессорлық) жатын бөлмелеріне, топтық үй-жайларында, медициналық кабинеттерге көрші, олардың астында немесе үстінде орналастырмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z32" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Жеке гигиена бөлмелерін, персоналға арналған санитариялық тораптарды әкімшілік үй-жайлар аймағында орналастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z33" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Үй-жайларды әрлеу үшін олардың сапасы мен қауіпсіздігін растайтын құжаттары бар құрылыс материалдары пайдаланылады. Рекреацияларда, холлдарда, акт залдарында, әкімшілік үй-жайларда әртүрлі конструкциялық аспалы төбелер қолдануға жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z34" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Қалыпты режимде жұмыс істейтін үй-жайлардағы қабырғалардың, жабдықтың беті ылғалды тәсілмен жинауға жол беретіндей тегіс, күңгірт болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ылғалды режимде жұмыс істейтін үй-жайлардың (медициналық мақсаттағы, ас блогы, санитариялық тораптар, кір жуу, жуыну орындар) қабырғаларын кемінде 1,5 м биіктікте, себезгі бөлмелерінде кемінде 1,8 м биіктікте тақтаймен немесе жуу және дезинфекциялау құралдарын қолдана отырып, ылғалды тәсілмен жинауға жол беретін басқа да материалдармен қаптайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z35" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Үй-жайлардағы еден ағаш тақтаймен немесе паркетпен жабылады. Едендердің бетіне ылғалды тәсілмен өңдеуге және дезинфекциялауға жол беретін синтетикалық полимерлі материалдар, жылы линолеум төсеуге жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Барлық үй-жайлардағы еденнің беті тегіс, саңылаусыз, ақаусыз және механикалық зақымданбаған болуы тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Спорт залдың едені ағаштан немесе арнайы жабыны болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z36" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Жылыту жүйесінің радиаторлары терезе астындағы қуыстарда орналастырылады және тормен жабылады, терезелерде және жарықтандыру құралдарында қоршау құрылғылары көзделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z37" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. МДҰ-ны жеке тұрған ғимаратта, жеке үй иеліктерінде, көп пәтерлі тұрғын үйдің алғашқы екі қабаттарында, сондай-ақ ішіне-жапсарлас салынған үй-жайларда орналастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z38" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. МДҰ-ны көп пәтерлі тұрғын үйдің бірінші қабатында тұрғын үй-жайлар болмаған жағдайда оның екінші қабатына орналастыруға жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көп пәтерлі тұрғын үйдің алғашқы екі қабаттарында орналасқан МДҰ-ның тұрғын үйдің кіреберісімен біріктірілмеген жеке кіретін есігі болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. МДҰ-ны көп пәтерлі тұрғын үйдің алғашқы екі қабаттарында орналастыру кезінде тұрғындардың тіршілік әрекетінің санитариялық-гигиеналық жағдайларының нашарлауына жол берілмейді (шу, тамақ иісі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z40" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Авариялық ғимараттарда және үй-жайлардағы объектілерді пайдалануға жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z41" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Объектілерді пайдалану кезінде аумағында бұзылмаған қоршауы болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z42" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Объектілердің аумағында және үй-жайларында олармен функционалдық жағынан байланысы жоқ объектілерді орналастырмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z43" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Объектінің учаскесіне кiру жолдары, көлiкпен өту жолдары, шаруашылық құрылыстарға, қоқыс жинағыштарға арналған алаңдарға, санитариялық-аулалық қондырғыларға өтетiн жолдар асфальтпен, бетонмен немесе тазалауға қолжетімді басқа да қатты жабынмен жабылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z44" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Объектілерді реконструкциялау кезінде осы Санитариялық қағидалардың 6-29-тармағы аралығында көзделген талаптар сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z45" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-        </w:rPr>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Объектілерді сумен жабдықтауға, су бұруға, жылумен жабдықтауға, жарықтандыруға, желдетуге, ауаны баптауға қойылатын санитариялық-эпидемиологиялық талаптар</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z46" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Объектілерде орталықтандырылған шаруашылық-ауыз су, ыстық сумен жабдықтау, су бұру, жылумен жабдықтау жарамды жағдайда көзделеді.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2F393246" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z47" w:id="45"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      33. Объектілер Қазақстан Республикасы Үкiметiнiң 2017 жығы 17 ақпандағы № 71 қаулысымен бекітілген Қазақстан Республикасының Денсаулық сақтау министрлігі туралы ережесінің 16-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>132-1) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес бекітілген санитариялық қағидалардың, гигиеналық нормативтердің (бұдан әрі – нормалау құжаттары) белгіленген талаптарына сәйкес қауіпсіз және сапалы ауыз сумен қамтамасыз етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z48" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Объектілерде ауыз су режимі ұйымдастырылады. Ауыз су, оның ішінде сыйымдылықтарға (графиндерге, шәйнектерге) өлшеп-құйылған және бөтелкедегі су сапасы мен қауіпсіздік көрсеткіштері бойынша нормалау құжаттарының талаптарына сәйкес келуі тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Суға арналған кулерлер (диспенсерлер) өндірушінің нұсқаулығына сәйкес тұрақты түрде тазартылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қайнатылған ауыз су үш сағаттан аспайтын уақыт сақталған жағдайда оны пайдалануға жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z49" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Су ішу үшін таза ыдысты (шыны, фаянс ыдыс немесе бір рет қолданылатын стақандар) пайдаланады, таза және пайдаланылған ыдыс үшін таңбаланған жеке подностар немесе бір рет қолданылатын ыдысты жинау үшін контейнерлер бөлінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z50" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Орталықтандырылған сумен жабдықтау жүйесі болмаған жағдайда ішкі су құбыры мен су бұру құрылғылары бар ауыз су мақсатындағы жергілікті көздерден алынған суды пайдалануға жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z51" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. Әкелінетін сумен жұмыс істейтін объектілерде ауыз су қорын сақтауға арналған сыйымдылықтар орналастырылған жеке үй-жай көзделеді. Сыйымдылықтардың таңбалауы ("Ауыз су") болады, апта сайын (және қажеттілігіне қарай) жуу және дезинфекциялау құралдарын қолдана отырып, тазалауға және дезинфекциялауға жатады. Ауыз суға арналған сыйымдылықтар басқа мақсаттарда пайдаланылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z52" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. Ауыз су уақтылы тазартылатын, жуылатын және дезинфекцияланатын, ауыз сумен жанасуға рұқсат етілген материалдардан орындалған арнайы таңбаланған сыйымдылықтармен, арнайы автокөлікпен әкелінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z53" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. Орталықтандырылған ыстық сумен жабдықтау болмаған жағдайда су жылытқыштар орнатылады. Ыстық және суық су барлық ванналарға, себезгі бөлмелеріне, тұратын орындарындағы, медициналық мақсаттағы үй-жайлардағы қолжуғыштарға, сондай-ақ ас блогындағы араластырғыш қондырғысы бар қажетті технологиялық жабдықтарға тартылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z54" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. МДҰ-ны кәрізделмеген және ішінара кәрізделген жерлерде орналастырған жағдайда жергілікті кәріз құрылғысы (шұңқырлар, септиктер) көзделеді. Сарқынды суды қабылдауды гидравликалық бекітпесі (сифон) бар қақпақпен жабдықталған, объекті аумағының шаруашылық аймағында орналастырылатын, уақтылы тазартылып отыратын жерасты су өткізбейтін жалпы немесе бөлек сыйымдылықта (шұңқырда, септиктерде) жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жобаланатын, салынып жатқан және реконструкцияланатын МДҰ-да кәріздендірілмеген және ішінара кәріздендірілген жерде санитариялық тораптар МДҰ ғимаратында орналасады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z55" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. Қойма үй-жайларында, тұрмыстық үй-жайларда су бұруға арналған кәріз бағандарын сыланған қораптарға салады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z56" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. Сарқынды суды ашық су айдындарына және іргелес аумаққа ағызуға жол берiлмейдi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z57" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43. Персоналға арналған САҚ-та жер үсті үй-жайлары мен су өткізбейтін материалдан жасалған қазылған шұңқыры болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      САҚ-ты жинауды дезинфекциялық құралдарын қолдана отырып күн сайын жүргізеді. САҚ-тың қазылған шұңқырын уақтылы тазалайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z58" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44. Жылумен жабдықтаудың орталықтандырылған көзі болмаған жағдайда автономды қазандық көзделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z59" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45. Жылыту кезеңінде ауаның температурасы нормалау құжаттарынің көрсеткіштеріне сәйкес келеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z60" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46. Үй-жайларды табиғи және жасанды жарықтандыру сәулет, қала құрылысы және құрылыс саласындағы мемлекеттік нормативтерге сәйкес айқындалады. Бір үй-жайда бір типті шамдарды қолданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z61" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47. Жасанды жарықтандыру көрсеткіштері нормалау құжаттарына сәйкес нормаланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z62" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48. Объектілердің аумағында сыртқы жасанды жарықтандыру орнатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z63" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49. Объектілердің барлық үй-жайларында табиғи жарықтандыру көзделеді. Мыналарды: коммуникациялық жүйелер үй-жайларына (су құбырлары мен кәріз сорғылары, желдету және ауа баптау камералары, бойлер бөлмелері), рекреациялық үй-жайлар болып табылмайтын дәліздерге, фойеге, қоймаларға, мүкәммал тұратын орындарға, дезинфекциялау құралдарын дайындайтын бөлмелерге, киім шешетін бөлмелерге, киім ілетін орындарға, себезгі бөлмелеріне, дәретханаларға, ғимараттың инженерлік және технологиялық жабдығын орнату және басқару үй-жайларына және ас блогының өндірістік үй-жайларына табиғи жарықтандырусыз жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z64" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50. Топтық және оқу үй-жайларында терезе әйнектерін бояуға жол берілмейді. Жарық ойықтарын реттелетін күннен қорғайтын құрылғылармен жабдықтайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z65" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51. Істен шыққан шамдар ауыстырылады. Жарамсыз, құрамында сынап бар (жарық диодты, люминесцентті, энергия үнемдегіш) шамдар балалардың қолы жетпейтін жеке үй-жайда сақталады. Істен шыққан құрамында сынап бар шамдарды қоқыс жинағышқа тастауға жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z66" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52. Істен шыққан құрамында сынап бар шамдарды сақтау және шығару объекті басшысының бұйрығымен жауапты адамға жүктеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z67" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53. Желдету және ауа баптау жүйелерін пайдалану кезінде нормалау құжаттарының талаптары сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z68" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54. Ас блогында механикалық түрде іске қосылатын желдету көзделеді. Жылу және ылғал бөлу көзі болып табылатын жабдықтың үстінде сыртқа тарту шатырлары көзделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z69" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55. Объектілердің ас блогын желдетуге осы Санитариялық қағидалардың талаптарына қайшы келмейтін бөлікте қоғамдық тамақтану объектілеріне қойылатын нормалау құжаттарының талаптары қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z70" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56. Терезелердің конструкциясы балалардың болуына арналған үй-жайларды жылдың кез келген уақытында желдетуді ұйымдастыру мүмкіндігін көздейді. Терезелердің әйнектелуі бүтін шыны төсемнен орындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z71" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57. Өтпелі немесе бұрыштан желдету балалар болмаған кезде жүргізіледі. Өтпелі желдету дәретхана үй-жайлары арқылы өткізілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z72" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58. Объектілерде нормалау құжаттарына сәйкес оңтайлы микроклиматтық жағдайлар (температура, ауа қозғалысының жылдамдығы және ауаның салыстырмалы ылғалдылығы) жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z73" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59. Топтық үй-жайларындағы, сондай-ақ себезгі және спорт зал жанындағы киім шешетін орындардағы, медициналық пункт үй-жайларындағы ауа температурасын бақылау үшін ішкі қабырғаға 0,8 – 1,2 м биіктікте бекітілген термометрлер орнатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z74" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-        </w:rPr>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. Объектілердің үй-жайларын жөндеуге және күтіп-ұстауға қойылатын санитариялық-эпидемиологиялық талаптар</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z75" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60. Жыл сайын объектілерде ағымдағы жөндеу жүргізіледі.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="404A6D0A" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z76" w:id="74"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61. Объектілер жұмыс істеп тұрған кезде авариялық жағдайларды жою жұмыстарын қоспағанда, күрделі және ағымдағы жөндеуді жүргізуге жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z77" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      62. Терезелерде, желдету үшін ашылатын желкөздерде, фрамугаларда москит торлары және қорғаныш құлыптары орнатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z78" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      63. Объектілердің аумағы және қоршау сыртындағы оған іргелес аумақ таза ұсталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z79" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      64. Объектілердің барлық үй-жайлары мен жабдығы таза ұсталады. Медициналық үй-жайларды, ас блогын және дәретханаларды күн сайын дезинфекциялау құралдарын қолдана отырып тазалайды. Дәретханаларда едендер, есік тұтқалары, крандардың шүмектері, раковиналар және унитаздар күнделікті дезинфекциялануға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z80" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65. Дәретханаларда балаларға арналған унитаздар, жуынатын раковиналар, қол жууға арналған құралдары бар иілмелі шлангісі бар гигиеналық табандық, жеке ұяшықтары бар балалардың орамалдарына арналған қабырғаға ілінетін немесе аспалы ілгіштер, шомылуға арналған ванналар, шаруашылық шкафтары және ағызу жүйесі орнатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z81" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      66. Персоналға арналған дәретханаларда унитаздар, қолды жууға және кептіруге арналған құралдары бар жуынатын раковиналар, қоқыс жинауға арналған урналар орнатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z82" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      67. Санитариялық аспаптардың саны мен өлшемі осы Санитариялық қағидаларға 3-қосымшаға сәйкес көзделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z83" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      68. Түбектер пайдаланылғаннан кейін тазартылады, жуылады және дезинфекцияланады. Таза түбектер дәретханаларда, жеке таңбаланған ұяшықтарда сақталады. Түбектерді сулауға арналған сыйымдылықтар таңбаланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z84" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69. Алты айға дейінгі балаларға арналған сәбилер үйлерінде топтық үй-жайларда манеждер мен құндақтау үстелдері орнатылады. 1 жастан асқан балаларды тамақтандыру аймағын тамақтандыруға арналған үстелдермен жабдықтайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z85" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70. Сәбилер үйлеріндегі топтардағы құндақтау үстелдері, балалардың жаялық клеенкалары, манеждердің жабыны, ойын жабдықтары күн сайын жуу құралдарын қолдана отырып өңделеді, нәжіспен ластанған жағдайда қосымша дезинфекциялау жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z86" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      71. Жинау жүргізу үшін нормалау құжаттарына сәйкес қолдануға рұқсат етілген дезинфекциялау құралдары пайдаланылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дезинфекциялау ерітінділерін өндірушінің нұсқаулығына сәйкес ертіндіні дайындау күні көрсетіле отырып, таңбаланған сыйымдылықтарда дайындайды. Дезинфекциялау және жуу құралдары, жұмысшы ерітінділері балалардың қолы жетпейтін орындарда сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z87" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      72. Жинау мүкәммалы (легендер, шелектер, жөкелер, шүберектер) таңбаланады және жеке үй-жайларға (санитариялық тораптар, медициналық пункт, ас блогының өндірістік үй-жайлары, тамақтану залы, топтық үй-жайлар) бекітіледі, арнайы бөлінген үй-жайларда (орындарда) сақталады. Санитариялық тораптарға арналған жинау мүкәммалының сигналды таңбасы болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z88" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73. Жыл сайын көктем мезгілінде ойын алаңдарында құмды толық ауыстыру жүргізіледі. Жаңадан әкелінетін құм паразитологиялық, микробиологиялық, санитариялық-химиялық, радиологиялық көрсеткіштер бойынша нормалау құжаттарына сәйкес келеді. Зертханалық зерттеулер нәтижелері нормалау құжаттарына сәйкес келмеген жағдайда құмды кезектен тыс ауыстыру жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z89" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      74. Тығыз жабылатын қақпақтармен жабдықталған қоқыс жинағыштар шаруашылық аймақтағы үш жағынан қоршалған, тазалауға және дезинфекциялауға жеңіл су өткізбейтін жабыны бар алаңға орнатылады. Қоқыс жинағыштар (контейнерлер) тазаланады, жуылады және дезинфекцияланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көп пәтерлі тұрғын үйдің алғашқы екі қабатында, ішіне-жапсарлас салынған үй-жайларда орналастырылған МДҰ-ның қоқысын жинау үшін тұрғын үйдің ортақ қоқыс салғыштары немесе контейнерлері пайдаланылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z90" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      75. Объектілерде дератизациялау және дезинсекциялау бойынша іс-шаралар жүргізіледі. Жәндіктердің, кенелердің, басқа да буын аяқтылар мен кеміргіштердің болуына жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z91" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-        </w:rPr>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-тарау. Объектілерде тәрбиелеу және оқыту жағдайларына қойылатын санитариялық-эпидемиологиялық талаптар</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z92" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      76. Мектепке дейінгі тәрбие мен оқыту мазмұны, МДҰ-ның оқу жүктемесінің ең үлкен көлемі Қазақстан Республикасы Білім және ғылым министрінің 2018 жылғы 31 қазандағы № 604 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17669 болып тіркелген) бекітілген Білім берудің барлық деңгейінің мемлекеттік жалпыға міндетті білім беру стандарттарында белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z93" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      77. МДҰ-ғы арнаулы топтардың толықтырылуы осы Санитариялық қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес көзделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z94" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      78. Сәбилер үйінде тәрбиеленетін балалардың оңтайлы саны 100 – 150 баланы құрайды. Топтардың толықтырылуы туғаннан бастап 1,5 жасқа дейін – 10 бала, 1,5 жастан 2 жасқа дейін – 13 бала, 2 жастан 3 жасты қоса алғанға дейін – 20 бала.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z95" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      79. Серуендер ауа-райы жағдайы ескеріле отырып, күн сайын жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z96" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      80. Ойын алаңдарының жабыны денсаулық үшін қауіпсіз (жарақаттануды болдырмайтын) материалдардан көзделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z97" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      81. Объектілердің жиһазы мен жабдығы балалардың бой-жас ерекшеліктеріне сәйкес келеді. Объектілерде ойын, оқу кабинеттері үстелдермен, арқалығы бар орындықтармен жабдықталады</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ойын және спорт алаңдарындағы жабдықтар балалардың бойы мен жасына сәйкес келеді, үшкір шығыңқы жерлері мен ақауы болмайды, уақтылы жөнделеді. Жабдықтың бетінің жабыны суға төзімді материалдан көзделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жабдықтың жиыны, саны және өлшемін объектілердің бейінін, үй-жайлардың ерекшелігін есепке ала отырып көздейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      МДҰ мен сәбилер үйінің жиhазының негiзгi өлшемдерi осы Санитариялық қағидаларларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-қосымшаның</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1, 2-кестелеріне сәйкес белгіленген.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z98" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      82. Жиһаз, жұмсақ, қатты мүкәммал, жабдық жұмыс жағдайында болады және уақтылы жөндеуге немесе ауыстыруға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z99" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      83. Топтардағы киім шешетін бөлмелер сыртқы киімге арналған шкафтармен және орындықтармен жабдықталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Балалардың киіміне арналған шкафтарды жеке таңбалайды және бас киімге арналған сөрелермен және сыртқы киімге арналған ілмектермен жабдықтайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z100" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      84. Спорт залдары жанындағы киім шешетін бөлмелер киімге арналған шкафтармен немесе ілгіштермен, орындықтармен жабдықталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Спорттық төсеніштердің жабыны тазалауға және дезинфекциялауға болатын материалдардан көздейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z101" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      85. Пайдаланылған ойыншықтарды күн сайын жуу құралдарын қолдана отырып күннің соңында жуады. Ойыншықтарды жууға арналған сыйымдылықты, шүберек пен жөкені таңбалайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z102" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      86. Жұмсақ ойыншықтарды пайдаланғаннан кейін күннің соңында ойыншықтан кемінде 25 см қашықтықта 30 минут бойы бактерицидті сәулелегіштермен дезинфекцияланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z103" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      87. Бөбек жастағы топтарда және медициналық мақсаттағы үй-жайларда жұмсақ ойыншықтар мен пенолатексті түкті ойыншықтар пайдаланылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z104" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      88. Балалар үшін сатып алынған өнімдерге (ойыншықтар, аяқкиім, киім, ыдыс, жеке гигиена құралдары, мектеп және жазу құралдары, төсек-орын жабдықтары, парфюмерлік-косметикалық өнім, жиһаз) олардың сапасы мен қауіпсіздігін растайтын құжаттар беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z105" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">      В соответствии с подпунктом 132-1) пункта 16 Положения о Министерстве здравоохранения Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 17 февраля 2017 года № 71 ПРИКАЗЫВАЮ:</w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6-тарау. Балалардың тұру жағдайларына қойылатын санитариялық-эпидемиологиялық талаптар</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0245E8A9" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z106" w:id="104"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      89. Объектілердің жатын бөлмелерін жеке стационарлық кереуеттермен жабдықтайды.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4EFB4E92" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="104"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      1. Утвердить прилагаемые Санитарные правила "Санитарно-эпидемиологические требования к дошкольным организациям и домам ребенка".</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      МДҰ және сәбилер үйлеріндегі және бөбек жасындағы (1-2 жастағы) топтардағы жатын үй-жайлары жататын жердің өзгермелі биіктігі еденнен 30 см және 50 см деңгейінде және қоршаудың еденнен биіктігі 95 см болатын төрт жағынан биіктігі 120 см, ені 60 см қоршауы бар манеждермен немесе стационарлық кереуеттермен жабдықталады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A021335" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3 – 6 жастағы балалар үшін – ұзындығы 140 см, ені 60 см, биіктігі 30 см. Бүйір жақ қоршауының биіктігін кемінде 15 см-ге азайту мүмкіндігі көзделеді.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5CA78C67" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkStart w:name="z107" w:id="105"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      2. Признать утратившим силу некоторые приказы Министерства здравоохранения Республики Казахстан по перечню согласно приложению к настоящему приказу.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      90. Мектеп жасына дейінгі (3-6 жастағы) балалардың күндізгі ұйқысын стационарлық екі қабатты кереуеттерде, жататын жері қатты жиналмалы кереуеттерде немесе түрлендірілетін (қайырмалы, жылжытылатын, домалатып шығарылатын) кереуеттерде ұйымдастыруға жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22C23572" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="105"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жиналмалы немесе түрлендірілетін кереуеттерді пайдаланған кезде оларды сақтау үшін, сондай-ақ төсек жабдықтары мен киім-кешектерді жеке сақтау үшін орын көзделеді.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0F890AB8" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkStart w:name="z108" w:id="106"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      3. Комитету санитарно-эпидемиологического контроля Министерства здравоохранения Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      91. Бір жатын орынға кемінде үш төсек-орын жиынтығының болуы көзделеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="176CE015" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z109" w:id="107"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      92. Балалар тәулік бойы болатын МДҰ-да және сәбилер үйлерінде балаларды шомылдыру төсек-орнын, іш киімді және орамалдарды бір уақытта ауыстыра отырып, күнтізбелік жеті күнде бір реттен сиретпей график бойынша жүзеге асырылады.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="46DD31B0" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z110" w:id="108"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      93. Төсек-орынды, орамалдарды ауыстыру ластануына қарай, бірақ аптасына бір реттен сиретпей жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EC7FF49" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="108"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жылына кемінде бір рет төсек-орын жабдықтары камералық дезинфекциялануға жатады.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="49995EE6" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkStart w:name="z111" w:id="109"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      2) размещение настоящего приказа на интернет-ресурсе Министерства здравоохранения Республики Казахстан;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      94. Төсек-орын, киім мен аяқкиім, қатты мүкәммал қорын сақтау үшін қойма үй-жайлары көзделеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BDA6D0E" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z112" w:id="110"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      95. Төсек-орын жабдықтары, орамалдар, жеке гигиена заттары (тіс щеткасы, тарақ, жөкелер) әр балаға жеке бөлінеді. Жеке тіс щеткалары, жөкелер ашық ұяшықтарда сақталады.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="25968136" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z113" w:id="111"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      3) в течение десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан представление в Юридический департамент Министерства здравоохранения Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1) и 2) настоящего пункта.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      96. Төсек-орынды жуу объектінің кір жуатын орнында жүзеге асырылады, ол болмаған жағдайда басқа орталықтандырылған кір жуатын орындарда ұйымдастыруға жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19E7C744" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z114" w:id="112"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      97. Кір жуатын орында таза және лас төсек-орынның қарама-қарсы ағынына жол берілмейді.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6BD43C97" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="112"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      4. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра здравоохранения Республики Казахстан.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Инфекциялық аурумен ауырған науқастардың төсек-орны жуу алдында таңбаланған ванналарда дезинфекциялануға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4825523C" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkStart w:name="z115" w:id="113"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7-тарау. Объектілердегі тамақтандыру жағдайларына қойылатын санитариялық-эпидемиологиялық талаптар</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5AD0987E" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z116" w:id="114"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      5. Настоящий приказ вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      98. Объектілерде ас блогы көзделеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F770BAB" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z117" w:id="115"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      99. Объектілердің ас блогында тұруға, балаларды тамақтандыруды ұйымдастырумен байланысы жоқ жұмыстар мен көрсетілетін қызметтерді орындауға жол берілмейді.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="65075631" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z118" w:id="116"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      Министр здравоохранения</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      100. Объектілердің ас блогтарына осы Санитариялық қағидалардың талаптарына қайшы келмейтін бөлікте қоғамдық тамақтану объектілеріне қойылатын нормалау құжаттарының талаптары қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6582830B" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z119" w:id="117"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...14 lines deleted...]
-        <w:t>А. Цой</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      101. Объектілердің ас блогында технологиялық процестердің бірізділігі көзделеді, шикі және дайын өнімнің, шикі жартылай фабрикаттар мен дайын өнімнің, пайдаланылған және таза ыдыстардың қарама-қарсы ағынына жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AEA36C1" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z120" w:id="118"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      "СОГЛАСОВАН"</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      102. Объектілерде объекті басшысы бекіткен перспективтік маусымдық (жаз-күз, қыс-көктем) екі апталық мәзір жасалады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66436A52" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="118"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t>Министерство образования и науки</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мәзір жасау кезінде өңірде шығарылатын отандық өнімдер ассортименті ескеріледі. Балаларды тамақтандыру рационында витаминді-минералдық кешенмен байытылған тамақ өнімдері көзделеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4352AE52" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkStart w:name="z121" w:id="119"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t>Республики Казахстан</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      103. Тамақтанудың іс жүзіндегі рационы бекітілген перспективтік ас мәзіріне сәйкес келеді. Ерекше жағдайларда осы Санитариялық қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес тамақ өнімін алмастыруға жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55F65428" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="119"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тез бұзылатын тамақ өнімдерін сақтау температурасы төмен тоңазытқыш жабдықтарында және (немесе) тоңазытқыш камераларында және (немесе) тоңазытқыштарда жүзеге асырылады. Температураны бақылау үшін термометрлер орнатылады. Сынап термометрлерін пайдалануға жол берілмейді.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="66077099" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkStart w:name="z122" w:id="120"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      "СОГЛАСОВАН"</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      104. Күн сайын тамақтанатын балалардың саны, жасына байланысты раммен дайын тағам порциясының массасы, сондай-ақ әрбір тағам бойынша өнімдер шығысы ("брутто" салмағында) көрсетіле отырып әрбір тамақтануға тағамдар тізбесі көрсетілетін тарату-ас мәзірі парағы жасалады және ілінеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46779744" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z123" w:id="121"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t>Министерство индустрии и</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      105. Тамақ дайындау тағамға кіретін өнімдердің тізбесі, олардың граммен массасы ("брутто"), дайын тағамның "нетто" салмағы (тағамның шығысы), химиялық құрамы (граммен), құнарлылығы, тағамды дайындау технологиясы туралы мәліметтер көрсетілген технологиялық карталарға сәйкес тағамдар картотекасын пайдалана отырып жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74F2E4F1" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="121"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t>инфраструктурного развития</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      106. Ас мәзірінде бірдей тағамдарды немесе аспаздық өнімдерді бір күнде немесе келесі 2 – 3 күнде қайталауға жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2545D834" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkStart w:name="z124" w:id="122"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t>Республики Казахстан</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      107. Тағамдар порцияларының массасы осы Санитариялық қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес көзделеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0384170A" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z125" w:id="123"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      108. Күн сайын тамақтану рационына ет, сүт, сары май және өсімдік майы, қара бидай және (немесе) бидай наны, көкөністер және қант қосылады. Балық, жұмыртқа, ірім шік, сүзбе, құстың еті күнтізбелік жеті күнде бір рет қосылады.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7D748D6E" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z126" w:id="124"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...14 lines deleted...]
-        <w:t>Утверждены приказом</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      109. Таңғы ас ыстық тағамнан (бірінші немесе екінші) және ыстық сусыннан, жұмыртқа, сары май немесе ірімшік қосылған бутербродтан тұрады. Екінші таңғы асқа шырындар, жемістер көзделеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B62BB01" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="124"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t>Министра здравоохранения</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Түскі ас салат, бірінші, екінші (негізгі ыстық тағам еттен, балық немесе құстан) және үшінші (компот, шай, шырындар және кисель) тағамнан тұрады. Пісірілген және жас көкөністерден күрделі емес салаттар дайындалады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15AD13EC" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t>Республики Казахстан</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бесін асының мәзіріне Кеден одағы комиссиясының 2011 жылғы 9 желтоқсандағы № 880 шешімімен бекітілген "Тамақ өнімдерінің қауіпсіздігі туралы" Кеден одағының техникалық регламентінің 8-бабына сәйкес рұқсат етілген, тоқаш немесе кремсіз кондитерлік өнімдермен бірге балалар тағамына рұқсат етілген сусынды қосылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BE1F045" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t>от 9 июля 2021 года</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кешкі ас көкөніс (сүзбе) тағамынан немесе ботқадан; негізгі екінші тағамнан (ет, балық немесе құс), сусыннан (шай, шырын, компот және кисель) тұрады. Екінші кешкі ас ретінде қосымша жемістерді немесе қышқыл сүт өнімдерін және кремсіз тоқаш немесе кондитерлік бұйымдарды қосады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15CB4F00" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkStart w:name="z127" w:id="125"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t>№ ҚР ДСМ- 59</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      110. Тамақтандыру арасындағы интервал 3,5 – 4 сағаттан аспайды.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33A274DD" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z128" w:id="126"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t>Санитарные правила</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      111. Тамақтану нормалары "Әлеуметтік көмек көрсетілетін азаматтарға әлеуметтік көмектің мөлшерін, көздерін, түрлерін және оны беру қағидаларын бекіту туралы" Қазақстан Республикасы Үкіметінің 2012 жылғы 12 наурыздаы № 320 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаулысында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A6A0F29" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z129" w:id="127"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t>"Санитарно-эпидемиологические требования к дошкольным организациям и домам ребенка"</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      112. Тамақ өнімдерін және азық-түлік шикізатын қабылдауды осы Санитариялық қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-қосымшаның</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-нысанына сәйкес тамақ өнімдері мен азық-түлік шикізатының бракераж журналына деректерді енгізе отырып, олардың сапасы және қауіпсіздігін куәландыратын құжаттары болған жағдайда жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51D47FAB" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="127"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t>Глава 1. Общие положения</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тамақ өнімінің сапасы мен қауіпсіздігін куәландыратын құжаттар объектілердің ас блогында сақталады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6032B2FD" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      1. Настоящие Санитарные правила "Санитарно-эпидемиологические требования к дошкольным организациям и домам ребенка" (далее – Санитарные правила) разработаны в соответствии с подпунктом 132-1) пункта 16 положения о Министерстве здравоохранения Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 17 февраля 2017 года № 71 и устанавливают санитарно-эпидемиологические требования к выбору земельного участка под строительство объекта, проектированию, реконструкции, эксплуатации, водоснабжению, водоотведению, теплоснабжению, освещению, вентиляции, кондиционированию, ремонту и содержанию, к условиям воспитания и обучения, проживания, питания, производственному контролю, условиям труда и бытовому обслуживанию персонала, медицинскому обеспечению детей, медицинским осмотрам персонала в дошкольных организациях всех видов независимо от форм собственности с полным, неполным, круглосуточным пребыванием детей (далее – ДО) и домах ребенка.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тамақ өнімдерінің жарамдылық мерзімдері және оларды сақтау шарттары өндіруші (дайындаушы) белгілеген жарамдылық мерзімдеріне сәйкес келеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14097505" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkStart w:name="z130" w:id="128"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      113. Гиповитаминоздың алдын алу және ерекше емес иммунитетті арттыру мақсатында салқындатылған сусындарды (компот, кисель) жасанды "С" витаминімен витаминдеуді жүргізеді. Тәуліктік тұтыну нормасы 2 жасқа дейінгі балалар үшін – 30 мг, 2 жастан асқан балалар үшін – 50 мг құрайды.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="49DB03E1" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z131" w:id="129"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      2. Настоящие Санитарные правила распространяются на ДО и дома ребенка (далее – объекты).</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      114. Компоттарды витаминдеу оларды өткізу алдында +15 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">С-тан аспайтын температураға дейін салқындатқаннан кейін жүргізіледі, кисельге "С" витаминінің ерітіндісін оны +30 +35 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">С температураға дейін салқындатқан кезде, кейіннен араластырып және өткізу температурасына дейін салқындата отырып қосады. "С" витаминімен витаминдеу осы Санитариялық қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-қосымшаның</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-нысанына сәйкес "С-витаминдеу" журналына деректерді енгізе отырып, тәуліктік орташа қажеттіліктің 35 %-ы есебінен жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72309804" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="129"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Витаминделген тағамдар жылытылмайды.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4D44C405" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkStart w:name="z132" w:id="130"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      3. Эксплуатация объекта допускается при наличии разрешительных документов, предусмотренных Законом Республики Казахстан от 16 мая 2014 года "О разрешениях и уведомлениях".</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      115. Объектілерде:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6220C350" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="130"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мыналарды:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1DF1C98D" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      4. На объектах проводятся лабораторно-инструментальные исследования в соответствии с приложением 1 к настоящим Санитарным правилам.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ұйыған сүт, сүзбе мен айранды;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FCDF8DE" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      туралған ет қосылған құймақтарды;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7BD143E5" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      5. В настоящих Санитарных правилах используются следующие понятия:</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      флотша макаронды;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2626B3EF" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      зельцтерді, форшмактарды, сілікпелерді, паштеттерді;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="35D1A886" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      1) санитарная специальная одежда (далее – специальная одежда) – комплект защитной одежды персонала, предназначенный для защиты сырья, вспомогательных материалов и готового продукта от загрязнения механическими частицами, микроорганизмами и другими загрязнениями;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кремі бар кондитерлік бұйымдарды;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="473AE835" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тұтыну қаптамасындағы кондитерлік бұйымдар мен тәттілерді (шоколад, кәмпит, печенье, халва, мармелад, пастила);</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="39EB16B1" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      2) детская игровая площадка (далее – игровая площадка) – специально оборудованная территория, предназначенная для игры детей, включающая в себя оборудование и покрытие для детской игровой площадки;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      морстар, квастарды;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AD24B30" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      фритюрде қуырылған бұйымдарды;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="409B1D78" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      3) оборудование для детской игровой площадки – оборудование, установленное на детской игровой площадке, с которым или на котором пользователи играет индивидуально или группой по своему усмотрению и правилам;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      шала пісірілген жұмыртқаны, қуырылған жұмыртқаны;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19C664CE" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      күрделі (4 компоненттен артық) салаттарды, қаймақ пен майонез қосылған салаттарды;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6B15EF00" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      4) ДО с неполным пребыванием детей – ДО с пребыванием детей не более четырех часов без организации питания и сна;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      окрошканы;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="437ECDBC" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      саңырауқұлақты;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="72A76D26" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      5) бракераж – оценка качества продуктов питания и готовых блюд по органолептическим показателям;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өнеркәсіпте дайындалмаған (үйде) тамақ өнімдерін;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C13526D" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тез дайындалатын құрғақ тағамдық концентраттар негізіндегі бірінші және екінші тағамдарды;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2C4DF0BF" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      6) физическое воспитание – педагогический процесс, направленный на формирование здорового, физически и духовно совершенного подрастающего поколения;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      газдалған, емдік және емдік-асханалық минералдық суды, тәтті ішімдіксіз сусындарды, ішімдіксіз энергетикалық (сергітетін) сусындарды, диффузиялық қойылтылған шырындарды (қапталған минералды және ауыз судан басқа);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45199E5C" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      фаст-фудтарды: гамбургерлер, ход-догтар, чипсілер, кептірілген нан, қытырлақ нандарды;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="02DD1A80" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      7) личная медицинская книжка – персональный документ, в который заносятся результаты обязательных медицинских осмотров с отметкой о допуске к работе;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ащы тұздықтар, кетчуптар, ащы дәмдеуіштерді (бұрыш, ақшелкек, қыша) дайындауға және өткізуге;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="774E4344" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мыналарды:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="10776C56" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      8) изолятор – помещение для временного размещения инфекционных больных, а также лиц, у которых подозревают инфекционную болезнь, представляющих эпидемическую опасность для окружающих;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      пастерленбеген сүтті, термиялық өңдеусіз сүзбені және қаймақты;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5083E78C" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      суда жүзетін құстың жұмыртқасы мен етін;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6F56CA8F" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      9) дошкольное воспитание и обучение – развитие физических, личностных, интеллектуальных качеств детей, формирование ключевых компетентностей, необходимых для обеспечения их социальной успешности и конкурентоспособности на протяжении всей жизни;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ауыл шаруашылығы малының сырқаттанушылығы бойынша қолайсыз шаруашылықтардың сүтін және сүт өнімдерін;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FA5D4F2" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тіл, жүректі қоспағанда өнімді мал мен құстың қосымша ет өнімдерін;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="47E731A3" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      10) дошкольные организации – организации, реализующие образовательные учебные программы дошкольного воспитания и обучения с учетом специфичных для детей дошкольного возраста видов деятельности, также оказывающие дополнительные услуги предусмотренные законодательством Республики Казахстан;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      механикалық түрде еті сылынып алынған өнімді мал етін және құс етін;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B681F72" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      құрамында коллагені бар құс етін;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="348B1B1A" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      11) оптимальные микроклиматические условия – сочетание количественных показателей микроклимата, которые при длительном и систематическом воздействии на детей обеспечивают сохранение нормального теплового состояния организма без напряжения механизмов терморегуляции;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сойылған өнімді мал мен құстың қайта мұздатылған өнімдерін;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="579B813F" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      генетикалық түрлендірілген шикізаттар және (немесе) генетикалық түрлендіру көздері бар шиізаттарды;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="03BA2EB3" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      12) производственный контроль – комплекс мероприятий, в том числе лабораторных исследований и испытаний производимой продукции, работ и услуг, выполняемых индивидуальным предпринимателем или юридическим лицом, направленных на обеспечение безопасности и (или) безвредности для человека и среды обитания;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      йодталмаған тұзды және құрамында темір бар витаминдермен, минералдармен байытылмаған (фортификацияланбаған) жоғарғы және бірінші сұрыпты ұнды пайдалануға жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="189E3038" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkStart w:name="z133" w:id="131"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      116. Жаппай сауықтыру емшаралары ретінде оттегі коктейльдерін өткізуге жол берілмейді.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="07AC87C0" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z134" w:id="132"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      13) санитарно-дворовые установки (далее – СДУ) – туалет, не связанный с централизованной канализацией, расположенный на территории объекта, имеющий надземную часть и выгребную яму;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      117. Объектілердің ас блогында ұйымның медицина қызметкері немесе жауапты адамы күн сайын осы Санитариялық қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-қосымшаның</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-нысанына сәйкес тағамдар мен аспаздық бұйымдардың сапасын органолептикалық бағалау журналына жазба енгізе отырып, дайын тағамдардың сапасына органолептикалық бағалау жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00E07518" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="132"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тамақтану сапасын мерзімдік бағалауды бракераж комиссиясы жүргізеді, оның құрамы міндетті түрде құрамына медицина, әкімшілік, өндіріс меңгерушісі және ата-аналар комитетінің өкілі енгізіле отырып, обьекті басшысының бұйрығымен айқындалады.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3DF8D0DE" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkStart w:name="z135" w:id="133"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      14) санитарно-защитная зона – территория, отделяющая зоны специального назначения, а также промышленные организации и другие производственные, коммунальные и складские объекты в населенном пункте от близлежащих селитебных территорий, зданий и сооружений жилищно-гражданского назначения в целях ослабления воздействия на них неблагоприятных факторов;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      118. Объектілердің ас блогында күн сайын аспазшы дайын өнімнің тәуліктік сынамасын қалдырады. Сынамаларды қақпағы бар таза (қайнатылып өңделген) шыны ыдысқа (гарнирді бөлек ыдысқа салады) толық көлемде алады және +2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>С-тан +6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>С-қа дейінгі температурада тоңазытқышта арнайы бөлінген орында сақтайды. Тәуліктік сынама келесі күні немесе демалыстан кейінгі (демалыс күндерінің санына қарамастан) күні дайындалған таңғы ас, түскі ас, бесін немесе кешкі ас тағамымен ауыстырылғанға дейін кемінде жиырма төрт сағат сақталады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D71A281" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z136" w:id="134"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8-тарау. Өндірістік бақылауға, персоналдың еңбек және тұрмыстық қызмет көрсету жағдайларына қойылатын талаптар</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5B73E33D" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z137" w:id="135"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      15) дом ребенка – государственная медицинская организация для детей-сирот, детей, оставшихся без попечения родителей, и детей, находящихся в трудной жизненной ситуации, до достижения ими возраста трех лет включительно, с дефектами психического и физического развития от рождения до четырех лет;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      119. Объектілерде нормалау құжаттарының талаптарына сәйкес өндірістік бақылау ұйымдастырылады және жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07E173BB" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z138" w:id="136"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      120. Объектілерде жеке гигиена қағидаларын сақтау үшін жағдайлар жасалады.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6F2174DE" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="136"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      16) септик – сооружение для очистки небольших количеств бытовых сточных вод;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қол жуу үшін ыстық және салқын су келтірілген, қолды жууға және кептіруге арналған құралдары бар жуынатын раковиналар орнатылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="718D61BB" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkStart w:name="z139" w:id="137"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      121. Объектілерде қызмет көрсететін персонал (тәрбиешілердің көмекшілері, техникалық персонал), ас блогының жұмыскерлері кемінде 2 жиынтығы бар арнайы киіммен (костюм немесе халат, орамал, қалпақ, алжапқыш), ауыстыратын аяқкиіммен қамтамасыз етіледі.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="57EB3127" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z140" w:id="138"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      17) технологическое оборудование – совокупность механизмов, машин, устройств, приборов, необходимых для работы производства;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      122. Объектілердің қызметкерлері жеке және өндірістік гигиенаны сақтайды, объектіден шығар кезде және дәретханаға барар алдында арнайы киімді шешеді, жұмысты бастар алдында және дәретханаға барғаннан кейін, сондай-ақ жұмыстағы әрбір үзілістен соң және ластанған заттармен жанасқаннан кейін қолды сабынмен жуады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74C9867F" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z141" w:id="139"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      123. Ас блогының жұмыскерлері мынадай жеке гигиена қағидаларын сақтайды:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7239B477" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="139"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      18) технологическая карта – документ, в соответствии с которым осуществляется изготовление пищевой продукции, содержащий наименование пищевой продукции с указанием состава пищевых продуктов, перечня и описания процесса производства, включающие технологические операции;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жұмыс басталар алдында сырт киімді шкафқа салады, қолдарын сабынмен мұқият жуады;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ACD1CA9" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) таза арнайы киімде жұмыс істейді, шаштарын орамалдың немесе қалпақтың астына жинайды;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="19D15ABC" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      19) групповые помещения (групповая ячейка) – помещения объекта для детей одной возрастной группы объекта;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жұмыс процесінде сақина, алқа, сағатты шешіп қояды;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F92A1E3" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ас блогынан шығатын кезде, дәретханаға барған кезде арнайы киімді шешеді, асханаға қайтып келгенде қолды ыстық сумен, сабынмен және жөкемен мұқият жуады, содан кейін арнайы киімді киеді.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="07592ECD" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      20) рациональное питание – сбалансированное питание, с учетом физиологических и возрастных норм питании;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұзын тырнақ өсіруге және оны лакпен бояуға, арнайы киімді түйреуішпен түйреуге жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03651DD5" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkStart w:name="z142" w:id="140"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      124. Терінің іріңді аурулары, іріңдеген кесілген жерлері, күйіктері, жаралары бар адамдар, инфекциялық аурулармен ауыратын науқастар немесе олардың қоздырғыштарын тасымалдаушылар, сондай-ақ науқастармен немесе тасымалдаушылармен байланыста болған адамдар тиісті медициналық зерттеп-қарау жүргізілгенше және дәрігердің қорытындысына дейін жұмысқа жіберілмейді.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="59362010" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z143" w:id="141"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      21) групповая изоляция – изоляция групп от административно-хозяйственных, бытовых помещений и друг от друга;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      125. Объектілерде қызмет көрсететін персонал және ас блогы жұмыскерлері медициналық тексеріп-қараудан және гигиеналық оқытудан өтеді. Жеке медициналық кітапшасы және жұмысқа жіберілгені туралы белгісі жоқ адамдар жұмысқа қабылданбайды.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C78DBAF" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z144" w:id="142"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9-тарау. Объектілердегі медициналық қамтамасыз етуге қойылатын санитариялық-эпидемиологиялық талаптар</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="13908232" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z145" w:id="143"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      22) наполняемость групп – нормируемое количество детей в группе.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      126. Объектілерде балаларға медициналық қызмет көрсету қамтамасыз етіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29DF85CB" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z146" w:id="144"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      127. Балалар толық емес уақыт болатын МДҰ-да медициналық үй-жай көзделмейді.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7F1C771D" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z147" w:id="145"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t>Глава 2. Санитарно-эпидемиологические требования к выбору земельного участка под строительство,</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      128. Күн сайын әрбір жас тобында балаларды таңертеңгі тексеріп-қарау жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0212807C" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z148" w:id="146"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t>проектированию, эксплуатации, реконструкции объектов</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      129. Медициналық кабинеттің жабдықталуы осы Санитариялық қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес қабылданады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AD7CCB9" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z149" w:id="147"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      6. Земельный участок под строительство объектов выделяется на расстоянии от транспортных магистралей, в соответствии с Санитарными правилами "Санитарно-эпидемиологические требования по установлению санитарно-защитной зоны объектов, являющихся объектами воздействия на среду обитания и здоровье человека", утверждаемыми согласно подпункту 132-1) пункта 16 Положения о Министерстве здравоохранения Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 17 февраля 2017 года № 71 на поверхности с уклонами, обеспечивающими отвод поверхностных вод, и размещается на территориях жилых микрорайонов, за пределами санитарно-защитных зон.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      130. Аурудың созылмалы түрлерімен ауыратын, тәуекел факторлары бар, сондай-ақ профилактикалық медициналық тексеріп-қарау кезінде анықталған және (немесе) жекелеген жіті аурулармен ауырған балалар құрылған сауықтыру жоспарына сәйкес диспансерлік есепке алуға және бақылауға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63D5871C" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z150" w:id="148"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      131. Медицина персоналы емдеу-профилактикалық және сауықтыру іс-шараларын жүргізеді, сондай-ақ балалардың сырқаттанушылығын төмендетуге және денсаулықтарын нығайтуға бағытталған кешенді сауықтыру іс-шараларының жоспарын жасайды.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="11AD2CF8" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z151" w:id="149"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      7. Для ДО с неполным пребыванием детей, размещаемых в многоквартирных жилых домах, во встроено-пристроенных помещениях не предусматривается отдельный земельный участок.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      132. Эпидемиялық қауіптілік дәрежесі бойынша әлеуетті қауіпті қалдықтарға жататын медициналық қалдықтар түзілген жағдайда, оларды нормалау құжаттарының талаптарына сәйкес залалсыздандырады және жояды.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BA2D9DF" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z152" w:id="150"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      133. Объектілердің медицина қызметкерлері мен әкімшілігі:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="718D0731" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="150"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      8. Площадь при выборе земельного участка под строительство объектов, определяется требованиями государственных нормативов в области архитектуры, градостроительства и строительства согласно подпункту 23-16) статьи 20 Закона Республики Казахстан от 16 июля 2001 года "Об архитектурной, градостроительной и строительной деятельности в Республике Казахстан" (далее – государственные нормативы в области архитектуры, градостроительства и строительства).</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тоқсан сайын сауықтыру жоспарларын кейіннен түзете отырып, сырқаттанушылыққа талдау жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A59D212" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жыл сайын балалардың денсаулығын сақтау және нығайту, олардың арасында сырқаттанушылықты төмендету бойынша іс-шараларды жоспарлайды және балаларды сауықтыру бойынша іс-шаралар жүргізеді;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="72DCCC56" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      9. При проектировании на территории объектов предусматриваются отдельные игровые площадки для каждой возрастной группы детей. Размеры площадок ДО принимаются не менее 4 квадратных метров (далее – м2) на одно место от количества детей.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) созылмалы ауруы бар балаларды уақтылы диспансерлеуді ұйымдастырады және бақылайды;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B97EA3E" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) тереңдетілген медициналық тексеріп-қарау нәтижелері бойынша динамикалық бақылау тобын (денсаулық топтары), денесінің даму деңгейін, дене шынықтыру сабақтары үшін медициналық топтарды айқындайды;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2E020EB0" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      10. На каждой игровой площадке предусматривается огражденный с трех сторон теневой навес не менее 20 м2 для защиты от солнца и осадков. Пол теневых навесов предусматривается деревянный.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) емдеу-сауықтыру жұмысын (оның ішінде балалардың денсаулық жағдайын динамикалық бақылау, шынықтыру, сауықтырудан өту және басқасы) жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FFA3854" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) балалардың сырқаттанушылығының статистикалық есебін жүргізеді;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5D4F9F71" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      11. При проектировании и реконструкции объектов набор и площадь помещений определяется заданием на проектирование в соответствии с требованиями государственных нормативов в области архитектуры, градостроительства и строительства.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) объектілердегі қызметкерлердің профилактикалық медициналық тексеріп-қараудан уақтылы өтуін және осы Санитариялық қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес ас блогы жұмыскерлерін тексеріп-қарау нәтижелері журналына деректерді тіркей отырып ас блогы жұмыскерлерінің денсаулығына күн сайын бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52A4A357" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) жыл сайын және сұрау салу бойынша тиісті аумақтағы халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы мемлекеттік орган ведомствосының аумақтық бөлімшесіне сырқаттанушылық, профилактикалық медициналық тексеріп-қараудан өткізу, денсаулық жағдайы бойынша балаларды бөлу (денсаулық тобы), дене тәрбиесі топтары, диспансерлік бақылау және жүргізілген сауықтыру бойынша ақпарат ұсынады;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="111B3306" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      12. При проектировании объектов в здании и на участке соблюдается принцип групповой изоляции от административно-хозяйственных, бытовых помещений и друг от друга.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) күн сайын ас блогының ұсталуын, тамақ өнімдерін сақтау жағдайлары мен мерзімдерін, тағамды дайындау технологиясын, дайын тағамның сапасын тексеріп-қарауды жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B812EAA" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Балалар толық, тәулік бойы болатын МДҰ-да және сәбилер үйлерінде он күн сайын осы Санитариялық қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес оны кейіннен түзете отырып және тамақ өнімдері нормаларының орындалуын бақылау тізімдемесін жүргізе отырып, күнтізбелік 10 күнге негізгі өнімдер бойынша тәуіліктік нормалардың орындалуына талдау жүргізеді.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="05E82686" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkStart w:name="z153" w:id="151"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      13. При проектировании объектов предусматривают основные и вспомогательные помещения:</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      134. МДҰ-ге түсетін балалар медициналық тексеріп-қараудан өтеді және тұрғылықты жері бойынша медициналық ұйым беретін денсаулық паспорты мен денсаулық жағдайы туралы анықтама ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="361A9256" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z154" w:id="152"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      135. Үш және одан көп күн болмаған балалар МДҰ-ға дәрігердің денсаулық жағдайы туралы анықтамасы болған кезде қабылданады.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="346CB4CD" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z155" w:id="153"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      1) возрастные групповые помещения - изолированные автономные помещения;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      136. Медициналық кабинеттерде жабдықтар мен мүкәммалды өндірушінің нұсқаулығына сәйкес дезинфекциялау құралдарымен санитариялық-дезинфекциялық өңдеуден өткізеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4960E1DB" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z156" w:id="154"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      137. Балалар немесе персонал арасында инфекциялық аурулар тіркелген жағдайда, сондай-ақ профилактикалық мақсатта объектілердің басшылығы, оның персоналы және медицина қызметкерлері санитариялық-эпидемияға қарсы және санитариялық-профилактикалық іс-шараларды жүргізеді.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="24C5700B" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z157" w:id="155"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      2) специализированные помещения (музыкальные, спортивные залы) для занятий с детьми, предназначенные для поочередного использования всеми или несколькими возрастными группами;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      138. Объектілерде осы Санитариялық қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес медициналық құжаттама жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45681589" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z158" w:id="156"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10-тарау. Сыйымдылығы үш топқа дейінгі МДҰ-ны күтіп-ұстауға қойылатын санитариялық-эпидемиологиялық талаптар</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="450F03CF" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z159" w:id="157"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      3) сопутствующие помещения (медицинские, пищеблок, прачечная) и служебно-бытовые помещения для персонала.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      139. Ең аз үй-жайлар жиыны бар сыйымдылығы 3 топқа дейінгі МДҰ-ның жұмыс істеуіне рұқсат етіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C11EA46" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="157"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қосымша алаңдар бөлу мүмкіндігі болмаған жағдайда мынаған:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0655639D" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      14. При проектировании в состав возрастных групповых помещений ДО входят раздевальная, игровая, спальня, буфетная-раздаточная, туалетная.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) бір үй-жайда 1 балаға кемiнде 3,0 м</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> есебінен ойын және жатын үй-жайларды біріктіруге жол беріледі, бұл ретте жатын аймағында түрлендірілетін (қайырмалы, жылжытылатын, домалатып шығарылатын) кереуеттер орнатылады;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14DB2BF8" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) киімге және аяқкиімге арналған жеке шкафтармен, орындықтармен жабдықталған ортақ киім шешетін бөлмелерді ұйымдастыруға;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="373289D5" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      Состав возрастных групповых помещений ДО и их площади соответствуют приложению 2 к настоящим Санитарным правилам.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) буфет-тарату бөлмелерін жабдықтамай топтарда немесе кесте бойынша ортақ асханада тамақтандыруды ұйымдастыруға;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28DE87D2" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) топтан тыс асхана ыдыстары мен аспаптарына арналған орталықтандырылған жуу орындарын ұйымдастыруға;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7C0D5C27" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      15. По заданию на проектирование в ДО с неполным пребыванием детей допускается совмещение спальни с групповой (игровой) в соответствии с требованиями государственных нормативов в области архитектуры, градостроительства и строительства.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) дәретханаларда 10 балаға 1 унитаз және 1 раковина орнатуға;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27952E58" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) балалардың есептік саны 30-дан аспайтын МДҰ-да бір дәретхана бөлуге;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="211FA848" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      В ДО с неполным пребыванием детей и дошкольных мини-центрах допускается устройство общей раздевальной.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) дайын өнімдердің қауіпсіздігі қамтамасыз етілген жағдайда, ас блогындағы үй-жайлар жиынын және технологиялық жабдықтарды қысқартуға жол беріледі:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5687A27A" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тамақты аймақтарды (тарату орны, шикі өнімдерді, дайын өнімдерді өңдеуге арналған, асүй ыдыстарын жууға арналған) бөлу сақталған жағдайда кемінде 21 м</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болатын үй-жай алаңдарында дайындау;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2C7117BC" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      16. На первом этаже зданий объектов предусматриваются медицинские помещения и изолятор. Изолятор предусматривается не проходным, размещается смежно с медицинским кабинетом с устройством между ними остекленной перегородки на высоте 1,2 м.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      көкөністер мен сусымалы өнімдерді сақтауға арналған аймақтар бөлінген қойма;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09A852FA" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      персоналға арналған үй-жай (бөлінген орын);</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="198405D5" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      17. В подвальных и цокольных этажах зданий не размещаются помещения для пребывания детей и помещения медицинского назначения.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      шикі өнімдерді және персоналдың қолын жуу үшін бөлек жуғыштар, асүй ыдыстарын жуу үшін – пайдаланылатын ыдыстарды толық батыру үшін жеткілікті көлемдегі бір жуғыш орнатылады;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78E07B04" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      көп пәтерлі тұрғын үйдің алғашқы екі қабаттарында орналастырылатын, балалардың есептік саны 30-дан аспайтын сыйымдылығы 3 топқа дейінгі МДҰ-да тамақты аймақтау (тарату орны, шикі өнімдерді, дайын өнімдерді өңдеуге арналған, асүй ыдыстарын жууға арналған) сақталған жағдайда кемінде 12 м</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болатын үй-жай алаңдарында дайындауға жол беріледі. Тамақ өнімдеріне арналған қоймалар болмаған жағдайда сатып алу бір аптадан аспайтын уақытқа жүзеге асырылады;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="56DC42F6" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      18. Помещения (бойлерные с насосными установками, производственные помещения, ремонтные мастерские, охлаждаемые камеры с насосным отделением, вентиляционные камеры, компрессорные), режим использования которых сопровождается шумом и причиняет беспокойство детям, мешает или нарушает работу педагогического, медицинского, административного персонала не размещают смежно, над и под спальными комнатами, групповыми, медицинскими кабинетами.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тамақ дайындауға арналған үй-жайдың алаңын 10%-дан асырмай азайтуға;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B01B09B" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) төсек-орын қорын сақтау үшін қойма үй-жайлары немесе шкафтары бар бөлінген орынға;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6AE110F5" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      19. Комнаты личной гигиены, санитарные узлы для персонала располагаются в зоне административных помещений.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) серуендеуді ұйымдастыру үшін үй маңындағы аумақтағы қоршалған ойын алаңын пайдалануға (кесте бойынша серуендеуді ұйымдастыруға жол беріледі);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5754815C" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) серуендеу алаңында балалар үшін олардың конструкциясының (жинаудың, орнатудың) қауіпсіздігін қамтамасыз ете отырып, жылдың ыстық уақытында пайдалану үшін құрастырмалы қалқаларды, күркелерді орнатуға жол беріледі.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5FF39816" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkStart w:name="z160" w:id="158"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      20. Для отделки помещений используют строительные материалы, имеющие документы, подтверждающие их качество и безопасность. Подвесные потолки различных конструкций допускается применять в рекреациях, холлах, актовых залах, административных помещениях.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      140. Медицина қызметкері болмаған кезде медициналық қамтамасыз етуді аумақтық медициналық-санитариялық алғашқы көмек ұйымының жүзеге асыруына жол беріледі. Бұл ретте ауданы кемінде 6 м</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> медициналық кабинетті жабдықтау көзделеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F1E72E3" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="158"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көп пәтерлі тұрғын үйдің алғашқы екі қабаттарында орналасқан, балалардың есептік саны 30-дан аспайтын үш топқа дейінгі сыйымдылығы бар МДҰ-да медицина қызметкері үшін жеке жұмыс орнын бөлу.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6E2A41B5" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      21. В помещениях с обычным режимом работы стены, оборудование имеют гладкую, матовую поверхность, допускающую уборку влажным способом.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жарақтау көрсетілетін медициналық қызметтерге сәйкес жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6627B563" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkStart w:name="z161" w:id="159"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11-тарау. Шектеу іс-шараларын, оның ішінде карантин енгізу кезеңінде мектепке дейінгі балалар ұйымдарына қойылатын санитариялық-эпидемиологиялық талаптар</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1C6681E4" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z162" w:id="160"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      В помещениях с влажным режимом работы (медицинского назначения, пищеблок, санитарные узлы, прачечные, моечные) стены облицовывают плиткой или другими материалами на высоту не менее 1,5 м, в душевых на высоту не менее 1,8 м, допускающими уборку влажным способом с применением моющих и дезинфицирующих средств.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      141. МДҰ-да мынадай эпидемияға қарсы іс-шаралар жүргізіледі:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2391C306" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="160"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) қажетті медициналық жабдықтармен және дәрі-дәрмектермен (термометрлермен, қалақшалармен, маскалармен) қамтамасыз ете отырып, медициналық кабинет және изолятор (күнделікті температураны өлшеу, ауру белгілерін анықтау, оқшаулау, сырқаттанған адамдар анықталған жағдайда) жұмыс істейді;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="29F383B0" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      22. Полы в помещениях имеют дощатое или паркетное покрытие. Допускается покрытие полов синтетическими полимерными материалами, утепленным линолеумом, допускающими обработку влажным способом и дезинфекцию.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жұмыскерлер арасында жеке және (немесе) өндірістік гигиена қағидаларын сақтау және олардың мүлтіксіз орындалуын бақылау қажеттігі туралы апта сайын нұсқама жүргізіледі;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E0FCDDA" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) температураны өлшеу және жіті респираторлық инфекциялар (жоғары температура, жөтел, мұрынның бітелуі) симптомдарының болуын бақылау жүргізіледі;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3F591902" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      Поверхность пола во всех помещениях должна быть ровной, без щелей, изъянов и механических повреждений.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) еріп жүрушілердің балабақша ғимаратына кіруін шектеу;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58214275" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) учаскелік педиатрдан алған денсаулық жағдайы туралы анықтамасы бар балаларды қабылдау (3 жұмыс күнінен артық болмаған жағдайда);</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0EFF6F74" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      Пол спортивного зала имеет деревянное или специальное покрытие.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) түшкіру және жөтелу кезінде пайдаланылған маскаларды, қолғаптарды, сулықтарды кәдеге жаратуға арналған арнайы орындар ұйымдастырылады;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78636CA9" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) санитариялық-эпидемиологиялық талаптардың сақталуына жауапты адамдар тағайындалады (температураны жанаспайтын термометрмен өлшеу, персоналға нұсқама беру, жеке қорғаныш құралдарын уақтылы ауыстыру, дезинфекциялау, жуу және антисептикалық құралдардың қажетті қорын қадағалау, нұсқама жүргізу журналын, термометрияны жүргізу, маскаларды, респираторларды, сулықтарды кәдеге жарату, жабдықтар мен мүкәммалды өңдеу, үй-жайларды жинау);</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="194C8017" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      23. Радиаторы системы отопления располагаются в нишах под окнами и закрываются решетками, на окнах и осветительных приборах предусматриваются заградительные устройства.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) сырқаттанушылық тіркелген кезде топқа немесе МДҰ-ға карантин белгіленеді;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26DAAD07" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) персоналдың маска режимін сақтауы;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2E2CA1A3" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      24. ДО размещается в отдельно стоящем здании, в частных домовладениях, на первых двух этажах многоквартирного жилого дома, а также во встроено-пристроенных помещениях.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) персоналға арналған тері антисептигі бар диспенсерлерді орнату;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0141B79F" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) тамақ ішкенге дейін, көшеде серуендегеннен, санитариялық торапқа барғаннан кейін және басқа да ластанған жағдайларда балалардың қолын уақтылы жуу (қолды сұйық сабынмен жуу);</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="512DF43A" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      25. Размещение ДО на втором этаже многоквартирного жилого дома допускается при отсутствии жилых помещений на первом этаже.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) жабдыққа берілетін нұсқаулықты сақтай отырып, кейіннен аптасына кемінде 1 рет желдете отырып, топтардың үй-жайларын зарарсыздандыру (кварцтау);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AFF2804" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) топта балалар болмаған кезде өтпелі желдетуді қамтамасыз ету. Желдету балалардың қауіпсіздігін қамтамасыз ету кезінде тәрбиешінің бақылауымен жүзеге асырылады;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="59AF09AD" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      ДО размещаемые, на первых двух этажах многоквартирного жилого дома имеют отдельный вход, не совмещенный с подъездом жилого дома.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) дезинфекциялау құралдарын қолдана отырып топтарда есік тұтқаларын, баспалдақ марштарының таяныштарын, терезе алды тақтайларын, горшоктарды, сантехникалық жабдықтарды 2 рет өңдеу (топтық үй-жайларда балалар болмаған кезде дезинфекциялық құралдарды пайдалану);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B13252A" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) термометрлердің және дезинфекциялау және жуу құралдарының, антисептиктердің, маскалардың шексіз қорының (кемінде 5 күн) болуын қамтамасыз ету;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="188584A4" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      26. При размещении ДО на первых двух этажах многоквартирного жилого дома не допускается ухудшение санитарно-гигиенических условий жизнедеятельности жильцов (шум, запах от пищи).</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) ауыз су режимін сақтау;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="553E4CE3" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) ас блогы үй-жайын, ас үй ыдысын, жабдықты және мүкәммалды күнделікті дезинфекциялау;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="52187AFA" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      27. Не допускается эксплуатация объектов в аварийных зданиях и помещениях.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) балаларды тамақтану кезінде кемінде 1 метр қашықтықта отырғызу;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1032B2D9" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) міндетті өтініш – бақшаға баруға ата-ананың (заңды өкілдің) жеке жауапкершілігі көзделген келісімі;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0403E323" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      28. При эксплуатации объектов территория имеет ограждение, без повреждений.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) нормативтік құқықтық актілерде белгіленген санитариялық-эпидемиялық талаптарды сақтау.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="242D60F3" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkStart w:name="z163" w:id="161"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      142. МДҰ-ға инфекциялық аурулар (респираторлық, ішек, дене қызуы жоғары) белгілері бар балалар мен қызметкерлерге жол берілмейді.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7BED1CB2" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z164" w:id="162"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      29. На территории и в помещениях ДО объектов не размещают объекты, функционально с ними не связанные.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      143. Балабақша қызметкерлері мен балалар арасында балалардың таңертеңгі сүзгісін (қабылдауын) және жіті респираторлық инфекциялар симптомдарының болуын бақылауды медицина қызметкері штатта немесе шарт бойынша болған кезде жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5272D15F" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z165" w:id="163"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      144. Жатын үй-жайлардағы кереуеттер арасындағы қашықтық кемінде 1 метр болады.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="19D71B55" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z166" w:id="164"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      30. Въезды и входы на участок объектов, проезды, дорожки к хозяйственным постройкам, к площадкам для мусоросборников, к санитарно-дворовым установкам покрываются асфальтом, бетоном или другим твердым покрытием, доступным для очистки.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      145. Үлгілік МДҰ-дағы топтардың толықтырылуы ойын аймағындағы 1 (бір) балаға (жатын аймақты және тамақ қабылдауды есепке алмағанда) 3 м</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> есебінен, бірақ топтағы 15 баладан асырмай айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C403BFB" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z167" w:id="165"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      146. Бейімделген ғимараттардағы топтардың толықтырылуы (ойын және жатын орындары біріктірілген) 1 (бір) балаға 4 м</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> есебінен анықталады.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7749FD8C" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z168" w:id="166"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      31. При реконструкции объектов соблюдаются требования предусмотренные пунктами с 6 по 29 настоящих Санитарных правил.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      147. Қазақстан Республикасының Бас мемлекеттік санитариялық дәрігерінің қолданыстағы қаулыларына сәйкес топтардың толықтырылуы және әлеуметтік қашықтыққа қойылатын талаптар республикадағы "қызыл" және "сары" аймақтардағы тиісті аумақтағы эпидемиологиялық жағдайды ескере отырып өзгереді.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C90DD51" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="166"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Мектепке дейінгі ұйымдарға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және сәбилер үйлеріне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қойылатын санитариялық-</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>эпидемиологиялық талаптар"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>санитариялық қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z170" w:id="167"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Зертханалық-құрал-саймандық зерттеулер</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0C875734" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="167"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кесте</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1282"/>
+        <w:gridCol w:w="3474"/>
+        <w:gridCol w:w="3623"/>
+        <w:gridCol w:w="3921"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сынама алу орны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зертханалық зерттеулер, саны (бірлік)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зерттеу кезеңділігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3474" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ас блоктары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+микробиологиялық зерттеулерге тамақ өнімдерінің (шикізат) сынамалары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ағымдағы қадағалау тәртібімен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+микробиологиялық зерттеулерге алынатын дайын тағамдардың сынамалары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ағымдағы қадағалау тәртібімен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+микробиологиялық және санитариялық-химиялық зерттеулерге су сынамалары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ағымдағы қадағалау тәртібімен (жылына бір рет)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тағамдардың құнарлылығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ағымдағы қадағалау тәртібімен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+термиялық өңдеу сапасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ағымдағы қадағалау тәртібімен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сыртқы орта шайындылары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ағымдағы қадағалау тәртібімен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дезинфекциялау құралдарында хлордың қалдығын айқындау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ағымдағы қадағалау тәртібімен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бактериологиялық, санитариялық-химиялық зерттеулерге жергілікті сумен жабдықтау көздерінен (орталықтандырылған, құдықтар, ұңғымалар, каптаждар) алынатын ауыз су</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ағымдағы қадағалау тәртібімен (жылына бір рет)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+персоналды бактериологиялық тасымалдаушылыққа зерттеп-қарау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+эпидемиологиялық көрсетімдер бойынша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ойыншықтар, үстелдер, орындықтар, төсек әбзелдері, орамалдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шайындыларды паразитологиялық зерттеуге тексеру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ағымдағы қадағалау тәртібімен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+киім шешетін бөлмелер, ойын, жатын бөлмелер, музыка (спорт) залы, медициналық үй-жайлар, изолятор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+температура, ауаның салыстырмалы ылғалдылығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+объектінің сәйкестігі (сәйкес еместігі) туралы санитариялық-эпидемиологиялық қорытынды берген кезде, ағымдағы қадағалау тәртібімен (жылыту маусымы кезеңінде жылына бір рет)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ас блогы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+желдетудің, шудың тиімділігін зерттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ағымдағы қадағалау тәртібімен (жылына бір рет)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+су тарату крандары, ғимаратқа, ас блоктарына (бөлек блокта орналасқан кезде) – судың кіру және шығу орындары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+су құбырлары жүйесінен алынатын су (бактериологиялық және санитариялық-химиялық зерттеулер)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+объектінің сәйкестігі (сәйкес еместігі) туралы санитариялық-эпидемиологиялық қорытынды берген кезде, ағымдағы қадағалау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құдықтар, ұңғымалар, каптаждар, бұлақтар, су тарату крандары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бактериологиялық, санитариялық-химиялық зерттеулерге жергілікті сумен жабдықтау көздерінен (орталықтандырылған, құдықтар, ұңғымалар, каптаждар) алынатын ауыз су</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+объектінің сәйкестігі (сәйкес еместігі) туралы санитариялық-эпидемиологиялық қорытынды берген кезде, ағымдағы қадағалау тәртібімен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ыдыстарға өлшеп-құйылған суды пайдаланатын объектілер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ыдыстарға өлшеп-құйылған ауыз су (шөлмектердегі суды қоспағанда) бактериологиялық, санитариялық-химиялық зерттеулерге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ағымдағы қадағалау тәртібімен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жабық жүзу бассейндері және ванналар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бактериологиялық, санитариялық-химиялық, паразитологиялық зерттеуге алынатын су сынамалары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+объектінің сәйкестігі (сәйкес еместігі) туралы санитариялық-эпидемиологиялық қорытынды берген кезде, ағымдағы қадағалау тәртібімен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+компьютерлік және</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жұмыс орнындарындағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+объектінің сәйкестігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мультимедиялық сыныптар, кабинеттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+электромагниттік, электростатикалық өрістердің кернеуі, аэроиондар шоғырлану және униполярлық коэффициенті деңгейі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(сәйкес еместігі) туралы санитариялық-эпидемиологиялық қорытынды берген кезде, ағымдағы қадағалау тәртібімен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ойын үй-жайлары, оқу кабинеттері, музыка (спорт) залы, медициналық үй-жайлар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жасанды жарықтандыру деңгейі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+объектінің сәйкестігі (сәйкес еместігі) туралы санитариялық-эпидемиологиялық қорытынды берген кезде, ағымдағы қадағалау тәртібімен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пешпен немесе автономды, электрсіз жылытылатын үй-жайлар, медициналық үй-жайлар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ауа ортасын зерттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ағымдағы қадағалау тәртібімен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ойын алаңдарындағы құмды алаңқай</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+гельминттердің болуына санитариялық-микробиологиялық және паразитологиялық зерттеулерге топырақты зерттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ағымдағы қадағалау тәртібімен мамырдан қыркүйекке дейінгі кезеңде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ойын, жатын бөлмелері, оқу кабинеттері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жиһаздар өлшемінің балалардың жасы мен бойына сәйкестігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ағымдағы қадағалау тәртібімен жылына бір рет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+балалар ассортименті тауарларын сатып алуды жүзеге асыратын білім беру ұйымдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+балалар ассортименті тауарлары (киім, аяқкиім, ойыншықтар, косметикалық құралдар, кеңсе тауарлары, ыдыстар, гигиена құралдары және басқалар)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылына бір рет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Мектепке дейінгі ұйымдарға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және сәбилер үйлеріне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қойылатын санитариялық-</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>эпидемиологиялық талаптар"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>санитариялық қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z172" w:id="168"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t>Глава 3. Санитарно-эпидемиологические требования к водоснабжению, водоотведению,</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мектепке дейінгі ұйымдардың жас ерекшелігіне байланысты топтық үй-жайлары мен олардың аудандары</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F291339" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="168"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кесте</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1769"/>
+        <w:gridCol w:w="10531"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+киім шешетін орын</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10531" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балаға кемiнде 0,7 м</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> есебінен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ойын бөлмесi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10531" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бөбектер мен мектеп жасына дейінгі топтар үшін 1 балаға кемiнде 2,0 м</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> есебінен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+буфет-тарату орны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10531" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемiнде 3,8 м</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жатын бөлмесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10531" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бөбектер мен мектеп жасына дейінгі топтар үшін 1 балаға кемiнде 1,8 м</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> есебінен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дәретхана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10531" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемінде 16 м</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Мектепке дейінгі ұйымдарға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және сәбилер үйлеріне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қойылатын санитариялық-</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>эпидемиологиялық талаптар"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>санитариялық қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z174" w:id="169"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t>теплоснабжению, освещению, вентиляции, кондиционированию объектов</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Санитариялық аспаптардың саны мен өлшемі</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25D3476D" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="169"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2370"/>
+        <w:gridCol w:w="1054"/>
+        <w:gridCol w:w="865"/>
+        <w:gridCol w:w="677"/>
+        <w:gridCol w:w="677"/>
+        <w:gridCol w:w="1555"/>
+        <w:gridCol w:w="677"/>
+        <w:gridCol w:w="866"/>
+        <w:gridCol w:w="2292"/>
+        <w:gridCol w:w="1267"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2370" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үй-жайлар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қолжуғыштар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Унитаздар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Араластырғышы бар су ағызғыш (видуар)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="677" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су тарату краны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="866" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құрама араластырғышы бар ванна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Иiлгiш шлангiдегi себезгi торы бар табандық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1267" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Араластырғышы бар екi камералық жуғыш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дәретхана краны бар балаларға арналған</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Араластырғышы бар ересектерге арналған</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="677" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+балаларға арналған</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="677" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ересектерге арналған</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="677" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="677" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="677" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="866" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1267" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+буфет-тарату орны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="677" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="677" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="677" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="866" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1267" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-2 жастағы балалар тобының дәретхасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="677" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="677" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="677" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="866" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 терең</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1267" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 –6 жастағы балалар тобының дәретхасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="677" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="677" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="677" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="866" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 таяз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1267" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дене шынықтыру залы жанындағы себезгі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="677" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="677" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="677" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="866" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1267" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+медициналық кабинет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="677" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="677" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="677" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="866" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1267" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+емшара кабинеті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="677" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="677" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="677" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="866" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1267" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+изолятор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="677" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="677" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="677" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="866" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1267" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+изолятор дәретханасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="677" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="677" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="677" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="866" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1267" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+персонал дәретханасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="677" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="677" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="677" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="866" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1267" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+әйелдердің жеке гигиена бөлмесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="677" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="677" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+биде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="677" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="866" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1267" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+персоналдың себезгi бөлмесi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="677" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="677" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="677" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="866" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1267" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      32. На объектах предусматриваются в исправном состоянии централизованное хозяйственно-питьевое, горячее водоснабжение, водоотведение, теплоснабжение.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе: сыйымдылығы үш топқа дейінгі МДҰ-да дәретханаларда 10 тәрбиеленушіге 1 унитаз және 1 раковина көзделеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3567F2A5" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Мектепке дейінгі ұйымдарға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және сәбилер үйлеріне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қойылатын санитариялық-</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>эпидемиологиялық талаптар"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>санитариялық қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z176" w:id="170"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мектепке дейінгі ұйымдардағы арнаулы топтарының толықтырылуы</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6FD479CE" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="170"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5921"/>
+        <w:gridCol w:w="3007"/>
+        <w:gridCol w:w="3372"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балалар дамуының бұзылу түрі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3007" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ерте жас (үш жасқа дейін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мектепке дейінгі жас (үш жастан бастап)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3007" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауыр сөйлеу кемістігі бар балалар үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3007" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жекелеген дыбыстарды айту фонетикалық-фонематикалық дамымаған балалар үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3007" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Естімейтін балалар үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3007" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нашар еститін балалар үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3007" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрмейтін балалар үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3007" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нашар көретін, амблиопия, қыли көзді балалар үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3007" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тірек-қимыл аппаратының бұзушылығы бар балалар үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3007" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ақыл-ой бұзушылығы бар (ақыл есі кем) балалар үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3007" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Психикалық дамуы тежелген балалар үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3007" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Күрделі ақыл-есі кем балалар үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3007" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Туберкулезбен ауыратын балалар үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3007" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15 8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Күрделі кемістіктері бар (2 және одан да көп кемістіктер) балалар үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3007" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дамуында басқа да ауытқулар бар балалар үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3007" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      33. Объекты обеспечиваются безопасной и качественной питьевой водой в соответствии с установленными требованиями санитарных правил, гигиенических нормативов, утвержденных согласно подпункту 132-1) пункта 16 положения о Министерстве здравоохранения Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 17 февраля 2017 года № 71 (далее – документы нормирования).</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе: Ақыл-ой кемістігімен бірге аутистикалық спектрдағы бұзылыстары бар балалар болған жағдайда интеллектісінің бұзылулары (ақыл-ой кем) бар және психикалық дамуы тежелген балалар үшін арнайы топтардың толықтырылуы мына есептен азаяды: ерте жастағы балалар саны – 4 бала; мектепке дейінгі жастағы балалар саны – 6 бала.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4551DA2F" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Мектепке дейінгі ұйымдарға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және сәбилер үйлеріне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қойылатын санитариялық-</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>эпидемиологиялық талаптар"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>санитариялық қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z178" w:id="171"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мектепке дейінгі ұйымдар жиһазының таңбалануы және өлшемдерi</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="702C0AC6" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="171"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-кесте</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1087"/>
+        <w:gridCol w:w="5313"/>
+        <w:gridCol w:w="2798"/>
+        <w:gridCol w:w="3102"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жиһаз тобы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5313" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балалар бойының тобы, см-мен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үстелдің биiктiгi, см-мен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3102" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орындық отырғышының биiктiгi, см-мен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5313" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3102" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+А</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5313" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80-ге дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3102" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Б</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5313" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80 – 90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3102" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+В</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5313" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+90 – 100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3102" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Г</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5313" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100 – 115</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3102" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Д</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5313" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+115 – 130</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3102" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ж</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5313" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+130-дан жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3102" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z179" w:id="172"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      34. На объектах организовывается питьевой режим. Питьевая вода, в том числе расфасованная в емкости (графины, чайники) или бутилированная, по показателям качества и безопасности должны соответствовать требованиям документов нормирования.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сәбилер үйлері жиһазының таңбалануы мен өлшемдері</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64A635A1" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="172"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-кесте</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="768"/>
+        <w:gridCol w:w="3324"/>
+        <w:gridCol w:w="1976"/>
+        <w:gridCol w:w="2189"/>
+        <w:gridCol w:w="4043"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жиһаз тобы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балалар бойының тобы, см-мен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үстелдің биiктiгi, см-мен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2189" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орындық отырғышының биiктiгi, см-мен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4043" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балалардың бой топтары бойынша жасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2189" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4043" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+А</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80-ге дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2189" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4043" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 ай - 1 жас 8 ай</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Б</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80– 90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2189" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4043" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 жас 6 ай - 2 жас 8 ай</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+В</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+90 – 100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2189" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4043" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 жас</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Мектепке дейінгі ұйымдарға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және сәбилер үйлеріне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қойылатын санитариялық-</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>эпидемиологиялық талаптар"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>санитариялық қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z181" w:id="173"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Өнімдерді алмастыру кестесі</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="57644A50" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="173"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кесте</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="954"/>
+        <w:gridCol w:w="954"/>
+        <w:gridCol w:w="2802"/>
+        <w:gridCol w:w="4786"/>
+        <w:gridCol w:w="2804"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="954" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="954" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алмастыруға жататын өнім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Грамға шаққандағы салмағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алмастырушы өнім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Грамға шаққандағы салмағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="954" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="954" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="954" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="954" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ Сиыр еті </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-санатты сүйегі бар кесек ет: қой еті, жылқы еті, қоян еті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-санатты сүйегі жоқ кесек ет: қой еті, жылқы еті, қоян еті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-санатты жылқы еті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+104,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құс еті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-санатты субөнімдер: бауыр, бүйрек, жүрек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+116,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пісірілген шұжық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ет консервілері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+120,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+балық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+150,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жартылай майлы сүзбе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+250,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="954" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="954" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Майы алынбаған сүт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кефир, айран</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қойылтылған стерилденген сүт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кілегей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+майлы сүзбе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="954" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="954" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаймақ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кілегей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+133,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сүт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+667,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="954" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="954" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сүзбе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сүт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+333,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ірімшік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+брынза</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қаймақ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кілегей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="954" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="954" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ірімшік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сиырдың сары майы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қаймақ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+125,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сүзбе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+250,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+брынза</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+200,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сүт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+825,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жұмыртқа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="954" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="954" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жұмыртқа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ірімшік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қаймақ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сүзбе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="954" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="954" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басы алынған балық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+67,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тұздалған майшабақ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+балықтың жон еті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сүзбе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+168,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ірімшік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="954" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="954" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жемістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жеміс-жидек шырыны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кептірілген алма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кептірілген өрік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қара өрік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мейіз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қарбыз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+300,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қауын</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+200,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Мектепке дейінгі ұйымдарға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және сәбилер үйлеріне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қойылатын санитариялық-</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>эпидемиологиялық талаптар"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>санитариялық қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z183" w:id="174"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      Кулеры (диспенсеры) для воды регулярно очищаются согласно инструкции производителя.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Балалардың жасына байланысты граммға шаққандағы порциялардың массасы</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D83BD53" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="174"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кесте</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="846"/>
+        <w:gridCol w:w="3976"/>
+        <w:gridCol w:w="3976"/>
+        <w:gridCol w:w="3502"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салмағы (г)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-2 жастан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3-5 жастан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3502" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 жастағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3502" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Таңғы ас</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+350 - 450</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+400 - 500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3502" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500-550</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түскі ас</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+400 - 550</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+550 - 600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3502" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+600-800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бесін ас</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+200 - 250</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+250 - 300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3502" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+300-400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кешкі ас</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+350 - 400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+400 - 500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3502" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+450-600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Мектепке дейінгі ұйымдарға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және сәбилер үйлеріне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қойылатын санитариялық-</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>эпидемиологиялық талаптар"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>санитариялық қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z185" w:id="175"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Тез бұзылатын тамақ өнімдері мен жартылай фабрикаттардың бракераж журналы</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0202DFF7" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="175"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1561"/>
+        <w:gridCol w:w="514"/>
+        <w:gridCol w:w="2513"/>
+        <w:gridCol w:w="1561"/>
+        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="2133"/>
+        <w:gridCol w:w="1942"/>
+        <w:gridCol w:w="658"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1561" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Азық-түлік шикізаты мен тамақ өнімдерінің түскен күні мен сағаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тамақ өнімдерінің атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түскен азық-түлік шикізаты мен тамақ өнімдерінің саны (килограммен, литрмен, данамен алғанда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1561" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түскен азық-түлік шикізаты мен тамақ өнімдерін органолептикалық бағалау нәтижелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Азық-түлік шикізаты мен тамақ өнімдерін өткізудің соңғы мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Күндер бойынша азық-түлік шикізаты мен тамақ өнімдерін іс жүзінде өткізу күні мен сағаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1942" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жауапты адам-ның Т.А.Ә. (бар болса) қолы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="658" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ескертпе *</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1561" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1561" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1942" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="658" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1561" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1561" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1942" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="658" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      Допускается использование кипяченой питьевой воды при условии ее хранения не более трех часов.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе : * Өнімдерді есептен шығару, кері қайтару фактілері және басқалар көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4356ACCB" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkStart w:name="z186" w:id="176"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "С" витаминдеу журналы</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6F2FCC13" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="176"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2978"/>
+        <w:gridCol w:w="1624"/>
+        <w:gridCol w:w="2076"/>
+        <w:gridCol w:w="3997"/>
+        <w:gridCol w:w="1625"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2978" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тағамның ң дайындалу күні және сағаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1624" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тағамның атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2076" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қосылған витаминнің жалпы саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3997" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бір порциядағы "С" витаминінің мөлшері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1625" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жауапты адамның қолы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2978" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1624" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2076" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3997" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1625" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2978" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1624" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2076" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3997" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1625" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z187" w:id="177"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      35. Для питья используют чистую посуду (стеклянная, фаянсовая или одноразовые стаканчики), выделяют отдельные маркированные подносы для чистой и использованной посуды или контейнеры для сбора использованной посуды одноразового применения.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дайын тағамның және аспаздық бұйымдарды органалептикалық бағалау журналы</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17B4EE10" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="177"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3-нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1536"/>
+        <w:gridCol w:w="1000"/>
+        <w:gridCol w:w="2430"/>
+        <w:gridCol w:w="1297"/>
+        <w:gridCol w:w="3023"/>
+        <w:gridCol w:w="2370"/>
+        <w:gridCol w:w="644"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1536" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тағам мен аспаздық бұйымдарды дайындау күні және сағаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1000" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тағамның, аспаздық бұйымның атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тағамның, аспаздық бұйымдардың дайындық дәрежесін бағалауды қоса алғанда, оларды органолептикалық бағалау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өткізуге рұқсат ету (уақыты)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3023" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жауапты орындаушы (Т.А.Ә. (бар болған жағдайда), лауазымы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бракераж жүргізген адамның Т.А.Ә. (бар болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="644" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ескертпе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1536" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1000" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3023" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="644" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1536" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1000" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3023" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="644" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе: 7-бағанда өткізуге жіберілмеген дайын өнімнің атауы көрсетіледі.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="131DAAB7" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Мектепке дейінгі ұйымдарға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және сәбилер үйлеріне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қойылатын санитариялық-</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>эпидемиологиялық талаптар"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>санитариялық қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z189" w:id="178"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      36. При отсутствии централизованной системы водоснабжения допускается использование воды из местных источников питьевого назначения с устройством внутреннего водопровода и водоотведения.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Медициналық үй-жайларды жабдықтау</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="742AEC38" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="178"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-кесте</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1354"/>
+        <w:gridCol w:w="6441"/>
+        <w:gridCol w:w="4505"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Медициналық жабдық пен құрал-сайманның атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жазу үстелі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орындықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кушетка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кеңсе шкафы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Медициналық шкаф</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Керме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әйнек қақпағы бар медициналық шағын үстел</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тоңазытқыш (вакциналарға және дәрі-дәрмектерге арналған)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тонометр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Фонендоскоп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бактерицидті шам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Медициналық таразы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бой өлшегіш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Вакциналарды тасымалдауға арналған термоконтейнер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үстелге қоятын шам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Медициналық термометрлер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20-50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қайшы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жуатын раковина</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Педальды қақпағы бар шелек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Вакциналардың қалдықтарын жоюға арналған ыдыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Медициналық халаттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қалпақтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бір рет қолданылатын жаймалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+үнемі болады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бір рет қолданылатын орамалдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+үнемі болады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жинауға арналған қоңыр түсті халаттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бір рет қолданылатын бетперделер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10-30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жинау мүкәммалы: шелек, швабра, шүберек, шүберек сақтайтын ыдыс, қолғаптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+үй-жай жиынына қарай есептеледі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кеңсе тауарлары (журналдар, дәптерлер, желім, қаламсап, қағазтескі, степлер, корректор, папкалар және т.б.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қажеттілігіне қарай</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кішкентай бикс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үлкен бикс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Резеңке бұрау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4-6 дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2,0 5,0 10,0 инелері бар бір рет қолданылатын шрицтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 дана, 10 дана, 5 дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пинцет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Резеңке жылытқы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-2 дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мұзға арналған ыдыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-2 дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бүйрек тәрізді науа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Металл қалақша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40 дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аяқ-қолды иммобилизациялауға арналған шиналар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кілемше</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сантиметрлік лента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көздің көргіштігін анықтауға арналған кестелер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дозаторы бар сұйық сабын</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+үнемі болады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Мектепке дейінгі ұйымдарға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және сәбилер үйлеріне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қойылатын санитариялық-</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>эпидемиологиялық талаптар"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>санитариялық қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z191" w:id="179"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ас блогы жұмыскерлерін тексеріп-қарау нәтижелері журналы</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2DB513F6" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="179"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="473"/>
+        <w:gridCol w:w="1613"/>
+        <w:gridCol w:w="473"/>
+        <w:gridCol w:w="734"/>
+        <w:gridCol w:w="473"/>
+        <w:gridCol w:w="473"/>
+        <w:gridCol w:w="473"/>
+        <w:gridCol w:w="473"/>
+        <w:gridCol w:w="473"/>
+        <w:gridCol w:w="735"/>
+        <w:gridCol w:w="735"/>
+        <w:gridCol w:w="735"/>
+        <w:gridCol w:w="735"/>
+        <w:gridCol w:w="735"/>
+        <w:gridCol w:w="735"/>
+        <w:gridCol w:w="1919"/>
+        <w:gridCol w:w="104"/>
+        <w:gridCol w:w="104"/>
+        <w:gridCol w:w="105"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="473" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1613" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тегі, аты, әкесінің аты (бар болған кезде)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="473" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лауазымы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="16"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ай / күндер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="734" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1919" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15… 30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="105" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="734" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1919" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="105" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      37. На объектах, работающих на привозной воде, предусматривают отдельное помещение с установкой емкостей для хранения запаса питьевой воды. Емкости имеют маркировку ("Питьевая вода"), подвергаются еженедельной очистке и дезинфекции с применением моющих и дезинфицирующих средств. Емкости для питьевой воды не используются для других целей.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе: * дені сау, ауру, жұмыстан шектетілді, санация жүргізілді, еңбек демалысы, демалыс</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16CB8256" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Мектепке дейінгі ұйымдарға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және сәбилер үйлеріне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қойылатын санитариялық-</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>эпидемиологиялық талаптар"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>санитариялық қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z193" w:id="180"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________ жылғы ___ айға тамақ өнімдері нормаларының орындалуын бақылау тізімдемесі</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1853D90A" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="180"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="507"/>
+        <w:gridCol w:w="507"/>
+        <w:gridCol w:w="2292"/>
+        <w:gridCol w:w="507"/>
+        <w:gridCol w:w="507"/>
+        <w:gridCol w:w="507"/>
+        <w:gridCol w:w="648"/>
+        <w:gridCol w:w="787"/>
+        <w:gridCol w:w="2481"/>
+        <w:gridCol w:w="1213"/>
+        <w:gridCol w:w="2344"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="507" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="507" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тамақ өнімінің атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тамақ өнімінің 1 адамға граммен алғандағы г (брутто) нормасы*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бір адамға күндер бойынша (барлығы) бруттомен алғанда, г. іс жүзінде өнім берілді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2481" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 күнде 1 адамға бруттомен алғанда алғанда барлығы тамақ өнімі берілді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1213" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орташа есеппен алғанда 1 адамға күніне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2344" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+% (+/-)-да нормадан ауытқу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="507" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="507" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="507" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+...</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="787" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="507" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="507" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="507" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="507" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="507" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="787" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2481" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1213" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2344" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="507" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="507" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="507" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="507" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="507" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="787" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2481" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1213" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2344" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      38. Доставка питьевой воды проводится специализированным автотранспортом, в специальных промаркированных емкостях, выполненных из материалов, разрешенных для контакта с питьевой водой, своевременно очищаемых, промываемых и дезинфицируемых.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе: _______________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63BA0629" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Мектепке дейінгі ұйымдарға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және сәбилер үйлеріне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қойылатын санитариялық-</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>эпидемиологиялық талаптар"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>санитариялық қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z195" w:id="181"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Объектілердің медициналық құжаттамасы</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="728B2F34" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="181"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      39. При отсутствии централизованной системы горячего водоснабжения устанавливаются водонагреватели. Горячая и холодная вода подводится ко всем ваннам, душевым, умывальникам в местах проживания, в помещениях медицинского назначения, а также к необходимому технологическому оборудованию на пищеблоке с установкой смесителей.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Медициналық құжаттама:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="609ED5B3" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) инфекциялық ауруларды есепке алу журналы;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="48791EF3" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> и частично канализованной местности предусматривается устройство местной канализации (ямы, септики). Прием сточных вод осуществляется в общую или раздельные подземные водонепроницаемые емкости, оснащенные крышками с гидравлическими затворами (сифонами), расположенные в хозяйственной зоне территории объекта, очистка которых проводится своевременно.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) соматикалық сырқаттанушылық журналы;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69A531D5" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жіті инфекциялық аурулармен байланыстарды есепке алу журналы;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0175A541" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> и частично канализованной местности санитарные узлы располагаются в здании ДО.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) профилактикалық егулер картасы;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19515F2B" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Манту сынамаларын тіркеу журналы;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="61BCC312" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      41. Канализационные стояки для водоотведения в складских помещениях, бытовых помещениях прокладывают в оштукатуренных коробах.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Манту сынамасы бойынша тексеруге жататын тәуекел тобындағы балаларды тіркеу журналы;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="219475B3" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) фтизиопедиатрда тексеруге жататын туберкулинге оң нәтижелі адамдар журналы;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="57742240" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      42. Сброс сточных вод в открытые водоемы и на прилегающую территорию не допускается.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) бақыланатын химиялық профилактиканы жүргізу журналы;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D52E35E" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) гельминттерге тексерілген адамдарды тіркеу журналы; 10) баланың денсаулық паспорты;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0FE95921" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      43. СДУ для персонала имеют надземные помещения и выгребную яму из водонепроницаемого материала.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) тәуекел тобындағы балалардың тізімі;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="060D0183" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) тез бұзылатын тамақ өнімдері мен жартылай фабрикаттардың бракераж журналы;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3BFFACBF" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      Уборку СДУ проводит ежедневно с использованием дезинфицирующих средств. Выгребную яму СДУ своевременно очищают.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) ас блогы жұмыскерлерін тексеріп-қарау журналы;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A92F107" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) тамақтану нормаларының орындалуын бақылау тізімдемесі;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="52358AFC" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      44. При отсутствии централизованного источника теплоснабжения предусматривается автономная котельная.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) тәрбиеленушілердің жеке медициналық карталары;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B21BF89" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) тағамдар мен аспаздық бұйымдардың сапасын органолептикалық бағалау журналы;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="08BDCA62" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      45. В отопительный период температура воздуха соответствует показателям документов нормирования.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) "С" витаминдеу журналы.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7409BC62" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Денсаулық сақтау министрі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2021 жылғы 9 шілдедегі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ ҚР ДСМ- 59</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығына қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z197" w:id="182"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Денсаулық сақтау министрлігінің күші жойылған кейбір бұйрықтарының тізбесі</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="348CF0F1" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z198" w:id="183"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      46. Естественное и искусственное освещение помещений определяется в соответствии с государственными нормативами в области архитектуры, градостроительства и строительства. В одном помещении применяют лампы одного типа.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. "Мектепке дейінгі ұйымдарға және сәбилер үйлеріне қойылатын санитариялық-эпидемиологиялық талаптар" санитариялық қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2017 жылғы 17 тамыздағы № 615 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 15893 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E04126A" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z199" w:id="184"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2018 жылғы 3 қыркүйектегі № ҚР ДСМ-9 бұйрығымен бекітілген Қазақстан Республикасы Денсаулық сақтау министрлігінің және Қазақстан Республикасы Ұлттық экономика министрлігінің өзгерістер мен толықтыру енгізілетін кейбір бұйрықтарының тізбесінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13-тармағы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17501 болып тіркелген).</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1D431D37" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z200" w:id="185"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      47. Показатели искусственной освещенности нормируются в соответствии с документами нормирования.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 5 шiлдедегi № ҚР ДСМ-78/2020 бұйрығымен бекітілген Қазақстан Республикасы Денсаулық сақтау министрлігі мен Қазақстан Республикасы Ұлттық экономика министрлігінің өзгерістер мен толықтырулар енгізілетін кейбір бұйрықтарының тізбесінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-тармағы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 20935 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32C47D01" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:bookmarkEnd w:id="185"/>
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+				</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="36FC67C8" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="disclaimer"/>
       </w:pPr>
-      <w:r w:rsidRPr="00160053">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      48. На территории объектов устанавливаются наружное искусственное освещение.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>
+					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
+				</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C262406" w14:textId="77777777" w:rsidR="00160053" w:rsidRPr="00160053" w:rsidRDefault="00160053" w:rsidP="00160053">
-[...6876 lines deleted...]
-      <w:docGrid w:linePitch="360"/>
+    <w:sectPr>
+      <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
+      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-[...75 lines deleted...]
-</w:settings>
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...375 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59" w:semiHidden="false" w:unhideWhenUsed="false"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="true">
     <w:name w:val="Normal"/>
+    <w:basedOn w:val="DocDefaults"/>
     <w:qFormat/>
+    <w:rsid w:val="004A3277"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="a0">
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="true">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="a1">
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="true">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="true">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="true">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading3Char" w:customStyle="true">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading4Char" w:customStyle="true">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalIndent">
+    <w:name w:val="Normal Indent"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:ind w:left="86"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="SubtitleChar" w:customStyle="true">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:color="4F81BD" w:themeColor="accent1" w:sz="8" w:space="4"/>
+      </w:pBdr>
+      <w:spacing w:after="300"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="TitleChar" w:customStyle="true">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Emphasis">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D1197D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
-[...1 lines deleted...]
-    <w:uiPriority w:val="99"/>
+  <w:style w:type="paragraph" w:styleId="Caption">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007109C0"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="disclaimer">
+    <w:name w:val="disclaimer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="DocDefaults">
+    <w:name w:val="DocDefaults"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...383 lines deleted...]
-</a:theme>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...31 lines deleted...]
-</Properties>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-[...9 lines deleted...]
-</cp:coreProperties>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>