--- v0 (2025-10-19)
+++ v1 (2025-10-20)
@@ -1,833 +1,1005 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00BD5F79" w:rsidRPr="00BD5F79" w:rsidRDefault="00BD5F79" w:rsidP="001874AE">
-[...5 lines deleted...]
-        <w:t>Приложение</w:t>
+    <w:p w:rsidR="00BD5F79" w:rsidRPr="00B75414" w:rsidRDefault="00250B7E" w:rsidP="00B75414">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:left="5664" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B75414">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>2018</w:t>
       </w:r>
-      <w:r>
-[...17 lines deleted...]
-      <w:r w:rsidR="001874AE">
+      <w:r w:rsidRPr="00B75414">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001874AE" w:rsidRPr="001874AE">
-        <w:rPr>
+      <w:r w:rsidRPr="00B75414">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B75414">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD5F79" w:rsidRPr="00B75414">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="003A7615" w:rsidRPr="00B75414">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD5F79" w:rsidRPr="00B75414">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="003A7615" w:rsidRPr="00B75414">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003A7615" w:rsidRPr="00B75414">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қыркүйек</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD5F79" w:rsidRPr="00B75414">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD5F79" w:rsidRPr="00B75414">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A7615" w:rsidRPr="00B75414" w:rsidRDefault="003A7615" w:rsidP="00B75414">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:left="5664" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B75414">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>№ 323</w:t>
       </w:r>
-    </w:p>
-[...17 lines deleted...]
-      <w:r w:rsidR="001874AE">
+      <w:r w:rsidRPr="00B75414">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001874AE" w:rsidRPr="001874AE">
-[...3 lines deleted...]
-        <w:t>сентября</w:t>
+      <w:r w:rsidR="00250B7E" w:rsidRPr="00B75414">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бұйрыққа </w:t>
       </w:r>
-      <w:r w:rsidR="001874AE">
-        <w:t xml:space="preserve"> </w:t>
+    </w:p>
+    <w:p w:rsidR="00BD5F79" w:rsidRPr="00B75414" w:rsidRDefault="00250B7E" w:rsidP="00B75414">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:left="5664" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B75414">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1 қосымша</w:t>
       </w:r>
-      <w:r w:rsidRPr="001874AE">
-[...3 lines deleted...]
-        <w:t>2018</w:t>
+    </w:p>
+    <w:p w:rsidR="00BD5F79" w:rsidRPr="00B75414" w:rsidRDefault="00BD5F79" w:rsidP="00BD5F79">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003A7615" w:rsidRPr="00B75414" w:rsidRDefault="003A7615" w:rsidP="00BD5F79">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BD5F79" w:rsidRPr="00B75414" w:rsidRDefault="00250B7E" w:rsidP="00250B7E">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B75414">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="36"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Саран қаласы әкімдігінің «Саран қаласы білім бөлімі» ММ №1 жалпы білім беретін мектебі» КММ </w:t>
       </w:r>
-      <w:r w:rsidRPr="008B4662">
-        <w:t xml:space="preserve"> года   </w:t>
+      <w:r w:rsidR="00670907" w:rsidRPr="00B75414">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="36"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
       </w:r>
-    </w:p>
-[...22 lines deleted...]
-        <w:t>Состав попечительского совета</w:t>
+      <w:r w:rsidRPr="00B75414">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="36"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">амқоршылық кеңестің құрамы </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD5F79" w:rsidRPr="002A7D13" w:rsidRDefault="00BD5F79" w:rsidP="00BD5F79">
-[...78 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00BD5F79" w:rsidRPr="00B75414" w:rsidRDefault="00BD5F79" w:rsidP="00BD5F79">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a5"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="675" w:type="dxa"/>
+        <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="567"/>
-        <w:gridCol w:w="7655"/>
+        <w:gridCol w:w="992"/>
+        <w:gridCol w:w="7371"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001874AE" w:rsidTr="001874AE">
+      <w:tr w:rsidR="00B75414" w:rsidRPr="00B75414" w:rsidTr="00B75414">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001874AE" w:rsidRDefault="001874AE" w:rsidP="00082F72">
+          <w:p w:rsidR="00B75414" w:rsidRPr="00B75414" w:rsidRDefault="00B75414" w:rsidP="00082F72">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00B75414">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7655" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001874AE" w:rsidRDefault="001874AE" w:rsidP="001874AE">
+          <w:p w:rsidR="00B75414" w:rsidRPr="00B75414" w:rsidRDefault="00B75414" w:rsidP="00B75414">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              <w:t>Ф.И.О.</w:t>
+            <w:r w:rsidRPr="00B75414">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т.А.Ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001874AE" w:rsidTr="001874AE">
+      <w:tr w:rsidR="00B75414" w:rsidRPr="00B75414" w:rsidTr="00B75414">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001874AE" w:rsidRDefault="001874AE" w:rsidP="00AE3AF2">
+          <w:p w:rsidR="00B75414" w:rsidRPr="00B75414" w:rsidRDefault="00B75414" w:rsidP="00B75414">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7655" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001874AE" w:rsidRPr="002A7D13" w:rsidRDefault="001874AE" w:rsidP="00082F72">
+          <w:p w:rsidR="00B75414" w:rsidRPr="002A7D13" w:rsidRDefault="00B75414" w:rsidP="000E4B02">
             <w:pPr>
               <w:ind w:firstLine="0"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Внукевич</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> Яна Валерьевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001874AE" w:rsidTr="001874AE">
+      <w:tr w:rsidR="00B75414" w:rsidRPr="00B75414" w:rsidTr="00B75414">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001874AE" w:rsidRDefault="001874AE" w:rsidP="00AE3AF2">
+          <w:p w:rsidR="00B75414" w:rsidRPr="00B75414" w:rsidRDefault="00B75414" w:rsidP="00B75414">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7655" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001874AE" w:rsidRDefault="001874AE" w:rsidP="00082F72">
+          <w:p w:rsidR="00B75414" w:rsidRDefault="00B75414" w:rsidP="000E4B02">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Якимова Юлия Сергеевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001874AE" w:rsidTr="001874AE">
+      <w:tr w:rsidR="00B75414" w:rsidRPr="00B75414" w:rsidTr="00B75414">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001874AE" w:rsidRDefault="001874AE" w:rsidP="00AE3AF2">
+          <w:p w:rsidR="00B75414" w:rsidRPr="00B75414" w:rsidRDefault="00B75414" w:rsidP="00B75414">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7655" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001874AE" w:rsidRDefault="001874AE" w:rsidP="00082F72">
+          <w:p w:rsidR="00B75414" w:rsidRDefault="00B75414" w:rsidP="000E4B02">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Чиркова Евгения Олеговна</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001874AE" w:rsidTr="001874AE">
+      <w:tr w:rsidR="00B75414" w:rsidRPr="00B75414" w:rsidTr="00B75414">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001874AE" w:rsidRDefault="001874AE" w:rsidP="00AE3AF2">
+          <w:p w:rsidR="00B75414" w:rsidRPr="00B75414" w:rsidRDefault="00B75414" w:rsidP="00B75414">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7655" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001874AE" w:rsidRDefault="001874AE" w:rsidP="00082F72">
+          <w:p w:rsidR="00B75414" w:rsidRDefault="00B75414" w:rsidP="000E4B02">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Гибаев Фаиль Мударисович</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001874AE" w:rsidTr="001874AE">
+      <w:tr w:rsidR="00B75414" w:rsidRPr="00B75414" w:rsidTr="00B75414">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001874AE" w:rsidRDefault="001874AE" w:rsidP="00AE3AF2">
+          <w:p w:rsidR="00B75414" w:rsidRPr="00B75414" w:rsidRDefault="00B75414" w:rsidP="00B75414">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7655" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001874AE" w:rsidRDefault="001874AE" w:rsidP="00082F72">
+          <w:p w:rsidR="00B75414" w:rsidRDefault="00B75414" w:rsidP="000E4B02">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Соловьева Елена Викторовна</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001874AE" w:rsidTr="001874AE">
+      <w:tr w:rsidR="00B75414" w:rsidRPr="00B75414" w:rsidTr="00B75414">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001874AE" w:rsidRDefault="001874AE" w:rsidP="00AE3AF2">
+          <w:p w:rsidR="00B75414" w:rsidRPr="00B75414" w:rsidRDefault="00B75414" w:rsidP="00B75414">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7655" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001874AE" w:rsidRDefault="001874AE" w:rsidP="00082F72">
+          <w:p w:rsidR="00B75414" w:rsidRDefault="00B75414" w:rsidP="000E4B02">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Осыко Татьяна Алексеевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001874AE" w:rsidTr="001874AE">
+      <w:tr w:rsidR="00B75414" w:rsidRPr="00B75414" w:rsidTr="00B75414">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001874AE" w:rsidRDefault="001874AE" w:rsidP="00AE3AF2">
+          <w:p w:rsidR="00B75414" w:rsidRPr="00B75414" w:rsidRDefault="00B75414" w:rsidP="00B75414">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7655" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001874AE" w:rsidRDefault="001874AE" w:rsidP="00082F72">
+          <w:p w:rsidR="00B75414" w:rsidRDefault="00B75414" w:rsidP="000E4B02">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Амершина Наталья Павловна</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001874AE" w:rsidTr="001874AE">
+      <w:tr w:rsidR="00B75414" w:rsidRPr="00B75414" w:rsidTr="00B75414">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001874AE" w:rsidRDefault="001874AE" w:rsidP="00AE3AF2">
+          <w:p w:rsidR="00B75414" w:rsidRPr="00B75414" w:rsidRDefault="00B75414" w:rsidP="00B75414">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7655" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001874AE" w:rsidRDefault="001874AE" w:rsidP="00082F72">
+          <w:p w:rsidR="00B75414" w:rsidRDefault="00B75414" w:rsidP="000E4B02">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Шабельник Александра Ивановна</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001874AE" w:rsidTr="001874AE">
+      <w:tr w:rsidR="00B75414" w:rsidRPr="00B75414" w:rsidTr="00B75414">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001874AE" w:rsidRDefault="001874AE" w:rsidP="00AE3AF2">
+          <w:p w:rsidR="00B75414" w:rsidRPr="00B75414" w:rsidRDefault="00B75414" w:rsidP="00B75414">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7655" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001874AE" w:rsidRDefault="001874AE" w:rsidP="00082F72">
+          <w:p w:rsidR="00B75414" w:rsidRDefault="00B75414" w:rsidP="000E4B02">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Шлома Екатерина Геннадьевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00BD5F79" w:rsidRDefault="00BD5F79" w:rsidP="00BD5F79">
-[...3 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00BD5F79" w:rsidRPr="00B75414" w:rsidRDefault="00BD5F79" w:rsidP="00BD5F79">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BD5F79" w:rsidRDefault="00BD5F79" w:rsidP="00BD5F79">
-[...3 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00BD5F79" w:rsidRPr="00B75414" w:rsidRDefault="00BD5F79" w:rsidP="00BD5F79">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BD5F79" w:rsidRDefault="00BD5F79" w:rsidP="00BD5F79">
-[...3 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00BD5F79" w:rsidRPr="00B75414" w:rsidRDefault="00BD5F79" w:rsidP="00BD5F79">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BD5F79" w:rsidRDefault="00BD5F79" w:rsidP="00BD5F79">
-[...3 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00BD5F79" w:rsidRPr="00B75414" w:rsidRDefault="00BD5F79" w:rsidP="00BD5F79">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BD5F79" w:rsidRDefault="008B4662" w:rsidP="008B4662">
-[...4 lines deleted...]
-      <w:r>
+    <w:p w:rsidR="00BD5F79" w:rsidRPr="00B75414" w:rsidRDefault="008B4662" w:rsidP="008B4662">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B75414">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">                        </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001874AE" w:rsidRDefault="001874AE" w:rsidP="008B4662">
-[...8 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w:rsidR="00BD5F79" w:rsidRPr="00B75414" w:rsidRDefault="00BD5F79" w:rsidP="008B4662">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BD5F79" w:rsidRPr="00B75414" w:rsidRDefault="00BD5F79" w:rsidP="008B4662">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BD5F79" w:rsidRPr="00B75414" w:rsidRDefault="00BD5F79" w:rsidP="008B4662">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BD5F79" w:rsidRPr="00B75414" w:rsidRDefault="00BD5F79" w:rsidP="008B4662">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BD5F79" w:rsidRPr="00B75414" w:rsidRDefault="00BD5F79" w:rsidP="008B4662">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00BD5F79" w:rsidRDefault="00BD5F79" w:rsidP="008B4662">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...100 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B75414" w:rsidRDefault="00B75414" w:rsidP="008B4662">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B75414" w:rsidRDefault="00B75414" w:rsidP="008B4662">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B75414" w:rsidRDefault="00B75414" w:rsidP="008B4662">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B75414" w:rsidRDefault="00B75414" w:rsidP="008B4662">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="00BD5F79" w:rsidSect="00E33FF5">
+    <w:p w:rsidR="00B75414" w:rsidRDefault="00B75414" w:rsidP="008B4662">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B75414" w:rsidRDefault="00B75414" w:rsidP="008B4662">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B75414" w:rsidRDefault="00B75414" w:rsidP="008B4662">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B75414" w:rsidRPr="00B75414" w:rsidRDefault="00B75414" w:rsidP="008B4662">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BD5F79" w:rsidRPr="00B75414" w:rsidRDefault="00BD5F79" w:rsidP="008B4662">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BD5F79" w:rsidRPr="00B75414" w:rsidRDefault="00BD5F79" w:rsidP="008B4662">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BD5F79" w:rsidRPr="00B75414" w:rsidRDefault="00BD5F79" w:rsidP="008B4662">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BD5F79" w:rsidRPr="00B75414" w:rsidRDefault="00BD5F79" w:rsidP="008B4662">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BD5F79" w:rsidRPr="00B75414" w:rsidRDefault="00BD5F79" w:rsidP="008B4662">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BD5F79" w:rsidRPr="00B75414" w:rsidRDefault="00BD5F79" w:rsidP="008B4662">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BD5F79" w:rsidRPr="00B75414" w:rsidRDefault="00BD5F79" w:rsidP="008B4662">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00BD5F79" w:rsidRPr="00B75414" w:rsidSect="00E33FF5">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="009F7D36"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="31EA63AC"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -969,136 +1141,50 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="495C086F"/>
-[...84 lines deleted...]
-  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="4FA707E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3C8C4B0A"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -1140,54 +1226,140 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="72266D0E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F3746DC4"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="724E7316"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="ADB0DCD8"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="180"/>
@@ -1485,125 +1657,145 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006C586D"/>
+    <w:rsid w:val="00000589"/>
     <w:rsid w:val="00035042"/>
+    <w:rsid w:val="00035EDE"/>
     <w:rsid w:val="0004464B"/>
     <w:rsid w:val="00082F72"/>
     <w:rsid w:val="00101BC8"/>
     <w:rsid w:val="0010562B"/>
-    <w:rsid w:val="001874AE"/>
-    <w:rsid w:val="001D23A4"/>
+    <w:rsid w:val="00144819"/>
+    <w:rsid w:val="00147988"/>
+    <w:rsid w:val="00166107"/>
+    <w:rsid w:val="00244460"/>
+    <w:rsid w:val="00250B7E"/>
     <w:rsid w:val="002A7D13"/>
     <w:rsid w:val="002E06DC"/>
     <w:rsid w:val="00300C99"/>
+    <w:rsid w:val="003423C0"/>
     <w:rsid w:val="00365E20"/>
-    <w:rsid w:val="004172AA"/>
+    <w:rsid w:val="003871B3"/>
+    <w:rsid w:val="003A7615"/>
+    <w:rsid w:val="00484E91"/>
+    <w:rsid w:val="004E4B94"/>
     <w:rsid w:val="005468BF"/>
-    <w:rsid w:val="005B7497"/>
+    <w:rsid w:val="005B3F44"/>
+    <w:rsid w:val="005B6041"/>
     <w:rsid w:val="0065283E"/>
+    <w:rsid w:val="006703A2"/>
+    <w:rsid w:val="00670907"/>
     <w:rsid w:val="0069654F"/>
+    <w:rsid w:val="006C4797"/>
     <w:rsid w:val="006C586D"/>
+    <w:rsid w:val="00707CBC"/>
     <w:rsid w:val="007D1178"/>
     <w:rsid w:val="007D458E"/>
+    <w:rsid w:val="007F0F18"/>
     <w:rsid w:val="008B4662"/>
     <w:rsid w:val="008E1E41"/>
     <w:rsid w:val="0097300E"/>
     <w:rsid w:val="009C49B7"/>
-    <w:rsid w:val="009D2202"/>
+    <w:rsid w:val="009E5560"/>
     <w:rsid w:val="00A8532E"/>
-    <w:rsid w:val="00AE3AF2"/>
     <w:rsid w:val="00B25C0C"/>
-    <w:rsid w:val="00B7640E"/>
+    <w:rsid w:val="00B75414"/>
+    <w:rsid w:val="00B86780"/>
     <w:rsid w:val="00BB5FBF"/>
+    <w:rsid w:val="00BC082E"/>
     <w:rsid w:val="00BD50C8"/>
     <w:rsid w:val="00BD5F79"/>
+    <w:rsid w:val="00C378CF"/>
     <w:rsid w:val="00C734D6"/>
     <w:rsid w:val="00CC323B"/>
     <w:rsid w:val="00CC4310"/>
     <w:rsid w:val="00CD0D1D"/>
+    <w:rsid w:val="00D27B5D"/>
     <w:rsid w:val="00DC05BC"/>
     <w:rsid w:val="00DD33C9"/>
+    <w:rsid w:val="00DD4F9F"/>
     <w:rsid w:val="00E33FF5"/>
+    <w:rsid w:val="00F10BA2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -1829,62 +2021,89 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="a5">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="008B4662"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003A7615"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003A7615"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -1991,146 +2210,91 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="008B4662"/>
-[...8 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...43 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2374,75 +2538,91 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B3EE88E1-33E6-4C77-9DE1-F9390282EE53}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>77</Words>
-  <Characters>441</Characters>
+  <Words>72</Words>
+  <Characters>414</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>517</CharactersWithSpaces>
+  <CharactersWithSpaces>485</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Светлана И. Цаплина</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>