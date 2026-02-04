--- v0 (2025-10-21)
+++ v1 (2026-02-04)
@@ -1,363 +1,335 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="17190" windowHeight="4650"/>
+    <workbookView xWindow="240" yWindow="105" windowWidth="14805" windowHeight="8010"/>
   </bookViews>
   <sheets>
     <sheet name="Лист2" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="152511"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="422" uniqueCount="101">
-[...38 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="423" uniqueCount="88">
   <si>
     <t>география</t>
   </si>
   <si>
     <t>алгебра</t>
   </si>
   <si>
-    <t>русский язык</t>
-[...1 lines deleted...]
-  <si>
     <t>математика</t>
   </si>
   <si>
     <t>физика</t>
   </si>
   <si>
     <t>химия</t>
   </si>
   <si>
     <t>К</t>
   </si>
   <si>
     <t>биология</t>
   </si>
   <si>
     <t>А</t>
   </si>
   <si>
     <t>геометрия</t>
   </si>
   <si>
     <t>информатика</t>
   </si>
   <si>
-    <t>физич культ</t>
-[...4 lines deleted...]
-  <si>
     <t>музыка</t>
   </si>
   <si>
-    <t>русская литер</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">математика </t>
   </si>
   <si>
     <t>8.30-9.15</t>
   </si>
   <si>
     <t>9.25-10.10</t>
   </si>
   <si>
     <t>10.25-11.10</t>
   </si>
   <si>
     <t>13.15-14.00</t>
   </si>
   <si>
     <t>15.05-15.50</t>
   </si>
   <si>
     <t>11.25-12.10</t>
   </si>
   <si>
     <t>12.20-13.05</t>
   </si>
   <si>
-    <t>естествознание</t>
-[...7 lines deleted...]
-  <si>
     <t>дүйсенбі</t>
   </si>
   <si>
     <t>сейсенбі</t>
   </si>
   <si>
     <t>сәрсенбі</t>
   </si>
   <si>
     <t>бейсенбі</t>
   </si>
   <si>
     <t>жұма</t>
   </si>
   <si>
-    <t>с Попечительским советом</t>
-[...4 lines deleted...]
-  <si>
     <t>____________ С. Лекеров</t>
   </si>
   <si>
     <t>14.10-14.55</t>
   </si>
   <si>
-    <t>казах язык</t>
-[...124 lines deleted...]
-  <si>
     <t>м</t>
   </si>
   <si>
     <t>а</t>
   </si>
   <si>
     <t>к</t>
   </si>
   <si>
-    <t>руссквя литерат</t>
-[...4 lines deleted...]
-  <si>
     <t>к/а</t>
   </si>
   <si>
-    <t>каз. язык и лит</t>
-[...8 lines deleted...]
-    <t>Основы права</t>
+    <t>САБАҚ КЕСТЕСІ</t>
+  </si>
+  <si>
+    <t>Қамқоршылық кеңесімен</t>
+  </si>
+  <si>
+    <t>келісілді</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="204"/>
+      </rPr>
+      <t>"№6 жалпы білім беретін мектебі" КММ</t>
+    </r>
+  </si>
+  <si>
+    <t>31 тамыз 2022 жыл</t>
+  </si>
+  <si>
+    <t>Хаттама №1  "31" тамыз 2022 жыл</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> </t>
+  </si>
+  <si>
+    <t>2022-2023 оқу жылының І жартыжылдығы</t>
+  </si>
+  <si>
+    <t>11 сынып</t>
+  </si>
+  <si>
+    <t>10 сынып</t>
+  </si>
+  <si>
+    <t>9 сынып</t>
+  </si>
+  <si>
+    <t>8 сынып</t>
+  </si>
+  <si>
+    <t>7 сынып</t>
+  </si>
+  <si>
+    <t>6 сынып</t>
+  </si>
+  <si>
+    <t>5 сынып</t>
+  </si>
+  <si>
+    <t>4 сынып</t>
+  </si>
+  <si>
+    <t>3 сынып</t>
+  </si>
+  <si>
+    <t>2 сынып</t>
+  </si>
+  <si>
+    <t>1 сынып</t>
+  </si>
+  <si>
+    <t>ағылшын тілі</t>
+  </si>
+  <si>
+    <t>қазақ тілі, әдебиет</t>
+  </si>
+  <si>
+    <t>Қазақстан тарихы</t>
+  </si>
+  <si>
+    <t>Дүниежүзі тарих</t>
+  </si>
+  <si>
+    <t>орыс әдебиеті</t>
+  </si>
+  <si>
+    <t>қазақ тілі, әдебиеті</t>
+  </si>
+  <si>
+    <t>алгебра, анализ б.</t>
+  </si>
+  <si>
+    <t>орыс тілі</t>
+  </si>
+  <si>
+    <t>КжБН</t>
+  </si>
+  <si>
+    <t>АӘТД</t>
+  </si>
+  <si>
+    <t>дене шынықт.</t>
+  </si>
+  <si>
+    <t>көркем еңбек</t>
+  </si>
+  <si>
+    <t>Қазақстан тарих</t>
+  </si>
+  <si>
+    <t>қазақ тілі, әдеб.</t>
+  </si>
+  <si>
+    <t>Дүниежүзі тар</t>
+  </si>
+  <si>
+    <t>қазақ тілі, әдеб</t>
+  </si>
+  <si>
+    <t>құқық негіздері</t>
+  </si>
+  <si>
+    <t>Қазақстан тар.</t>
+  </si>
+  <si>
+    <t>тарих</t>
+  </si>
+  <si>
+    <t>орыс әдеиеті</t>
+  </si>
+  <si>
+    <t>Қазақстан тар</t>
+  </si>
+  <si>
+    <t>информ/информ</t>
+  </si>
+  <si>
+    <t>қазақ т/ағылшын</t>
+  </si>
+  <si>
+    <t>Дүниежүзі тарихы</t>
+  </si>
+  <si>
+    <t>жаратылыстану</t>
+  </si>
+  <si>
+    <t>қазақ тілі/қазақ тілі</t>
+  </si>
+  <si>
+    <t>қазақ тілі</t>
+  </si>
+  <si>
+    <t>әлемді тану</t>
+  </si>
+  <si>
+    <t>әдебиеттік оқу</t>
+  </si>
+  <si>
+    <t>жаратылыст</t>
+  </si>
+  <si>
+    <t>цифрлық сауат</t>
+  </si>
+  <si>
+    <t>қазақ т/цифр.сау</t>
+  </si>
+  <si>
+    <t>жаратылыст.</t>
+  </si>
+  <si>
+    <t>сауат ашу</t>
+  </si>
+  <si>
+    <t>дүниетану</t>
+  </si>
+  <si>
+    <t>бейнелеу өнері</t>
+  </si>
+  <si>
+    <t>еңбекке баулу</t>
+  </si>
+  <si>
+    <t>дене тәрбиесі</t>
+  </si>
+  <si>
+    <t>Бизнес негіздері</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
@@ -610,51 +582,51 @@
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="68">
+  <cellXfs count="69">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment textRotation="90"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
@@ -688,72 +660,73 @@
     <xf numFmtId="0" fontId="12" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Обычный" xfId="0" builtinId="0"/>
     <cellStyle name="Обычный 2" xfId="1"/>
     <cellStyle name="Обычный 3" xfId="2"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleMedium9"/>
   <colors>
     <mruColors>
       <color rgb="FFFF3399"/>
       <color rgb="FF99CC00"/>
       <color rgb="FFFFFF66"/>
       <color rgb="FF0000CC"/>
       <color rgb="FF6F8172"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
@@ -1036,621 +1009,623 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:AB129"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="82" zoomScaleNormal="82" workbookViewId="0">
-      <selection activeCell="K60" sqref="K60"/>
+    <sheetView tabSelected="1" topLeftCell="A7" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="D46" sqref="D46"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.140625" customWidth="1"/>
     <col min="2" max="2" width="2.5703125" customWidth="1"/>
     <col min="3" max="3" width="11" customWidth="1"/>
     <col min="4" max="4" width="15.85546875" customWidth="1"/>
     <col min="5" max="5" width="1.42578125" customWidth="1"/>
     <col min="6" max="6" width="15.28515625" style="1" customWidth="1"/>
     <col min="7" max="7" width="1.7109375" style="1" customWidth="1"/>
     <col min="8" max="8" width="13.42578125" customWidth="1"/>
     <col min="9" max="9" width="1.7109375" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" customWidth="1"/>
     <col min="11" max="11" width="1.7109375" customWidth="1"/>
     <col min="12" max="12" width="14.140625" customWidth="1"/>
     <col min="13" max="13" width="1.7109375" hidden="1" customWidth="1"/>
     <col min="14" max="14" width="1.7109375" style="56" customWidth="1"/>
     <col min="15" max="15" width="16.5703125" customWidth="1"/>
     <col min="16" max="16" width="1.7109375" customWidth="1"/>
     <col min="17" max="17" width="14.42578125" customWidth="1"/>
     <col min="18" max="18" width="2" customWidth="1"/>
     <col min="19" max="19" width="13.140625" customWidth="1"/>
     <col min="20" max="20" width="1.85546875" customWidth="1"/>
     <col min="21" max="21" width="14.5703125" customWidth="1"/>
     <col min="22" max="22" width="1.7109375" customWidth="1"/>
     <col min="23" max="23" width="14.42578125" customWidth="1"/>
     <col min="24" max="24" width="1.42578125" customWidth="1"/>
     <col min="25" max="25" width="13.7109375" customWidth="1"/>
     <col min="26" max="26" width="1.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:28" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A1" s="15"/>
       <c r="B1" s="15"/>
       <c r="C1" s="11"/>
       <c r="D1" s="12" t="s">
-        <v>0</v>
+        <v>31</v>
       </c>
       <c r="E1" s="12"/>
       <c r="F1" s="16"/>
       <c r="G1" s="12"/>
       <c r="H1" s="13"/>
       <c r="I1" s="13"/>
       <c r="J1" s="13"/>
       <c r="K1" s="13"/>
       <c r="L1" s="13"/>
-      <c r="M1" s="62" t="s">
-[...6 lines deleted...]
-      <c r="R1" s="62"/>
+      <c r="M1" s="67" t="s">
+        <v>30</v>
+      </c>
+      <c r="N1" s="67"/>
+      <c r="O1" s="67"/>
+      <c r="P1" s="67"/>
+      <c r="Q1" s="67"/>
+      <c r="R1" s="67"/>
       <c r="S1" s="13"/>
       <c r="T1" s="13"/>
-      <c r="U1" s="63" t="s">
-[...4 lines deleted...]
-      <c r="X1" s="63"/>
+      <c r="U1" s="68" t="s">
+        <v>33</v>
+      </c>
+      <c r="V1" s="68"/>
+      <c r="W1" s="68"/>
+      <c r="X1" s="68"/>
       <c r="Y1" s="15"/>
       <c r="Z1" s="15"/>
     </row>
     <row r="2" spans="1:28" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="15"/>
       <c r="B2" s="15"/>
       <c r="C2" s="11"/>
       <c r="D2" s="12" t="s">
-        <v>45</v>
+        <v>32</v>
       </c>
       <c r="E2" s="12"/>
       <c r="F2" s="12"/>
       <c r="G2" s="12"/>
       <c r="H2" s="13"/>
       <c r="I2" s="13"/>
-      <c r="J2" s="13"/>
-[...9 lines deleted...]
-      <c r="R2" s="62"/>
+      <c r="J2" s="61" t="s">
+        <v>37</v>
+      </c>
+      <c r="K2" s="61"/>
+      <c r="L2" s="61"/>
+      <c r="M2" s="67" t="s">
+        <v>36</v>
+      </c>
+      <c r="N2" s="67"/>
+      <c r="O2" s="67"/>
+      <c r="P2" s="67"/>
+      <c r="Q2" s="67"/>
+      <c r="R2" s="67"/>
       <c r="S2" s="13"/>
       <c r="T2" s="13"/>
-      <c r="U2" s="63" t="s">
-[...4 lines deleted...]
-      <c r="X2" s="63"/>
+      <c r="U2" s="68" t="s">
+        <v>24</v>
+      </c>
+      <c r="V2" s="68"/>
+      <c r="W2" s="68"/>
+      <c r="X2" s="68"/>
       <c r="Y2" s="15"/>
       <c r="Z2" s="15"/>
     </row>
     <row r="3" spans="1:28" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="17"/>
       <c r="B3" s="16"/>
       <c r="C3" s="11"/>
-      <c r="D3" s="63" t="s">
-[...4 lines deleted...]
-      <c r="G3" s="63"/>
+      <c r="D3" s="68" t="s">
+        <v>35</v>
+      </c>
+      <c r="E3" s="68"/>
+      <c r="F3" s="68"/>
+      <c r="G3" s="68"/>
       <c r="H3" s="14"/>
       <c r="I3" s="14"/>
       <c r="J3" s="14"/>
       <c r="K3" s="14"/>
       <c r="L3" s="14"/>
       <c r="M3" s="11"/>
       <c r="N3" s="52"/>
       <c r="O3" s="11"/>
       <c r="P3" s="11"/>
       <c r="Q3" s="11"/>
       <c r="R3" s="11"/>
       <c r="S3" s="14"/>
       <c r="T3" s="14"/>
-      <c r="U3" s="63" t="s">
-[...4 lines deleted...]
-      <c r="X3" s="63"/>
+      <c r="U3" s="68" t="s">
+        <v>34</v>
+      </c>
+      <c r="V3" s="68"/>
+      <c r="W3" s="68"/>
+      <c r="X3" s="68"/>
       <c r="Y3" s="15"/>
       <c r="Z3" s="18"/>
     </row>
     <row r="4" spans="1:28" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="67" t="s">
-        <v>40</v>
+      <c r="A4" s="66" t="s">
+        <v>19</v>
       </c>
       <c r="B4" s="10"/>
       <c r="C4" s="10"/>
       <c r="D4" s="22" t="s">
-        <v>2</v>
+        <v>38</v>
       </c>
       <c r="E4" s="20"/>
       <c r="F4" s="20" t="s">
-        <v>3</v>
+        <v>39</v>
       </c>
       <c r="G4" s="20"/>
       <c r="H4" s="20" t="s">
-        <v>4</v>
+        <v>40</v>
       </c>
       <c r="I4" s="20"/>
       <c r="J4" s="20" t="s">
-        <v>5</v>
+        <v>41</v>
       </c>
       <c r="K4" s="20"/>
       <c r="L4" s="20" t="s">
-        <v>6</v>
+        <v>42</v>
       </c>
       <c r="M4" s="20"/>
       <c r="N4" s="20"/>
       <c r="O4" s="47" t="s">
-        <v>7</v>
+        <v>43</v>
       </c>
       <c r="P4" s="20"/>
       <c r="Q4" s="20" t="s">
-        <v>8</v>
+        <v>44</v>
       </c>
       <c r="R4" s="20"/>
       <c r="S4" s="20" t="s">
-        <v>9</v>
+        <v>45</v>
       </c>
       <c r="T4" s="20" t="s">
-        <v>10</v>
+        <v>46</v>
       </c>
       <c r="U4" s="20"/>
       <c r="V4" s="20" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="W4" s="20"/>
       <c r="X4" s="21"/>
       <c r="Y4" s="20" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="Z4" s="2"/>
     </row>
     <row r="5" spans="1:28" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="65"/>
+      <c r="A5" s="64"/>
       <c r="B5" s="10">
         <v>1</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>12</v>
+      </c>
+      <c r="D5" s="62" t="s">
+        <v>51</v>
       </c>
       <c r="E5" s="23"/>
       <c r="F5" s="22" t="s">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="G5" s="23"/>
       <c r="H5" s="22" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="I5" s="23"/>
       <c r="J5" s="22" t="s">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="K5" s="23"/>
-      <c r="L5" s="58" t="s">
-        <v>20</v>
+      <c r="L5" s="57" t="s">
+        <v>6</v>
       </c>
       <c r="M5" s="23"/>
       <c r="N5" s="23"/>
       <c r="O5" s="35" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="P5" s="23"/>
       <c r="Q5" s="22" t="s">
-        <v>58</v>
+        <v>49</v>
       </c>
       <c r="R5" s="22"/>
       <c r="S5" s="22" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="T5" s="22"/>
       <c r="U5" s="22" t="s">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="V5" s="22"/>
       <c r="W5" s="22" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="X5" s="22"/>
       <c r="Y5" s="22" t="s">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="Z5" s="22"/>
       <c r="AA5" s="8"/>
       <c r="AB5" s="8"/>
     </row>
     <row r="6" spans="1:28" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="65"/>
+      <c r="A6" s="64"/>
       <c r="B6" s="10">
         <v>2</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="D6" s="59" t="s">
         <v>13</v>
       </c>
+      <c r="D6" s="39" t="s">
+        <v>0</v>
+      </c>
       <c r="E6" s="23"/>
-      <c r="F6" s="60" t="s">
-        <v>20</v>
+      <c r="F6" s="59" t="s">
+        <v>6</v>
       </c>
       <c r="G6" s="23"/>
       <c r="H6" s="22" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="I6" s="23"/>
       <c r="J6" s="43" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="K6" s="23" t="s">
-        <v>91</v>
+        <v>26</v>
       </c>
       <c r="L6" s="22" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="M6" s="23"/>
       <c r="N6" s="23"/>
       <c r="O6" s="35" t="s">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="P6" s="23"/>
       <c r="Q6" s="22" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="R6" s="22"/>
       <c r="S6" s="22" t="s">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="T6" s="22"/>
       <c r="U6" s="23" t="s">
-        <v>58</v>
+        <v>49</v>
       </c>
       <c r="V6" s="22"/>
       <c r="W6" s="22" t="s">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="X6" s="22"/>
       <c r="Y6" s="22" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="Z6" s="22"/>
       <c r="AA6" s="8"/>
       <c r="AB6" s="8"/>
     </row>
     <row r="7" spans="1:28" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="65"/>
+      <c r="A7" s="64"/>
       <c r="B7" s="10">
         <v>3</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="D7" s="43" t="s">
-        <v>65</v>
+        <v>50</v>
       </c>
       <c r="E7" s="23" t="s">
-        <v>91</v>
+        <v>26</v>
       </c>
       <c r="F7" s="22" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="G7" s="23"/>
       <c r="H7" s="22" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="I7" s="23"/>
-      <c r="J7" s="60" t="s">
-        <v>20</v>
+      <c r="J7" s="59" t="s">
+        <v>6</v>
       </c>
       <c r="K7" s="23"/>
       <c r="L7" s="22" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M7" s="23"/>
       <c r="N7" s="23"/>
-      <c r="O7" s="35" t="s">
-        <v>54</v>
+      <c r="O7" s="22" t="s">
+        <v>86</v>
       </c>
       <c r="P7" s="23"/>
       <c r="Q7" s="22" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="R7" s="23"/>
       <c r="S7" s="22" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="T7" s="22"/>
       <c r="U7" s="22" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="V7" s="28"/>
       <c r="W7" s="33" t="s">
-        <v>68</v>
+        <v>80</v>
       </c>
       <c r="X7" s="23" t="s">
-        <v>91</v>
+        <v>26</v>
       </c>
       <c r="Y7" s="22" t="s">
-        <v>62</v>
+        <v>82</v>
       </c>
       <c r="Z7" s="22"/>
       <c r="AA7" s="8"/>
       <c r="AB7" s="8"/>
     </row>
     <row r="8" spans="1:28" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="65"/>
+      <c r="A8" s="64"/>
       <c r="B8" s="10">
         <v>4</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="D8" s="22" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="E8" s="23"/>
       <c r="F8" s="43" t="s">
-        <v>65</v>
+        <v>50</v>
       </c>
       <c r="G8" s="23" t="s">
-        <v>93</v>
+        <v>28</v>
       </c>
       <c r="H8" s="22" t="s">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="I8" s="23"/>
       <c r="J8" s="22" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="K8" s="23"/>
       <c r="L8" s="22" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="M8" s="23"/>
       <c r="N8" s="53"/>
-      <c r="O8" s="60" t="s">
-        <v>52</v>
+      <c r="O8" s="59" t="s">
+        <v>51</v>
       </c>
       <c r="P8" s="23"/>
       <c r="Q8" s="22" t="s">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="R8" s="22"/>
       <c r="S8" s="22" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="T8" s="23"/>
       <c r="U8" s="22" t="s">
-        <v>61</v>
+        <v>79</v>
       </c>
       <c r="V8" s="22"/>
       <c r="W8" s="27" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="X8" s="22"/>
       <c r="Y8" s="22" t="s">
-        <v>63</v>
+        <v>84</v>
       </c>
       <c r="Z8" s="22"/>
       <c r="AA8" s="8"/>
       <c r="AB8" s="8"/>
     </row>
     <row r="9" spans="1:28" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="65"/>
+      <c r="A9" s="64"/>
       <c r="B9" s="10">
         <v>5</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="D9" s="22" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="E9" s="23"/>
       <c r="F9" s="22" t="s">
-        <v>88</v>
+        <v>55</v>
       </c>
       <c r="G9" s="23"/>
-      <c r="H9" s="58" t="s">
-        <v>18</v>
+      <c r="H9" s="57" t="s">
+        <v>4</v>
       </c>
       <c r="I9" s="23"/>
       <c r="J9" s="22" t="s">
         <v>53</v>
       </c>
       <c r="K9" s="23"/>
       <c r="L9" s="43" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="M9" s="23" t="s">
-        <v>91</v>
+        <v>26</v>
       </c>
       <c r="N9" s="23"/>
       <c r="O9" s="35" t="s">
-        <v>57</v>
+        <v>70</v>
       </c>
       <c r="P9" s="23"/>
       <c r="Q9" s="22" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="R9" s="22"/>
       <c r="S9" s="22" t="s">
-        <v>49</v>
+        <v>75</v>
       </c>
       <c r="T9" s="22" t="s">
-        <v>93</v>
+        <v>28</v>
       </c>
       <c r="U9" s="22" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="V9" s="22"/>
       <c r="W9" s="22" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="X9" s="23"/>
       <c r="Y9" s="22"/>
       <c r="Z9" s="22"/>
       <c r="AA9" s="8"/>
       <c r="AB9" s="8"/>
     </row>
     <row r="10" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A10" s="65"/>
+      <c r="A10" s="64"/>
       <c r="B10" s="10">
         <v>6</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="D10" s="22" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="E10" s="23"/>
       <c r="F10" s="22" t="s">
-        <v>83</v>
+        <v>58</v>
       </c>
       <c r="G10" s="23"/>
       <c r="H10" s="22" t="s">
-        <v>24</v>
+        <v>59</v>
       </c>
       <c r="I10" s="23"/>
       <c r="J10" s="23" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="K10" s="23"/>
       <c r="L10" s="22" t="s">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="M10" s="23"/>
       <c r="N10" s="23"/>
       <c r="O10" s="35" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="P10" s="23"/>
       <c r="Q10" s="22"/>
       <c r="R10" s="22"/>
       <c r="S10" s="22" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="T10" s="22"/>
       <c r="U10" s="23"/>
       <c r="V10" s="23"/>
       <c r="W10" s="22"/>
       <c r="X10" s="22"/>
       <c r="Y10" s="22"/>
       <c r="Z10" s="22"/>
       <c r="AA10" s="8"/>
       <c r="AB10" s="8"/>
     </row>
     <row r="11" spans="1:28" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="66"/>
+      <c r="A11" s="65"/>
       <c r="B11" s="10">
         <v>7</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="D11" s="22" t="s">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="E11" s="23"/>
       <c r="F11" s="22"/>
       <c r="G11" s="23"/>
       <c r="H11" s="22" t="s">
-        <v>38</v>
+        <v>60</v>
       </c>
       <c r="I11" s="23"/>
       <c r="J11" s="22" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="K11" s="23"/>
       <c r="L11" s="22"/>
       <c r="M11" s="23"/>
       <c r="N11" s="23"/>
       <c r="O11" s="48"/>
       <c r="P11" s="23"/>
       <c r="Q11" s="22"/>
       <c r="R11" s="22"/>
       <c r="S11" s="22"/>
       <c r="T11" s="22"/>
       <c r="U11" s="22"/>
       <c r="V11" s="22"/>
       <c r="W11" s="22"/>
       <c r="X11" s="22"/>
       <c r="Y11" s="22"/>
       <c r="Z11" s="22"/>
       <c r="AA11" s="8"/>
       <c r="AB11" s="8"/>
     </row>
     <row r="12" spans="1:28" s="6" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="66"/>
+      <c r="A12" s="65"/>
       <c r="B12" s="10">
         <v>8</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="D12" s="22"/>
       <c r="E12" s="23"/>
       <c r="F12" s="22"/>
       <c r="G12" s="23"/>
       <c r="H12" s="22"/>
       <c r="I12" s="23"/>
       <c r="J12" s="22"/>
       <c r="K12" s="23"/>
       <c r="L12" s="22"/>
       <c r="M12" s="23"/>
       <c r="N12" s="23"/>
       <c r="O12" s="35"/>
       <c r="P12" s="23"/>
       <c r="Q12" s="22"/>
       <c r="R12" s="22"/>
       <c r="S12" s="22"/>
       <c r="T12" s="22"/>
       <c r="U12" s="22"/>
       <c r="V12" s="22"/>
       <c r="W12" s="22"/>
       <c r="X12" s="22"/>
       <c r="Y12" s="22"/>
       <c r="Z12" s="22"/>
       <c r="AA12" s="8"/>
@@ -1665,444 +1640,444 @@
       <c r="F13" s="23"/>
       <c r="G13" s="23"/>
       <c r="H13" s="22"/>
       <c r="I13" s="23"/>
       <c r="J13" s="22"/>
       <c r="K13" s="23"/>
       <c r="L13" s="22"/>
       <c r="M13" s="23"/>
       <c r="N13" s="23"/>
       <c r="O13" s="35"/>
       <c r="P13" s="23"/>
       <c r="Q13" s="22"/>
       <c r="R13" s="22"/>
       <c r="S13" s="22"/>
       <c r="T13" s="22"/>
       <c r="U13" s="22"/>
       <c r="V13" s="22"/>
       <c r="W13" s="22"/>
       <c r="X13" s="22"/>
       <c r="Y13" s="22"/>
       <c r="Z13" s="22"/>
       <c r="AA13" s="8"/>
       <c r="AB13" s="8"/>
     </row>
     <row r="14" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A14" s="64" t="s">
-        <v>41</v>
+      <c r="A14" s="63" t="s">
+        <v>20</v>
       </c>
       <c r="B14" s="10">
         <v>1</v>
       </c>
       <c r="C14" s="26" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="D14" s="33" t="s">
-        <v>75</v>
+        <v>52</v>
       </c>
       <c r="E14" s="24"/>
       <c r="F14" s="33" t="s">
-        <v>18</v>
+        <v>4</v>
       </c>
       <c r="G14" s="24"/>
       <c r="H14" s="33" t="s">
-        <v>17</v>
+        <v>3</v>
       </c>
       <c r="I14" s="24"/>
       <c r="J14" s="33" t="s">
-        <v>58</v>
+        <v>49</v>
       </c>
       <c r="K14" s="24"/>
       <c r="L14" s="33" t="s">
-        <v>94</v>
+        <v>68</v>
       </c>
       <c r="M14" s="24"/>
       <c r="N14" s="24"/>
       <c r="O14" s="49" t="s">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="P14" s="24"/>
       <c r="Q14" s="34" t="s">
-        <v>37</v>
+        <v>73</v>
       </c>
       <c r="R14" s="25"/>
       <c r="S14" s="33" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="T14" s="25"/>
       <c r="U14" s="33" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="V14" s="25" t="s">
-        <v>93</v>
+        <v>28</v>
       </c>
       <c r="W14" s="33" t="s">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="X14" s="24"/>
       <c r="Y14" s="33" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="Z14" s="35" t="s">
-        <v>92</v>
+        <v>27</v>
       </c>
       <c r="AA14" s="8"/>
       <c r="AB14" s="8"/>
     </row>
     <row r="15" spans="1:28" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="65"/>
+      <c r="A15" s="64"/>
       <c r="B15" s="10">
         <v>2</v>
       </c>
       <c r="C15" s="26" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="D15" s="33" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="E15" s="24"/>
       <c r="F15" s="22" t="s">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="G15" s="24"/>
       <c r="H15" s="33" t="s">
-        <v>74</v>
+        <v>61</v>
       </c>
       <c r="I15" s="24"/>
       <c r="J15" s="33" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="K15" s="24"/>
       <c r="L15" s="33" t="s">
-        <v>17</v>
+        <v>3</v>
       </c>
       <c r="M15" s="24"/>
       <c r="N15" s="24"/>
       <c r="O15" s="49" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="P15" s="24" t="s">
-        <v>21</v>
+        <v>7</v>
       </c>
       <c r="Q15" s="33" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="R15" s="25"/>
       <c r="S15" s="33" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="T15" s="25" t="s">
-        <v>19</v>
+        <v>5</v>
       </c>
       <c r="U15" s="37" t="s">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="V15" s="25"/>
       <c r="W15" s="33" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="X15" s="25"/>
       <c r="Y15" s="33" t="s">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="Z15" s="35"/>
       <c r="AA15" s="8"/>
       <c r="AB15" s="8"/>
     </row>
     <row r="16" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A16" s="65"/>
+      <c r="A16" s="64"/>
       <c r="B16" s="10">
         <v>3</v>
       </c>
       <c r="C16" s="26" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="D16" s="30" t="s">
-        <v>89</v>
+        <v>54</v>
       </c>
       <c r="E16" s="24" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>26</v>
+      </c>
+      <c r="F16" s="60" t="s">
+        <v>57</v>
       </c>
       <c r="G16" s="24"/>
       <c r="H16" s="33" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="I16" s="24"/>
       <c r="J16" s="33" t="s">
-        <v>17</v>
+        <v>3</v>
       </c>
       <c r="K16" s="24"/>
       <c r="L16" s="33" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="M16" s="24"/>
       <c r="N16" s="24"/>
       <c r="O16" s="49" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="P16" s="24" t="s">
-        <v>93</v>
+        <v>28</v>
       </c>
       <c r="Q16" s="33" t="s">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="R16" s="25"/>
       <c r="S16" s="33" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="T16" s="25"/>
-      <c r="U16" s="29" t="s">
-        <v>24</v>
+      <c r="U16" s="22" t="s">
+        <v>86</v>
       </c>
       <c r="V16" s="25"/>
       <c r="W16" s="33" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="X16" s="25"/>
       <c r="Y16" s="33" t="s">
-        <v>82</v>
+        <v>10</v>
       </c>
       <c r="Z16" s="35"/>
       <c r="AA16" s="8"/>
       <c r="AB16" s="8"/>
     </row>
     <row r="17" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A17" s="65"/>
+      <c r="A17" s="64"/>
       <c r="B17" s="10">
         <v>4</v>
       </c>
       <c r="C17" s="26" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="D17" s="33" t="s">
-        <v>17</v>
+        <v>3</v>
       </c>
       <c r="E17" s="24"/>
       <c r="F17" s="33" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="G17" s="24"/>
       <c r="H17" s="43" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="I17" s="24" t="s">
-        <v>93</v>
+        <v>28</v>
       </c>
       <c r="J17" s="33" t="s">
-        <v>18</v>
+        <v>4</v>
       </c>
       <c r="K17" s="24"/>
       <c r="L17" s="33" t="s">
-        <v>58</v>
+        <v>49</v>
       </c>
       <c r="M17" s="24"/>
       <c r="N17" s="24"/>
       <c r="O17" s="49" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="P17" s="24"/>
-      <c r="Q17" s="29" t="s">
-        <v>24</v>
+      <c r="Q17" s="22" t="s">
+        <v>86</v>
       </c>
       <c r="R17" s="24"/>
       <c r="S17" s="33" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="T17" s="25"/>
       <c r="U17" s="33" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="V17" s="25"/>
       <c r="W17" s="33" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="X17" s="25"/>
       <c r="Y17" s="33" t="s">
-        <v>62</v>
+        <v>82</v>
       </c>
       <c r="Z17" s="35"/>
       <c r="AA17" s="8"/>
       <c r="AB17" s="8"/>
     </row>
     <row r="18" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A18" s="65"/>
+      <c r="A18" s="64"/>
       <c r="B18" s="10">
         <v>5</v>
       </c>
       <c r="C18" s="26" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="D18" s="44" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="E18" s="24"/>
-      <c r="F18" s="29" t="s">
-        <v>24</v>
+      <c r="F18" s="22" t="s">
+        <v>86</v>
       </c>
       <c r="G18" s="24"/>
       <c r="H18" s="33" t="s">
-        <v>58</v>
+        <v>49</v>
       </c>
       <c r="I18" s="24"/>
       <c r="J18" s="33" t="s">
-        <v>52</v>
+        <v>66</v>
       </c>
       <c r="K18" s="24"/>
       <c r="L18" s="37" t="s">
-        <v>77</v>
+        <v>69</v>
       </c>
       <c r="M18" s="24"/>
       <c r="N18" s="24"/>
       <c r="O18" s="49" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="P18" s="24"/>
       <c r="Q18" s="33" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="R18" s="25"/>
       <c r="S18" s="33" t="s">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="T18" s="25"/>
       <c r="U18" s="33" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="V18" s="25"/>
       <c r="W18" s="33" t="s">
-        <v>68</v>
+        <v>80</v>
       </c>
       <c r="X18" s="25" t="s">
-        <v>92</v>
+        <v>27</v>
       </c>
       <c r="Y18" s="25"/>
       <c r="Z18" s="35"/>
       <c r="AA18" s="8"/>
       <c r="AB18" s="8"/>
     </row>
     <row r="19" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A19" s="65"/>
+      <c r="A19" s="64"/>
       <c r="B19" s="10">
         <v>6</v>
       </c>
       <c r="C19" s="26" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="D19" s="22" t="s">
-        <v>88</v>
+        <v>55</v>
       </c>
       <c r="E19" s="24"/>
       <c r="F19" s="33" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="G19" s="24"/>
       <c r="H19" s="37" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="I19" s="24"/>
-      <c r="J19" s="29" t="s">
-        <v>24</v>
+      <c r="J19" s="22" t="s">
+        <v>86</v>
       </c>
       <c r="K19" s="24"/>
       <c r="L19" s="43" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="M19" s="24" t="s">
-        <v>91</v>
+        <v>26</v>
       </c>
       <c r="N19" s="24"/>
       <c r="O19" s="49" t="s">
-        <v>90</v>
+        <v>72</v>
       </c>
       <c r="P19" s="24"/>
       <c r="Q19" s="33" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="R19" s="24" t="s">
-        <v>92</v>
+        <v>27</v>
       </c>
       <c r="S19" s="25"/>
       <c r="T19" s="25"/>
       <c r="U19" s="25" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="V19" s="25"/>
       <c r="W19" s="25"/>
       <c r="X19" s="25"/>
       <c r="Y19" s="25"/>
       <c r="Z19" s="35"/>
       <c r="AA19" s="8"/>
       <c r="AB19" s="8"/>
     </row>
     <row r="20" spans="1:28" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="66"/>
+      <c r="A20" s="65"/>
       <c r="B20" s="10">
         <v>7</v>
       </c>
       <c r="C20" s="26" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="D20" s="22"/>
       <c r="E20" s="30"/>
       <c r="F20" s="29" t="s">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="G20" s="30"/>
-      <c r="H20" s="29" t="s">
-        <v>24</v>
+      <c r="H20" s="22" t="s">
+        <v>86</v>
       </c>
       <c r="I20" s="30"/>
       <c r="J20" s="29"/>
       <c r="K20" s="30"/>
       <c r="L20" s="29"/>
       <c r="M20" s="30"/>
       <c r="N20" s="30"/>
       <c r="O20" s="50"/>
       <c r="P20" s="30"/>
       <c r="Q20" s="30"/>
       <c r="R20" s="29"/>
       <c r="S20" s="29"/>
       <c r="T20" s="29"/>
       <c r="U20" s="29"/>
       <c r="V20" s="29"/>
       <c r="W20" s="29"/>
       <c r="X20" s="29"/>
       <c r="Y20" s="29"/>
       <c r="Z20" s="35"/>
       <c r="AA20" s="8"/>
       <c r="AB20" s="8"/>
     </row>
     <row r="21" spans="1:28" s="6" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="66"/>
+      <c r="A21" s="65"/>
       <c r="B21" s="10">
         <v>8</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="D21" s="22"/>
       <c r="E21" s="31"/>
       <c r="F21" s="32"/>
       <c r="G21" s="31"/>
       <c r="H21" s="32"/>
       <c r="I21" s="31"/>
       <c r="J21" s="32"/>
       <c r="K21" s="31"/>
       <c r="L21" s="31"/>
       <c r="M21" s="31"/>
       <c r="N21" s="31"/>
       <c r="O21" s="51"/>
       <c r="P21" s="31"/>
       <c r="Q21" s="32"/>
       <c r="R21" s="32"/>
       <c r="S21" s="32"/>
       <c r="T21" s="32"/>
       <c r="U21" s="32"/>
       <c r="V21" s="32"/>
       <c r="W21" s="32"/>
       <c r="X21" s="32"/>
       <c r="Y21" s="32"/>
       <c r="Z21" s="22"/>
       <c r="AA21" s="8"/>
@@ -2117,454 +2092,454 @@
       <c r="F22" s="22"/>
       <c r="G22" s="23"/>
       <c r="H22" s="22"/>
       <c r="I22" s="23"/>
       <c r="J22" s="22"/>
       <c r="K22" s="23"/>
       <c r="L22" s="23"/>
       <c r="M22" s="23"/>
       <c r="N22" s="23"/>
       <c r="O22" s="35"/>
       <c r="P22" s="23"/>
       <c r="Q22" s="22"/>
       <c r="R22" s="22"/>
       <c r="S22" s="22"/>
       <c r="T22" s="22"/>
       <c r="U22" s="22"/>
       <c r="V22" s="22"/>
       <c r="W22" s="22"/>
       <c r="X22" s="22"/>
       <c r="Y22" s="22"/>
       <c r="Z22" s="22"/>
       <c r="AA22" s="8"/>
       <c r="AB22" s="8"/>
     </row>
     <row r="23" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A23" s="64" t="s">
-        <v>42</v>
+      <c r="A23" s="63" t="s">
+        <v>21</v>
       </c>
       <c r="B23" s="10">
         <v>1</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="D23" s="22" t="s">
-        <v>88</v>
+        <v>55</v>
       </c>
       <c r="E23" s="23"/>
       <c r="F23" s="22" t="s">
-        <v>58</v>
+        <v>49</v>
       </c>
       <c r="G23" s="23"/>
       <c r="H23" s="33" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="I23" s="23"/>
       <c r="J23" s="33" t="s">
-        <v>97</v>
+        <v>64</v>
       </c>
       <c r="K23" s="23" t="s">
-        <v>91</v>
+        <v>26</v>
       </c>
       <c r="L23" s="22" t="s">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="M23" s="23"/>
       <c r="N23" s="53"/>
-      <c r="O23" s="58" t="s">
-        <v>15</v>
+      <c r="O23" s="59" t="s">
+        <v>56</v>
       </c>
       <c r="P23" s="23"/>
       <c r="Q23" s="33" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="R23" s="22" t="s">
-        <v>92</v>
+        <v>27</v>
       </c>
       <c r="S23" s="22" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="T23" s="22"/>
       <c r="U23" s="22" t="s">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="V23" s="22"/>
-      <c r="W23" s="60" t="s">
-        <v>15</v>
+      <c r="W23" s="59" t="s">
+        <v>56</v>
       </c>
       <c r="X23" s="22"/>
       <c r="Y23" s="22" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="Z23" s="22"/>
       <c r="AA23" s="8"/>
       <c r="AB23" s="8"/>
     </row>
     <row r="24" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A24" s="65"/>
+      <c r="A24" s="64"/>
       <c r="B24" s="10">
         <v>2</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="D24" s="39" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="E24" s="23"/>
       <c r="F24" s="33" t="s">
-        <v>75</v>
+        <v>52</v>
       </c>
       <c r="G24" s="23"/>
       <c r="H24" s="22" t="s">
-        <v>75</v>
+        <v>63</v>
       </c>
       <c r="I24" s="23"/>
       <c r="J24" s="22" t="s">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="K24" s="23"/>
       <c r="L24" s="43" t="s">
-        <v>97</v>
+        <v>64</v>
       </c>
       <c r="M24" s="23" t="s">
-        <v>91</v>
+        <v>26</v>
       </c>
       <c r="N24" s="23"/>
       <c r="O24" s="35" t="s">
-        <v>37</v>
+        <v>73</v>
       </c>
       <c r="P24" s="23"/>
       <c r="Q24" s="22" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="R24" s="22"/>
       <c r="S24" s="22" t="s">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="T24" s="22"/>
       <c r="U24" s="23" t="s">
-        <v>37</v>
+        <v>78</v>
       </c>
       <c r="V24" s="22"/>
       <c r="W24" s="22" t="s">
         <v>71</v>
       </c>
       <c r="X24" s="22" t="s">
-        <v>92</v>
+        <v>27</v>
       </c>
       <c r="Y24" s="22" t="s">
-        <v>62</v>
+        <v>82</v>
       </c>
       <c r="Z24" s="22"/>
       <c r="AA24" s="8"/>
       <c r="AB24" s="8"/>
     </row>
     <row r="25" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A25" s="65"/>
+      <c r="A25" s="64"/>
       <c r="B25" s="10">
         <v>3</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="D25" s="22" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="E25" s="23"/>
       <c r="F25" s="33" t="s">
-        <v>65</v>
+        <v>50</v>
       </c>
       <c r="G25" s="23" t="s">
-        <v>93</v>
+        <v>28</v>
       </c>
       <c r="H25" s="43" t="s">
-        <v>97</v>
+        <v>64</v>
       </c>
       <c r="I25" s="23" t="s">
-        <v>92</v>
+        <v>27</v>
       </c>
       <c r="J25" s="22" t="s">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="K25" s="23"/>
       <c r="L25" s="22" t="s">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="M25" s="23"/>
       <c r="N25" s="23"/>
       <c r="O25" s="35" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="P25" s="23"/>
       <c r="Q25" s="33" t="s">
-        <v>75</v>
+        <v>63</v>
       </c>
       <c r="R25" s="23"/>
       <c r="S25" s="22" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="T25" s="22"/>
       <c r="U25" s="22" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="V25" s="22"/>
       <c r="W25" s="22" t="s">
         <v>71</v>
       </c>
       <c r="X25" s="23" t="s">
-        <v>91</v>
+        <v>26</v>
       </c>
       <c r="Y25" s="22" t="s">
-        <v>37</v>
+        <v>81</v>
       </c>
       <c r="Z25" s="22"/>
       <c r="AA25" s="8"/>
       <c r="AB25" s="8"/>
     </row>
     <row r="26" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A26" s="65"/>
+      <c r="A26" s="64"/>
       <c r="B26" s="10">
         <v>4</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="D26" s="22" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="E26" s="23"/>
       <c r="F26" s="22" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="G26" s="23"/>
       <c r="H26" s="22" t="s">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="I26" s="23"/>
       <c r="J26" s="22" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="K26" s="23"/>
       <c r="L26" s="22" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="M26" s="23"/>
       <c r="N26" s="23"/>
       <c r="O26" s="49" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="P26" s="23" t="s">
-        <v>92</v>
+        <v>27</v>
       </c>
       <c r="Q26" s="22" t="s">
-        <v>58</v>
+        <v>49</v>
       </c>
       <c r="R26" s="22"/>
       <c r="S26" s="22" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="T26" s="23" t="s">
-        <v>93</v>
+        <v>28</v>
       </c>
       <c r="U26" s="22" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="V26" s="22"/>
       <c r="W26" s="22" t="s">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="X26" s="22"/>
       <c r="Y26" s="22" t="s">
-        <v>62</v>
+        <v>82</v>
       </c>
       <c r="Z26" s="22"/>
       <c r="AA26" s="8"/>
       <c r="AB26" s="8"/>
     </row>
     <row r="27" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A27" s="65"/>
+      <c r="A27" s="64"/>
       <c r="B27" s="10">
         <v>5</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="D27" s="22" t="s">
-        <v>18</v>
+        <v>4</v>
       </c>
       <c r="E27" s="23"/>
       <c r="F27" s="22" t="s">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="G27" s="23"/>
       <c r="H27" s="22" t="s">
-        <v>76</v>
+        <v>53</v>
       </c>
       <c r="I27" s="23"/>
-      <c r="J27" s="58" t="s">
-        <v>84</v>
+      <c r="J27" s="57" t="s">
+        <v>56</v>
       </c>
       <c r="K27" s="23"/>
       <c r="L27" s="22" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="M27" s="23"/>
       <c r="N27" s="23"/>
       <c r="O27" s="35" t="s">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="P27" s="23"/>
       <c r="Q27" s="22" t="s">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="R27" s="22"/>
       <c r="S27" s="22" t="s">
-        <v>37</v>
+        <v>78</v>
       </c>
       <c r="T27" s="22"/>
       <c r="U27" s="22" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="V27" s="22" t="s">
-        <v>93</v>
+        <v>28</v>
       </c>
       <c r="W27" s="22" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="X27" s="23"/>
       <c r="Y27" s="22"/>
       <c r="Z27" s="22"/>
       <c r="AA27" s="8"/>
       <c r="AB27" s="8"/>
     </row>
     <row r="28" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A28" s="65"/>
+      <c r="A28" s="64"/>
       <c r="B28" s="10">
         <v>6</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="D28" s="22" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="E28" s="23"/>
       <c r="F28" s="22" t="s">
-        <v>88</v>
+        <v>55</v>
       </c>
       <c r="G28" s="23"/>
       <c r="H28" s="22" t="s">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="I28" s="23"/>
       <c r="J28" s="22" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="K28" s="23"/>
       <c r="L28" s="22" t="s">
-        <v>75</v>
+        <v>63</v>
       </c>
       <c r="M28" s="23"/>
       <c r="N28" s="23"/>
       <c r="O28" s="49" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="P28" s="23" t="s">
-        <v>93</v>
+        <v>28</v>
       </c>
       <c r="Q28" s="22" t="s">
-        <v>76</v>
+        <v>53</v>
       </c>
       <c r="R28" s="22"/>
       <c r="S28" s="22"/>
       <c r="T28" s="22"/>
       <c r="U28" s="23"/>
       <c r="V28" s="23"/>
       <c r="W28" s="22"/>
       <c r="X28" s="22"/>
       <c r="Y28" s="22"/>
       <c r="Z28" s="22"/>
       <c r="AA28" s="8"/>
       <c r="AB28" s="8"/>
     </row>
     <row r="29" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A29" s="66"/>
+      <c r="A29" s="65"/>
       <c r="B29" s="10">
         <v>7</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="D29" s="41" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="E29" s="23"/>
       <c r="F29" s="22"/>
       <c r="G29" s="23"/>
       <c r="H29" s="22" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="I29" s="23"/>
       <c r="J29" s="41" t="s">
-        <v>85</v>
+        <v>53</v>
       </c>
       <c r="K29" s="23"/>
       <c r="L29" s="22" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="M29" s="23"/>
       <c r="N29" s="53"/>
-      <c r="O29" s="58"/>
+      <c r="O29" s="57"/>
       <c r="P29" s="23"/>
       <c r="Q29" s="22"/>
       <c r="R29" s="22"/>
       <c r="S29" s="22"/>
       <c r="T29" s="22"/>
       <c r="U29" s="22"/>
       <c r="V29" s="22"/>
       <c r="W29" s="22"/>
       <c r="X29" s="22"/>
       <c r="Y29" s="22"/>
       <c r="Z29" s="22"/>
       <c r="AA29" s="8"/>
       <c r="AB29" s="8"/>
     </row>
     <row r="30" spans="1:28" s="6" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="66"/>
+      <c r="A30" s="65"/>
       <c r="B30" s="10">
         <v>8</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="D30" s="22"/>
       <c r="E30" s="23"/>
       <c r="F30" s="22"/>
       <c r="G30" s="23"/>
-      <c r="H30" s="58"/>
+      <c r="H30" s="57"/>
       <c r="I30" s="23"/>
       <c r="J30" s="22"/>
       <c r="K30" s="23"/>
       <c r="L30" s="22"/>
       <c r="M30" s="23"/>
       <c r="N30" s="23"/>
       <c r="O30" s="35"/>
       <c r="P30" s="23"/>
       <c r="Q30" s="22"/>
       <c r="R30" s="22"/>
       <c r="S30" s="22"/>
       <c r="T30" s="22"/>
       <c r="U30" s="22"/>
       <c r="V30" s="22"/>
       <c r="W30" s="22"/>
       <c r="X30" s="22"/>
       <c r="Y30" s="22"/>
       <c r="Z30" s="22"/>
       <c r="AA30" s="8"/>
       <c r="AB30" s="8"/>
     </row>
     <row r="31" spans="1:28" s="6" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="19"/>
       <c r="B31" s="10"/>
       <c r="C31" s="2"/>
@@ -2573,882 +2548,882 @@
       <c r="F31" s="22"/>
       <c r="G31" s="23"/>
       <c r="H31" s="22"/>
       <c r="I31" s="23"/>
       <c r="J31" s="22"/>
       <c r="K31" s="23"/>
       <c r="L31" s="22"/>
       <c r="M31" s="23"/>
       <c r="N31" s="23"/>
       <c r="O31" s="35"/>
       <c r="P31" s="23"/>
       <c r="Q31" s="22"/>
       <c r="R31" s="22"/>
       <c r="S31" s="22"/>
       <c r="T31" s="22"/>
       <c r="U31" s="22"/>
       <c r="V31" s="22"/>
       <c r="W31" s="22"/>
       <c r="X31" s="22"/>
       <c r="Y31" s="22"/>
       <c r="Z31" s="22"/>
       <c r="AA31" s="8"/>
       <c r="AB31" s="8"/>
     </row>
     <row r="32" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A32" s="64" t="s">
-        <v>43</v>
+      <c r="A32" s="63" t="s">
+        <v>22</v>
       </c>
       <c r="B32" s="10">
         <v>1</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="D32" s="22" t="s">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="E32" s="23"/>
       <c r="F32" s="22" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="G32" s="23"/>
       <c r="H32" s="22" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="I32" s="23"/>
       <c r="J32" s="33" t="s">
-        <v>18</v>
+        <v>4</v>
       </c>
       <c r="K32" s="23"/>
       <c r="L32" s="22" t="s">
-        <v>17</v>
+        <v>3</v>
       </c>
       <c r="M32" s="23"/>
       <c r="N32" s="23"/>
       <c r="O32" s="49" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="P32" s="23" t="s">
-        <v>93</v>
+        <v>28</v>
       </c>
       <c r="Q32" s="22" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="R32" s="22" t="s">
-        <v>92</v>
+        <v>27</v>
       </c>
       <c r="S32" s="23" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="T32" s="23"/>
       <c r="U32" s="22" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="V32" s="22"/>
       <c r="W32" s="22" t="s">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="X32" s="22"/>
       <c r="Y32" s="22" t="s">
-        <v>62</v>
+        <v>82</v>
       </c>
       <c r="Z32" s="22"/>
       <c r="AA32" s="8"/>
       <c r="AB32" s="8"/>
     </row>
     <row r="33" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A33" s="65"/>
+      <c r="A33" s="64"/>
       <c r="B33" s="10">
         <v>2</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="D33" s="22" t="s">
-        <v>58</v>
+        <v>49</v>
       </c>
       <c r="E33" s="23"/>
       <c r="F33" s="22" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="G33" s="23"/>
       <c r="H33" s="42" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="I33" s="23"/>
       <c r="J33" s="33" t="s">
-        <v>17</v>
+        <v>3</v>
       </c>
       <c r="K33" s="23"/>
       <c r="L33" s="43" t="s">
-        <v>97</v>
+        <v>64</v>
       </c>
       <c r="M33" s="23" t="s">
-        <v>91</v>
+        <v>26</v>
       </c>
       <c r="N33" s="23"/>
       <c r="O33" s="35" t="s">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="P33" s="23"/>
       <c r="Q33" s="33" t="s">
-        <v>37</v>
+        <v>73</v>
       </c>
       <c r="R33" s="22"/>
       <c r="S33" s="22" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="T33" s="22"/>
       <c r="U33" s="22" t="s">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="V33" s="22"/>
       <c r="W33" s="22" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="X33" s="22"/>
       <c r="Y33" s="22" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="Z33" s="22" t="s">
-        <v>92</v>
+        <v>27</v>
       </c>
       <c r="AA33" s="8"/>
       <c r="AB33" s="8"/>
     </row>
     <row r="34" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A34" s="65"/>
+      <c r="A34" s="64"/>
       <c r="B34" s="10">
         <v>3</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="D34" s="22" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="E34" s="23"/>
       <c r="F34" s="33" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="G34" s="23"/>
       <c r="H34" s="43" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="I34" s="23" t="s">
-        <v>92</v>
+        <v>27</v>
       </c>
       <c r="J34" s="33" t="s">
-        <v>97</v>
+        <v>64</v>
       </c>
       <c r="K34" s="23" t="s">
-        <v>91</v>
+        <v>26</v>
       </c>
       <c r="L34" s="22" t="s">
-        <v>58</v>
+        <v>49</v>
       </c>
       <c r="M34" s="23"/>
       <c r="N34" s="23"/>
       <c r="O34" s="35" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="P34" s="23"/>
       <c r="Q34" s="22" t="s">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="R34" s="22"/>
       <c r="S34" s="22" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="T34" s="23"/>
       <c r="U34" s="22" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="V34" s="22"/>
       <c r="W34" s="22" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="X34" s="22"/>
       <c r="Y34" s="22" t="s">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="Z34" s="22"/>
       <c r="AA34" s="8"/>
       <c r="AB34" s="8"/>
     </row>
     <row r="35" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A35" s="65"/>
+      <c r="A35" s="64"/>
       <c r="B35" s="10">
         <v>4</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="D35" s="33" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="E35" s="23"/>
       <c r="F35" s="38" t="s">
-        <v>76</v>
+        <v>53</v>
       </c>
       <c r="G35" s="23"/>
       <c r="H35" s="33" t="s">
-        <v>52</v>
+        <v>66</v>
       </c>
       <c r="I35" s="23"/>
       <c r="J35" s="33" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="K35" s="23"/>
       <c r="L35" s="22" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="M35" s="23"/>
       <c r="N35" s="23"/>
       <c r="O35" s="49" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="P35" s="23" t="s">
-        <v>92</v>
+        <v>27</v>
       </c>
       <c r="Q35" s="22" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="R35" s="23"/>
       <c r="S35" s="22" t="s">
-        <v>58</v>
+        <v>49</v>
       </c>
       <c r="T35" s="22"/>
       <c r="U35" s="22" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="V35" s="22"/>
       <c r="W35" s="22" t="s">
-        <v>37</v>
+        <v>81</v>
       </c>
       <c r="X35" s="22"/>
       <c r="Y35" s="22" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="Z35" s="22"/>
       <c r="AA35" s="8"/>
       <c r="AB35" s="8"/>
     </row>
     <row r="36" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A36" s="65"/>
+      <c r="A36" s="64"/>
       <c r="B36" s="10">
         <v>5</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="D36" s="33" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="E36" s="23"/>
       <c r="F36" s="22" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="G36" s="23"/>
       <c r="H36" s="22" t="s">
-        <v>17</v>
+        <v>3</v>
       </c>
       <c r="I36" s="23"/>
       <c r="J36" s="22" t="s">
-        <v>75</v>
+        <v>63</v>
       </c>
       <c r="K36" s="23"/>
       <c r="L36" s="22" t="s">
-        <v>95</v>
+        <v>69</v>
       </c>
       <c r="M36" s="23"/>
       <c r="N36" s="23"/>
-      <c r="O36" s="35" t="s">
-        <v>24</v>
+      <c r="O36" s="22" t="s">
+        <v>86</v>
       </c>
       <c r="P36" s="23"/>
       <c r="Q36" s="22" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="R36" s="22"/>
       <c r="S36" s="22" t="s">
-        <v>61</v>
+        <v>79</v>
       </c>
       <c r="T36" s="22"/>
       <c r="U36" s="22" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="V36" s="22"/>
       <c r="W36" s="22" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="X36" s="22"/>
       <c r="Y36" s="22"/>
       <c r="Z36" s="22"/>
       <c r="AA36" s="8"/>
       <c r="AB36" s="8"/>
     </row>
     <row r="37" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A37" s="65"/>
+      <c r="A37" s="64"/>
       <c r="B37" s="10">
         <v>6</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="D37" s="22" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="E37" s="23"/>
       <c r="F37" s="22" t="s">
-        <v>17</v>
+        <v>3</v>
       </c>
       <c r="G37" s="23"/>
       <c r="H37" s="22" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="I37" s="23"/>
       <c r="J37" s="22" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="K37" s="23"/>
       <c r="L37" s="33" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="M37" s="23"/>
       <c r="N37" s="23"/>
       <c r="O37" s="35" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="P37" s="23"/>
       <c r="Q37" s="41" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="R37" s="22"/>
       <c r="S37" s="22" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="T37" s="22"/>
-      <c r="U37" s="59"/>
+      <c r="U37" s="58"/>
       <c r="V37" s="22"/>
       <c r="W37" s="22"/>
       <c r="X37" s="22"/>
       <c r="Y37" s="22"/>
       <c r="Z37" s="22"/>
       <c r="AA37" s="8"/>
       <c r="AB37" s="8"/>
     </row>
     <row r="38" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A38" s="66"/>
+      <c r="A38" s="65"/>
       <c r="B38" s="10">
         <v>7</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="D38" s="58"/>
+        <v>25</v>
+      </c>
+      <c r="D38" s="57"/>
       <c r="E38" s="23"/>
       <c r="F38" s="22" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="G38" s="23"/>
       <c r="H38" s="22" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="I38" s="23"/>
       <c r="J38" s="22"/>
       <c r="K38" s="23"/>
       <c r="L38" s="33" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="M38" s="23"/>
       <c r="N38" s="23"/>
       <c r="O38" s="35"/>
       <c r="P38" s="23"/>
       <c r="Q38" s="23"/>
       <c r="R38" s="23"/>
       <c r="S38" s="22"/>
       <c r="T38" s="22"/>
       <c r="U38" s="22"/>
       <c r="V38" s="22"/>
       <c r="W38" s="22"/>
       <c r="X38" s="22"/>
       <c r="Y38" s="22"/>
       <c r="Z38" s="22"/>
       <c r="AA38" s="8"/>
       <c r="AB38" s="8"/>
     </row>
     <row r="39" spans="1:28" s="6" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A39" s="66"/>
+      <c r="A39" s="65"/>
       <c r="B39" s="10">
         <v>8</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="D39" s="22"/>
       <c r="E39" s="23"/>
       <c r="F39" s="23"/>
       <c r="G39" s="23"/>
       <c r="H39" s="22"/>
       <c r="I39" s="23"/>
       <c r="J39" s="33"/>
       <c r="K39" s="23"/>
-      <c r="L39" s="58"/>
+      <c r="L39" s="57"/>
       <c r="M39" s="23"/>
       <c r="N39" s="23"/>
       <c r="O39" s="35"/>
       <c r="P39" s="23"/>
       <c r="Q39" s="22"/>
       <c r="R39" s="22"/>
       <c r="S39" s="22"/>
       <c r="T39" s="22"/>
       <c r="U39" s="22"/>
       <c r="V39" s="22"/>
       <c r="W39" s="22"/>
       <c r="X39" s="22"/>
       <c r="Y39" s="22"/>
       <c r="Z39" s="22"/>
       <c r="AA39" s="8"/>
       <c r="AB39" s="8"/>
     </row>
     <row r="40" spans="1:28" s="6" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="19"/>
       <c r="B40" s="10"/>
       <c r="C40" s="2"/>
       <c r="D40" s="22"/>
       <c r="E40" s="23"/>
       <c r="F40" s="23"/>
       <c r="G40" s="23"/>
       <c r="H40" s="22"/>
       <c r="I40" s="23"/>
       <c r="J40" s="22"/>
       <c r="K40" s="23"/>
       <c r="L40" s="22"/>
       <c r="M40" s="23"/>
       <c r="N40" s="23"/>
       <c r="O40" s="35"/>
       <c r="P40" s="23"/>
       <c r="Q40" s="22"/>
       <c r="R40" s="22"/>
       <c r="S40" s="22"/>
       <c r="T40" s="22"/>
       <c r="U40" s="22"/>
       <c r="V40" s="22"/>
       <c r="W40" s="22"/>
       <c r="X40" s="22"/>
       <c r="Y40" s="22"/>
       <c r="Z40" s="22"/>
       <c r="AA40" s="8"/>
       <c r="AB40" s="8"/>
     </row>
     <row r="41" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A41" s="64" t="s">
-        <v>44</v>
+      <c r="A41" s="63" t="s">
+        <v>23</v>
       </c>
       <c r="B41" s="10">
         <v>1</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="D41" s="22" t="s">
-        <v>88</v>
+        <v>55</v>
       </c>
       <c r="E41" s="23"/>
       <c r="F41" s="22" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="G41" s="23"/>
       <c r="H41" s="22" t="s">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="I41" s="23"/>
       <c r="J41" s="22" t="s">
-        <v>58</v>
+        <v>49</v>
       </c>
       <c r="K41" s="23"/>
-      <c r="L41" s="58" t="s">
-        <v>27</v>
+      <c r="L41" s="59" t="s">
+        <v>53</v>
       </c>
       <c r="M41" s="23"/>
       <c r="N41" s="23"/>
       <c r="O41" s="35" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="P41" s="23" t="s">
-        <v>96</v>
+        <v>29</v>
       </c>
       <c r="Q41" s="22" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="R41" s="23"/>
       <c r="S41" s="22" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="T41" s="22"/>
       <c r="U41" s="22" t="s">
-        <v>58</v>
+        <v>49</v>
       </c>
       <c r="V41" s="22"/>
       <c r="W41" s="22" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="X41" s="22"/>
       <c r="Y41" s="22" t="s">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="Z41" s="22"/>
       <c r="AA41" s="8"/>
       <c r="AB41" s="8"/>
     </row>
     <row r="42" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A42" s="65"/>
+      <c r="A42" s="64"/>
       <c r="B42" s="10">
         <v>2</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="D42" s="22" t="s">
-        <v>83</v>
+        <v>58</v>
       </c>
       <c r="E42" s="23"/>
       <c r="F42" s="22" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="G42" s="23"/>
       <c r="H42" s="22" t="s">
-        <v>58</v>
+        <v>49</v>
       </c>
       <c r="I42" s="23"/>
       <c r="J42" s="33" t="s">
-        <v>97</v>
+        <v>64</v>
       </c>
       <c r="K42" s="23"/>
       <c r="L42" s="22" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="M42" s="23"/>
       <c r="N42" s="23"/>
       <c r="O42" s="35" t="s">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="P42" s="23"/>
       <c r="Q42" s="22" t="s">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="R42" s="22"/>
       <c r="S42" s="22" t="s">
-        <v>37</v>
+        <v>78</v>
       </c>
       <c r="T42" s="22"/>
-      <c r="U42" s="58" t="s">
-        <v>67</v>
+      <c r="U42" s="59" t="s">
+        <v>75</v>
       </c>
       <c r="V42" s="22"/>
       <c r="W42" s="22" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="X42" s="22"/>
       <c r="Y42" s="22" t="s">
-        <v>62</v>
+        <v>82</v>
       </c>
       <c r="Z42" s="22"/>
       <c r="AA42" s="8"/>
       <c r="AB42" s="8"/>
     </row>
     <row r="43" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A43" s="65"/>
+      <c r="A43" s="64"/>
       <c r="B43" s="10">
         <v>3</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="D43" s="33" t="s">
-        <v>65</v>
+        <v>54</v>
       </c>
       <c r="E43" s="23"/>
       <c r="F43" s="33" t="s">
-        <v>65</v>
+        <v>50</v>
       </c>
       <c r="G43" s="23"/>
       <c r="H43" s="23" t="s">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="I43" s="23"/>
       <c r="J43" s="22" t="s">
-        <v>86</v>
+        <v>67</v>
       </c>
       <c r="K43" s="23"/>
       <c r="L43" s="23" t="s">
-        <v>18</v>
+        <v>4</v>
       </c>
       <c r="M43" s="23"/>
       <c r="N43" s="23"/>
       <c r="O43" s="35" t="s">
-        <v>37</v>
+        <v>73</v>
       </c>
       <c r="P43" s="23"/>
       <c r="Q43" s="23" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="R43" s="23"/>
-      <c r="S43" s="58" t="s">
-        <v>24</v>
+      <c r="S43" s="22" t="s">
+        <v>86</v>
       </c>
       <c r="T43" s="22"/>
       <c r="U43" s="22" t="s">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="V43" s="23"/>
       <c r="W43" s="22" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="X43" s="22" t="s">
-        <v>92</v>
+        <v>27</v>
       </c>
       <c r="Y43" s="22" t="s">
-        <v>54</v>
+        <v>86</v>
       </c>
       <c r="Z43" s="22"/>
       <c r="AA43" s="8"/>
       <c r="AB43" s="8"/>
     </row>
     <row r="44" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A44" s="65"/>
+      <c r="A44" s="64"/>
       <c r="B44" s="10">
         <v>4</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="D44" s="22" t="s">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="E44" s="23"/>
       <c r="F44" s="22" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="G44" s="23"/>
       <c r="H44" s="33" t="s">
-        <v>18</v>
+        <v>4</v>
       </c>
       <c r="I44" s="23"/>
       <c r="J44" s="33" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="K44" s="23"/>
       <c r="L44" s="23" t="s">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="M44" s="23"/>
       <c r="N44" s="23"/>
-      <c r="O44" s="35" t="s">
-        <v>24</v>
+      <c r="O44" s="22" t="s">
+        <v>86</v>
       </c>
       <c r="P44" s="23"/>
       <c r="Q44" s="22" t="s">
-        <v>89</v>
+        <v>64</v>
       </c>
       <c r="R44" s="22" t="s">
-        <v>92</v>
+        <v>27</v>
       </c>
       <c r="S44" s="22" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="T44" s="22" t="s">
-        <v>93</v>
+        <v>28</v>
       </c>
       <c r="U44" s="41" t="s">
-        <v>37</v>
+        <v>78</v>
       </c>
       <c r="V44" s="22"/>
       <c r="W44" s="22" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="X44" s="22" t="s">
-        <v>91</v>
+        <v>26</v>
       </c>
       <c r="Y44" s="22" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="Z44" s="22"/>
       <c r="AA44" s="8"/>
       <c r="AB44" s="8"/>
     </row>
     <row r="45" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A45" s="65"/>
+      <c r="A45" s="64"/>
       <c r="B45" s="10">
         <v>5</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="D45" s="22" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="E45" s="23"/>
       <c r="F45" s="22" t="s">
-        <v>88</v>
+        <v>55</v>
       </c>
       <c r="G45" s="23"/>
       <c r="H45" s="43" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="I45" s="23"/>
       <c r="J45" s="22" t="s">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="K45" s="23"/>
       <c r="L45" s="22" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="M45" s="23"/>
       <c r="N45" s="23"/>
       <c r="O45" s="35" t="s">
-        <v>87</v>
+        <v>56</v>
       </c>
       <c r="P45" s="23"/>
       <c r="Q45" s="22" t="s">
-        <v>58</v>
+        <v>49</v>
       </c>
       <c r="R45" s="22"/>
       <c r="S45" s="41" t="s">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="T45" s="22"/>
       <c r="U45" s="22" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="V45" s="22" t="s">
-        <v>93</v>
+        <v>28</v>
       </c>
       <c r="W45" s="22"/>
       <c r="X45" s="23"/>
       <c r="Y45" s="22"/>
       <c r="Z45" s="22"/>
       <c r="AA45" s="8"/>
       <c r="AB45" s="8"/>
     </row>
     <row r="46" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A46" s="65"/>
+      <c r="A46" s="64"/>
       <c r="B46" s="10">
         <v>6</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="D46" s="22" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="E46" s="23"/>
       <c r="F46" s="22" t="s">
-        <v>58</v>
+        <v>49</v>
       </c>
       <c r="G46" s="23"/>
       <c r="H46" s="23" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="I46" s="23"/>
       <c r="J46" s="23" t="s">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="K46" s="23"/>
       <c r="L46" s="22" t="s">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="M46" s="23"/>
       <c r="N46" s="23"/>
       <c r="O46" s="35"/>
       <c r="P46" s="23"/>
       <c r="Q46" s="22" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="R46" s="22"/>
       <c r="S46" s="22"/>
       <c r="T46" s="22"/>
       <c r="U46" s="22"/>
       <c r="V46" s="22"/>
       <c r="W46" s="22"/>
       <c r="X46" s="22"/>
       <c r="Y46" s="22"/>
       <c r="Z46" s="22"/>
       <c r="AA46" s="8"/>
       <c r="AB46" s="8"/>
     </row>
     <row r="47" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A47" s="66"/>
+      <c r="A47" s="65"/>
       <c r="B47" s="10">
         <v>7</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="D47" s="22"/>
       <c r="E47" s="23"/>
       <c r="F47" s="22"/>
       <c r="G47" s="23"/>
       <c r="H47" s="22"/>
       <c r="I47" s="23"/>
       <c r="J47" s="22" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="K47" s="23"/>
       <c r="L47" s="23"/>
       <c r="M47" s="23"/>
       <c r="N47" s="23"/>
       <c r="O47" s="35"/>
       <c r="P47" s="23"/>
       <c r="Q47" s="22"/>
       <c r="R47" s="22"/>
       <c r="S47" s="23"/>
       <c r="T47" s="23"/>
       <c r="U47" s="22"/>
       <c r="V47" s="22"/>
       <c r="W47" s="22"/>
       <c r="X47" s="22"/>
       <c r="Y47" s="22"/>
       <c r="Z47" s="22"/>
       <c r="AA47" s="8"/>
       <c r="AB47" s="8"/>
     </row>
     <row r="48" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A48" s="66"/>
+      <c r="A48" s="65"/>
       <c r="B48" s="10">
         <v>8</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="D48" s="22"/>
       <c r="E48" s="23"/>
       <c r="F48" s="22"/>
       <c r="G48" s="23"/>
-      <c r="H48" s="58"/>
+      <c r="H48" s="57"/>
       <c r="I48" s="23"/>
       <c r="J48" s="22"/>
       <c r="K48" s="23"/>
       <c r="L48" s="23"/>
       <c r="M48" s="23"/>
       <c r="N48" s="23"/>
       <c r="O48" s="35"/>
       <c r="P48" s="23"/>
       <c r="Q48" s="22"/>
       <c r="R48" s="22"/>
       <c r="S48" s="23"/>
       <c r="T48" s="23"/>
       <c r="U48" s="22"/>
       <c r="V48" s="22"/>
       <c r="W48" s="22"/>
       <c r="X48" s="22"/>
       <c r="Y48" s="22"/>
       <c r="Z48" s="22"/>
       <c r="AA48" s="8"/>
       <c r="AB48" s="8"/>
     </row>
     <row r="49" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A49" s="10"/>
       <c r="B49" s="10"/>
       <c r="C49" s="2"/>
@@ -3853,61 +3828,61 @@
     <row r="125" spans="6:7" x14ac:dyDescent="0.25">
       <c r="F125" s="4"/>
       <c r="G125" s="4"/>
     </row>
     <row r="126" spans="6:7" x14ac:dyDescent="0.25">
       <c r="F126" s="4"/>
       <c r="G126" s="4"/>
     </row>
     <row r="127" spans="6:7" x14ac:dyDescent="0.25">
       <c r="F127" s="4"/>
       <c r="G127" s="4"/>
     </row>
     <row r="128" spans="6:7" x14ac:dyDescent="0.25">
       <c r="F128" s="4"/>
       <c r="G128" s="4"/>
     </row>
     <row r="129" spans="6:7" x14ac:dyDescent="0.25">
       <c r="F129" s="4"/>
       <c r="G129" s="4"/>
     </row>
   </sheetData>
   <sortState ref="D15:X21">
     <sortCondition sortBy="icon" ref="D15"/>
   </sortState>
   <mergeCells count="11">
-    <mergeCell ref="A14:A21"/>
-[...3 lines deleted...]
-    <mergeCell ref="A4:A12"/>
     <mergeCell ref="M1:R1"/>
     <mergeCell ref="U1:X1"/>
     <mergeCell ref="M2:R2"/>
     <mergeCell ref="U2:X2"/>
     <mergeCell ref="D3:G3"/>
     <mergeCell ref="U3:X3"/>
+    <mergeCell ref="A14:A21"/>
+    <mergeCell ref="A23:A30"/>
+    <mergeCell ref="A32:A39"/>
+    <mergeCell ref="A41:A48"/>
+    <mergeCell ref="A4:A12"/>
   </mergeCells>
   <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.15748031496062992" bottom="0.15748031496062992" header="0.31496062992125984" footer="0.11811023622047245"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter scaleWithDoc="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Лист2</vt:lpstr>