--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -1,2142 +1,2378 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="003761AB" w:rsidRPr="003761AB" w:rsidRDefault="003761AB" w:rsidP="003761AB">
-[...755 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+    <w:p w:rsidR="00E839AB" w:rsidRPr="008238E9" w:rsidRDefault="00D9181B" w:rsidP="00FA7CB8">
+      <w:pPr>
+        <w:spacing w:before="300" w:after="150"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">БЕСЕДА: </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA7CB8" w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5664" w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ПРОФИЛАКТИКА</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УПОТРЕБЛЕНИ</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA7CB8" w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Я </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ТАБАКА, АЛКОГОЛЯ, НАРКОТИКОВ </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA7CB8" w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE091D">
-[...14 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">И </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA7CB8" w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003761AB" w:rsidRPr="00FE091D">
-[...35 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ДРУГИХ </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA7CB8" w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE091D">
-[...1083 lines deleted...]
-    <w:p w:rsidR="0047494E" w:rsidRPr="00FE091D" w:rsidRDefault="00FE091D" w:rsidP="008238E9">
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ПСИХОТРОП</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB39F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Н</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ЫХ </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA7CB8" w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ВЕЩЕСТВ»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E839AB" w:rsidRPr="008238E9" w:rsidRDefault="00E839AB" w:rsidP="00E839AB">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Цель:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Формирование потребности у подростков в здоровом образе жизни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E839AB" w:rsidRPr="008238E9" w:rsidRDefault="00E839AB" w:rsidP="00E839AB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Задачи:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E839AB" w:rsidRPr="008238E9" w:rsidRDefault="00E839AB" w:rsidP="00E839AB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>· Рассказать правду о влиянии алкоголя, табака и наркотических веществ на организм человека</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E839AB" w:rsidRPr="008238E9" w:rsidRDefault="00E839AB" w:rsidP="00E839AB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>· Развивать умения анализировать поступки, слова, действия</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E839AB" w:rsidRPr="008238E9" w:rsidRDefault="00E839AB" w:rsidP="00E839AB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>· Воспитывать негативное отношение к вредным привычкам</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00FA7CB8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>О вреде курения сказано немало. Однако беспокойство ученых и врачей, вызванное распространением этой пагубной привычки, растет, так как пока еще значительное число людей не считает курение вредным для здоровья.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00FA7CB8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Курение </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– не безобидное занятие, которое можно бросить без усилий. Это настоящая наркомания, и тем более опасная, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA7CB8" w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>что многие не принимают всерьез.</w:t>
+      </w:r>
+      <w:r w:rsidR="008238E9" w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>У курильщиков центры мозга, чувствительные к никотину, находятся в угнетённом состоянии, а потому и на концах нервов, берущих начало из них, веществ, необходимых для нормального строения и функции тканей, образуется недостаточно. В результате курения во многих тканях и органах наблюдается нервная дистрофия, а на фоне неё складывается предрасположенность к различным заболеваниям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00FA7CB8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Курить или не курить?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В листьях табака содержится один из самых ядовитых растительных алкалоидов – никотин. Никотин вырабатывается в корнях растения и оттуда поступает в другие части, в том числе и в листья. Разные сорта табака содержат от 0,3 до 7% никотина, причем наибольшее его количество – в дешевых сортах табака, наименьшее – в дорогих. При курении табака никотин поступает в организм. Доза никотина в 30-60 мг для человека смертельна, 5-6 мг вызывает острое отравление.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Никотин – яд</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> для нервной системы, избирательно действующий на нервные узлы центральной и периферической нервной системы, регулирующие деятельность внутренних органов и жизненно важных систем. В малых дозах никотин действует возбуждающе на нервную систему, в больших — вызывает ее паралич (остановку дыхания, прекращение сердечной деятельности).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Симптомы отравления никотином</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> у лиц, начинающих курить, следующие: тошнота (иногда рвота), возникает головокружение и головная боль. У постоянных курильщиков, напротив, происходит возбуждение мозговой деятельности и наступает ощущение удовлетворения. Однако симптомы отравления присутствуют также: некоторое повышение кровяного давления, учащенный пульс, остановка сокращений пустого желудка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Курение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> – это не только вредная привычка, по своей силе она сродни определенной форме наркотической зависимости (никотинизм). Однако сам по себе никотин не обладает в организме сильным действием и его вред для организма значительно меньше, чем вред угарного газа, синильной кислоты, 43 канцерогенов и других составляющих табачного дыма.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Главная опасность никотина</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> заключается в том, что никотиновая зависимость поддерживает потребление табака, которое неизбежно сопровождается поступлением в организм всех вредных компонентов табачного дыма. А сигареты содержат более десятка химических соединений: аммиак, кадмий, уксусную и стеариновую кислоту, гексамин, толуол, мышьяк, метанол и др.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В свете этого представляется обоснованным, что уменьшение содержания никотина в сигаретах будет способствовать тому, что у курильщиков не будет развиваться зависимость и они сумеют вовремя остановиться. Однако все происходит совершенно наоборот. Курильщик, перешедший на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>“лёгкую” марку сигарет, как правило, этим успокаивается, несмотря на то, что вредность пристрастия к курению табака воспринимается современным человеком почти как аксиома.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>На сегодняшний день нет ни одной табачной компании, которая бы не задумалась над снижением вреда от выпускаемых сигарет. Производители стараются всеми возможными способами сократить уровень опасных химических элементов, содержащихся в обычной сигарете, до минимального.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Что же на самом деле означают термины “лёгкие” и “ультралёгкие” сигареты? Являются ли марки “лёгких” сигарет менее вредными или это лишь способ указать силу вкуса и аромата?.. Несмотря на то, что в “лёгких” и “ультралёгких” сигаретах снижено содержание смолы (до 1 мг) и никотина (до 0,1 мг), курильщики этих марок получают те же токсины в свой организм, как и те, кто курит обычные сигареты. Исследователи не обнаружили также и существенных различий в количестве этих канцерогенных веществ, не говоря уже о сложных схемах замещения низкого уровня некоторых токсичных веществ их синтезом при горении сигареты, а также вредным сочетанием оставшихся компонентов…</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Но и это еще не все. По мнению специалистов, “лёгкие” сигареты могут нанести даже гораздо больше вреда, чем традиционные. Как аргумент приводится факт, что некоторые люди при переходе на “лёгкие” сигареты просто начинают выкуривать их большее количество в течение дня, так что доза потребляемых токсичных веществ остается прежней. Кроме того, при курении легких сигарет люди делают более глубокие затяжки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Так что не будем себя обманывать тем, что от “лёгкости” сигарет зависит легкость излечивания приобретенных от них заболеваний. Недаром курение – это вредная привычка. Вредная – значит наносящая ущерб здоровью.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Хорошо, что современный человек стал все чаще задумываться о своем моральном и физическом благополучии. Хорошо, что он предпочитает сегодня “лёгкие” сигареты. Еще лучше, если он после перехода на “лёгкие” сигареты решил бросить курить вообще.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Только для того, чтобы укрепить это желание, стоит сказать, что после того, как вы бросите курить уже через месяц значительно облегчится дыхание, вы станете высыпаться, у вас повысится работоспособность и значительно возрастет общий тонус. Через 3-6 месяцев легкие освободятся от вредных продуктов горения табака (смолы, табачная пыль и т.д.). Через год на 50% снизится риск развития коронарной болезни. Через 5 лет значительно снизится вероятность заболеть раком легких.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>К вредным привычкам кроме курения, относиться еще более пагубная – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>потребление алкоголя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. К сожалению, в жизни они очень часто сочетаются друг с другом. Так, среди непьющего населения курильщиков 40 %, среди злоупотребляющих алкоголем уже 98 %.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В организме алкоголь оказывает следующие виды воздействия:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> токсически действует на клетки головного мозга, изменяет биологические процессы головного мозга, обеспечивает организм энергией, замедляет работу центральной нервной системы, снижает ее эффективность, действует как анестезирующее средство, стимулирует производство мочи (при большом приеме алкоголя тело теряет больше воды, чем получает, вследствие этого клетки обезвоживаются), временно выводит из строя печень (после приема большой дозы спиртного примерно две трети печени могут выйти из строя, но работа печени обычно полностью восстанавливается через несколько дней).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Узнать о последствиях алкоголизма лучше всего до того, как разовьется алкогольная зависимость. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Первыми сигналами алкоголизма</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> являются – наличие тяги. Поражение печени приводит к алкогольному гепатиту и циррозу, следом идет асцит (жидкость в животе), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>бактериальный перитонит (воспаляется выстилка брюшной полости), поражение мозга, пищеводное кровотечение из варикозных сосудов (при повышенном давлении в венах печени), увеличение селезенки, функциональная почечная недостаточность, анемия. Нарушение свертываемости крови приводит к ее большим потерям. Последствия алкоголизма сохраняются многие месяцы после того, как человек отказывается от спиртного.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Алкоголь разрушает</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> системы гормональной регуляции организма, а эта сфера одна их самых неизученным, нарушения в ней могут привести к серьезным болезням.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Негативное влияние наркотиков на организм человека</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Наркотики </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оказывают специфическое действие прежде всего на нервную систему, а также на весь организм человека. Это действие заключается в развитии особых состояний, которые называются состояниями наркотического опьянения: снимаются болевые ощущения, меняется настроение, психический и физический тонус. Появляется чувство легкости, эйфория, сосредоточенность на собственных нереальных ощущениях, освобождение от груза проблем и забот.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>При повторных приемах “доз” в короткие сроки развиваются тяжелые медицинские последствия хронического отравления организма:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> поражение внутренних органов, нервной системы, головного мозга. Возникают разнообразные психические расстройства, нарастают деградация личности, потеря работоспособности, отмечаются постепенная полная инвалидизация, высокая смертность, причем нередко – ранняя, в молодом возрасте. Гибель больных вызывается не только осложнениями тяжелых заболеваний, являющихся следствием постоянной наркоинтоксикации (такими, как острая сердечная или печеночная недостаточность), но и передозировкой препаратов, несчастными случаями в состоянии опьянения, самоубийствами в приступе тоски, во время абстинентных мучений. Больные умирают от заражения крови при употреблении грязных шприцев, от тромбоза сосудов, а в последние годы – от СПИДа, вирусных гепатитов В и С.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Наркоманы разрушают себя не только физически, но и духовно.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Для них характерны такие нарушения психики, как душевная опустошенность, черствость, холодность, утрата способности к сопереживанию, эмоциональному контакту, глубокий эгоизм. В ходе болезни резко падает энергетический и волевой тонус, угасают все влечения и потребности, кроме тяги к наркотикам. Нередко на первый план выступают аморальность больных, их склонность к асоциальному поведению, готовность к преступлениям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Все наркотики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, независимо от пути введения в организм, в большей или меньшей степени обязательно </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>повреждают:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нервную систему (в том числе головной мозг);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>иммунную систему;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>печень;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сердце;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>легкие.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конопля:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> ее курение вызывает хронический бронхит, рак легких, нарушение иммунитета, сердечно-сосудистую недостаточность, миокардит, сердечную аритмию, интоксикацию печени, тяжелое повреждение головного мозга.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Опиатные наркотики:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ввиду их внутривенного введения риск заражения тремя опаснейшими заболеваниями: СПИДом, сифилисом и гепатитами. Гепатит у наркоманов вызывается сразу двумя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>вирусами, так называемый ассоциированный гепатит В и С, он отличается агрессивным течением и, как правило, становится хроническим. Итогом хронического гепатита В и С становятся: печеночная недостаточность и рак печени; снижается сопротивляемость заболеваниям и природный иммунитет, достигающий степени “химического СПИДа”; развиваются гнойно-инфекционные осложнения – сепсис, тромбофлебиты, флегмоны, воспаление легких и др.; гипертермическая реакция (так называемая “тряска”); энцефалопатия; заболевания костной и зубной тканей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Психостимуляторы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> резко усиливают обмен веществ, в том числе в головном мозге, резко увеличивают частоту сердечных сокращений и повышают артериальное давление. При этом энергия, необходимая для активации жизненных систем, черпается из резервных запасов организма. Сами же резервы при употреблении психостимуляторов не успевают восстанавливаются. Быстро наступает дефицит жизненных ресурсов организма. Страдает сердечно-сосудистая система – возникают тяжелые аритмии, возможна смерть от остановки сердца, инфаркт миокарда, развиваются тяжелые депрессии, достигающие степени психоза.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Галлюциногены:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> в принципе те же осложнения, что и при употреблении препаратов конопли, за исключением поражения легких, так как эти препараты не курят. Всегда страдает головной мозг, недаром их называют “разрушающими психику”. Вызывают психозы и всегда необратимые поражения психики при регулярном употреблении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Снотворно-седативные средства:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> спектр повреждающего действия таков: “мозг–печень–сердце”, стойкая и длительная бессонница, специфическое повреждение головного мозга (энцефалопатия), галлюцинации, повреждение сердечно-сосудистой системы, судорожные припадки и суицидальные попытки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Наркотики крайне негативно влияют на состояние репродуктивной системы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> мужчины и женщины, отражаются на сексуальной жизни человека, впоследствии и на его детях. Доказано, что применение наркотиков в конце концов разъединяет людей. Так, половое влечение женщин к мужчинам ослабевает в результате нервных и гормональных нарушений, а также нарушений сложнейшей координации между гипоталамусом и гипофизом. Именно эти отделы мозга ответственны за половую функцию организма. Обследуя мужчин, куривших марихуану непродолжительное время, исследователи не обнаружили в их семенной жидкости зрелых сперматозоидов, но зато насчитали большое количество уродливых форм половых клеток. Под воздействием наркотиков у человека снижается уровень половых гормонов в плазме крови и главным образом – тестостерона, являющегося биологическим химическим веществом, повышающим сексуальную чувствительность нервных окончаний кожных и слизистых покровов. У половых партнеров сексуальные реакции могут быть притуплены или полностью отсутствовать.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Наркотики оказывают очень сильное негативное влияние на формирование плода. У родителей-наркоманов дети рождаются с различными умственными и физическими отклонениями. Кроме того, употребление наркотиков родителями пагубно сказывается на здоровье их детей, и не только тогда, когда они находятся в утробе матери, но и после родов. Мать, употребляющая наркотики, не может кормить ребенка грудью. Дети, рожденные родителями-наркоманами, плохо развиваются, отстают в умственном и физическом развитии, в дальнейшем плохо учатся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Негативное влияние курительных смесей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>На</w:t>
+      </w:r>
+      <w:r w:rsidR="0004021F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> территории </w:t>
+      </w:r>
+      <w:r w:rsidR="0004021F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> продолжается реализация продукции растительного происхождения, содержащей ядовитые компоненты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Продавцы курительных смесей в настоящее время очень активно, в наглядной и доступной форме рекламируют свой товар как корм для рыб, соли для ванн, добавки для роста растений и другие.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Курительные смеси пагубно действуют</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> на здоровье человека, как все наркотики. Каннабиоиды, входящие в его состав, разрушают мозг, губительно воздействуют на органы дыхания, сердечно-сосудистую и репродуктивную систему. Регулярное употребление подобных курительных смесей вызывает привыкание, а синдром отмены выражается в болях во всем теле, тошноте, ознобе и на терри</w:t>
+      </w:r>
+      <w:r w:rsidR="0004021F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тории </w:t>
+      </w:r>
+      <w:r w:rsidR="0004021F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>КР</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уже отмечены случаи “синдрома отмены”. Курение смеси приводит к ухудшению работы практически всех психических функций организма. Страдает память, интеллект, внимание.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Употребление синтетических наркотиков имеет долгосрочное пагубное воздействие на центральную нервную систему.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Кроме того, часто такие наркотики изготовляются в нестерильных условиях и содержат различные опасные для организма примеси. Отмечается, что люди, изготавливающие наркотики, “изобретают все новые и новые химические вещества, обладающие наркотическим эффектом”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Экспертиза курительных смесей установила, что </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>вещества, входящие в состав таких смесей, оказывают галлюциногенное и психотропное действие, содержат ядовитые компоненты и представляют потенциальную опасность для жизни и здоровья человека</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Употребление курительных смесей может вызвать различный спектр негативных психических эффектов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>– неспособность сосредоточиться;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>– нарушение восприятия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>– бесконтрольный смех;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>– полная потеря контакта с окружающим миром;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>– отсутствие способности ориентироваться в пространстве;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>– потеря контроля собственной личности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Изменение поведения человека нельзя охарактеризовать как непродолжительное. Длительность опьянения гораздо дольше, чем кажется. Воздействие курительных смесей со временем может привести к тяжелой инвалидности, навсегда изменить личность человека, превратив его в наркозависимого больного.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Наркологи подчеркивают, любые наркотики – зло, однако синтетические, которые становятся все популярнее в наше время, зло еще более изощренное.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Наркологи определяют шесть этапов развития зависимости от наркотиков:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1-я стадия — начало употребления</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Чаще люди начинают употребление наркотиков в молодом возрасте. Среди наиболее распространенных причин первого опыта употребления называются любопытство, влияние авторитетных личностей, жажда новых впечатлений, стремление к подражанию и желание принадлежности группе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2-я стадия — экспериментирование</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Начинается экспериментирование с разными видами наркотиков и других психоактивных веществ (ПАВ). Употребление чаще всего происходит с намерением достичь эйфоризирующий эффект.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>3-я стадия — социальное употребление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Складывается определенная форма употребления вещества. Употребление происходит в определенных группах и ситуациях. Как правило, большинство наркоманов люди в возрасте до 35 лет. При этом растет количество наркозависимых подростков.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4-я стадия — привычное употребление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Употребление становится привычным, употребляющий стремится (не всегда полностью осознанно) подыскать друзей, употребляющих то же вещество. Возникает потребность в наркотике и озабоченность тем, чтобы он был всегда доступен. Для достижения желаемого эффекта приходится принимать большие дозы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5-я стадия — чрезмерное употребление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Начинаются проблемы во взаимоотношениях, неприятности на работе, финансовые проблемы и проблемы с законом, что приводит к еще большему употреблению из-за стремления “снять” стресс, создается “порочный круг”. Наркотик принимается для облегчения и устранения проявлений абстиненции, “ломки”, а не для достижения эйфории.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6-я стадия — болезненное пристрастие</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Утрачивается контроль над употреблением наркотика или другого ПАВ. Употребление продолжается, несмотря на явные отрицательные последствия (разрушение отношений, потеря работы, угроза уголовного преследования, проблемы со здоровьем). Человек перестает видеть связь между своим употреблением наркотиков и возникающими отрицательными последствиями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="00D9181B">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>При развитии зависимости от наркотических веществ эти этапы могут проходить довольно быстро, и часто за помощью человек обращается, находясь на последнем из них.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5664" w:rsidRPr="008238E9" w:rsidRDefault="00BB5664" w:rsidP="008238E9">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008238E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Задумайтесь о том, стоит ли ради минутной эйфории безвозвратно терять здоровье, лишать свое будущее перспектив яркой полноценной жизни!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0047494E" w:rsidRPr="008238E9" w:rsidRDefault="0047494E" w:rsidP="008238E9">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...14 lines deleted...]
-    <w:sectPr w:rsidR="0047494E" w:rsidRPr="00FE091D" w:rsidSect="008238E9">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="0047494E" w:rsidRPr="008238E9" w:rsidSect="008238E9">
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="568" w:right="707" w:bottom="1134" w:left="993" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00770F46" w:rsidRDefault="00770F46" w:rsidP="00A711F6">
+    <w:p w:rsidR="00C36DF9" w:rsidRDefault="00C36DF9" w:rsidP="00A711F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00770F46" w:rsidRDefault="00770F46" w:rsidP="00A711F6">
+    <w:p w:rsidR="00C36DF9" w:rsidRDefault="00C36DF9" w:rsidP="00A711F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="decorative"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
-    <w:family w:val="decorative"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-507288229"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="00A711F6" w:rsidRDefault="00956F16">
+      <w:p w:rsidR="00A711F6" w:rsidRDefault="00D6285A">
         <w:pPr>
           <w:pStyle w:val="a7"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00A711F6">
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00542A25">
+        <w:r w:rsidR="00AB39F3">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>6</w:t>
+          <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w:rsidR="00A711F6" w:rsidRDefault="00A711F6">
     <w:pPr>
       <w:pStyle w:val="a7"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00770F46" w:rsidRDefault="00770F46" w:rsidP="00A711F6">
+    <w:p w:rsidR="00C36DF9" w:rsidRDefault="00C36DF9" w:rsidP="00A711F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00770F46" w:rsidRDefault="00770F46" w:rsidP="00A711F6">
+    <w:p w:rsidR="00C36DF9" w:rsidRDefault="00C36DF9" w:rsidP="00A711F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="32FC349C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="12C46820"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -2242,144 +2478,142 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1658072446">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...2 lines deleted...]
-  <w:revisionView w:inkAnnotations="0"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002A2DA8"/>
+    <w:rsid w:val="0004021F"/>
+    <w:rsid w:val="00196E6D"/>
     <w:rsid w:val="002A2DA8"/>
-    <w:rsid w:val="003761AB"/>
     <w:rsid w:val="0047494E"/>
-    <w:rsid w:val="00542A25"/>
+    <w:rsid w:val="006A7019"/>
     <w:rsid w:val="00716917"/>
-    <w:rsid w:val="00770F46"/>
     <w:rsid w:val="0080725D"/>
     <w:rsid w:val="008238E9"/>
-    <w:rsid w:val="00956F16"/>
     <w:rsid w:val="00A711F6"/>
+    <w:rsid w:val="00AB39F3"/>
     <w:rsid w:val="00BB5664"/>
     <w:rsid w:val="00BC5B7B"/>
+    <w:rsid w:val="00C36DF9"/>
+    <w:rsid w:val="00D6285A"/>
     <w:rsid w:val="00D9181B"/>
-    <w:rsid w:val="00DB58E7"/>
     <w:rsid w:val="00E839AB"/>
     <w:rsid w:val="00FA7CB8"/>
-    <w:rsid w:val="00FE091D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{8407DEA9-ED94-FE46-8125-97BD8A5A86CD}"/>
+  <w14:docId w14:val="58B58535"/>
+  <w15:docId w15:val="{A945B722-52BF-9743-8ABC-636C5A4BE743}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2490,51 +2724,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:uiPriority="59" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -2707,60 +2941,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00956F16"/>
+    <w:rsid w:val="00D6285A"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -2823,51 +3052,51 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A711F6"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a8">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00A711F6"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="191042189">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="771049858">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -3145,68 +3374,67 @@
                         </w:div>
                         <w:div w:id="505286352">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:sysClr val="window" lastClr="FFFFFF"/>
+        <a:sysClr val="window" lastClr="EFEFEF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
@@ -3441,73 +3669,69 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>13936</Characters>
+  <Pages>6</Pages>
+  <Words>2618</Words>
+  <Characters>14927</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>116</Lines>
-  <Paragraphs>32</Paragraphs>
+  <Lines>124</Lines>
+  <Paragraphs>35</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16348</CharactersWithSpaces>
+  <CharactersWithSpaces>17510</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
   <dc:creator>User</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>