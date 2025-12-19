--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -1,1723 +1,1757 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="182557CA" w14:textId="61DA6F3F" w:rsidR="00465180" w:rsidRPr="00F93F9D" w:rsidRDefault="00465180" w:rsidP="00465180">
+    <w:p w14:paraId="0B304BB6" w14:textId="77777777" w:rsidR="00C71EC6" w:rsidRPr="00F93F9D" w:rsidRDefault="00C71EC6" w:rsidP="00C71EC6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00F93F9D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>БЕКІТЕМІН</w:t>
+        <w:t>УТВЕРЖДАЮ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BA5980D" w14:textId="38275B4A" w:rsidR="00465180" w:rsidRPr="00F93F9D" w:rsidRDefault="00465180" w:rsidP="00465180">
+    <w:p w14:paraId="56D52C15" w14:textId="77777777" w:rsidR="00C71EC6" w:rsidRPr="00F93F9D" w:rsidRDefault="00C71EC6" w:rsidP="00C71EC6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00F93F9D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Директор школы </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AC7295A" w14:textId="77777777" w:rsidR="00465180" w:rsidRPr="00F93F9D" w:rsidRDefault="00465180" w:rsidP="00465180">
+    <w:p w14:paraId="4B08FD7B" w14:textId="77777777" w:rsidR="00C71EC6" w:rsidRPr="00F93F9D" w:rsidRDefault="00C71EC6" w:rsidP="00C71EC6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F93F9D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>М.Б. Мусипова</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="558A3AA2" w14:textId="77777777" w:rsidR="00465180" w:rsidRPr="00F93F9D" w:rsidRDefault="00465180" w:rsidP="00465180">
+    <w:p w14:paraId="32F13CC3" w14:textId="77777777" w:rsidR="00C71EC6" w:rsidRPr="00F93F9D" w:rsidRDefault="00C71EC6" w:rsidP="00C71EC6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F93F9D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32F849FF" w14:textId="77777777" w:rsidR="00465180" w:rsidRDefault="00465180" w:rsidP="00465180">
+    <w:p w14:paraId="6BB4DFF3" w14:textId="77777777" w:rsidR="00C71EC6" w:rsidRDefault="00C71EC6" w:rsidP="00C71EC6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A3B79C0" w14:textId="3C0AB933" w:rsidR="00465180" w:rsidRPr="00CB386D" w:rsidRDefault="00465180" w:rsidP="00465180">
+    <w:p w14:paraId="150068B0" w14:textId="77777777" w:rsidR="00E672E7" w:rsidRPr="00CB386D" w:rsidRDefault="00CB37A1" w:rsidP="00E672E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00465180">
+      <w:r w:rsidRPr="007B6256">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                    </w:t>
+        <w:t xml:space="preserve">                            </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00CB386D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB386D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">План работы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CB386D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">проекта  </w:t>
+      </w:r>
+      <w:r w:rsidR="00E672E7">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«Өнегелі өмір»</w:t>
+        <w:t>«</w:t>
       </w:r>
-      <w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E672E7">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> жобасының жоспары</w:t>
-[...8 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Өнегелі өмір».</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56BAAAD7" w14:textId="77777777" w:rsidR="00465180" w:rsidRPr="00E672E7" w:rsidRDefault="00465180" w:rsidP="00465180">
+    <w:p w14:paraId="4BBCE1B5" w14:textId="77777777" w:rsidR="00CB37A1" w:rsidRPr="00E672E7" w:rsidRDefault="00CB37A1" w:rsidP="00CB37A1">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5238F01E" w14:textId="77777777" w:rsidR="00465180" w:rsidRPr="00465180" w:rsidRDefault="00465180" w:rsidP="00465180">
+    <w:p w14:paraId="282BB851" w14:textId="382E90C8" w:rsidR="00CB37A1" w:rsidRPr="00CB386D" w:rsidRDefault="00CB37A1" w:rsidP="00CB37A1">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11057" w:type="dxa"/>
-        <w:tblInd w:w="-1423" w:type="dxa"/>
+        <w:tblInd w:w="-1139" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="7" w:type="dxa"/>
           <w:left w:w="106" w:type="dxa"/>
           <w:right w:w="120" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="882"/>
         <w:gridCol w:w="2096"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1164"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="1670"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00465180" w:rsidRPr="00CB386D" w14:paraId="22A81C41" w14:textId="77777777" w:rsidTr="00AB1BCE">
+      <w:tr w:rsidR="00CB37A1" w:rsidRPr="00CB386D" w14:paraId="2848A0B8" w14:textId="77777777" w:rsidTr="00F97BA7">
         <w:trPr>
           <w:trHeight w:val="1440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="882" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="376A3BA5" w14:textId="739FD491" w:rsidR="00465180" w:rsidRPr="00CB386D" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="304AD3EB" w14:textId="29478B2C" w:rsidR="00CB37A1" w:rsidRPr="00CB386D" w:rsidRDefault="00CB37A1" w:rsidP="00412692">
+            <w:pPr>
+              <w:spacing w:line="274" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB386D">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Эмблема </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F1096E6" w14:textId="2FED9228" w:rsidR="00D8665A" w:rsidRDefault="00D8665A" w:rsidP="00412692">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="2" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-              <w:rPr>
                 <w:b/>
                 <w:i/>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-                <w:sz w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB386D">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ш</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB37A1" w:rsidRPr="00CB386D">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ко</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41B0A5B4" w14:textId="38B2D134" w:rsidR="00CB37A1" w:rsidRPr="00CB386D" w:rsidRDefault="00CB37A1" w:rsidP="00412692">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB386D">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB386D">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10175" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="017EE7E3" w14:textId="3ADEDA25" w:rsidR="00465180" w:rsidRPr="00CB386D" w:rsidRDefault="0074227E" w:rsidP="00AB1BCE">
+          <w:p w14:paraId="46F15906" w14:textId="4FD84B4C" w:rsidR="00073E4A" w:rsidRDefault="00C71EC6" w:rsidP="00073E4A">
             <w:pPr>
               <w:spacing w:after="0" w:line="280" w:lineRule="auto"/>
-              <w:ind w:right="1395"/>
+              <w:ind w:right="-112"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB386D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">План мероприятий </w:t>
+            </w:r>
+            <w:r w:rsidR="00073E4A">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>КГУ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB386D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00073E4A">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Опорная школа (РЦ) имени </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00073E4A">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Каныша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00073E4A">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00073E4A">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сатбаева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00073E4A">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB37A1" w:rsidRPr="00CB386D">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB386D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidR="00073E4A">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB386D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="007E3FCB">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB386D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-202</w:t>
+            </w:r>
+            <w:r w:rsidR="007E3FCB">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB37A1" w:rsidRPr="00CB386D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> гг. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79EEE246" w14:textId="75CCA560" w:rsidR="00CB37A1" w:rsidRPr="00CB386D" w:rsidRDefault="00793D7B" w:rsidP="00073E4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="1530" w:right="1395" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...159 lines deleted...]
-              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E14E529" w14:textId="2A353BAA" w:rsidR="00465180" w:rsidRPr="00CB386D" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="5C6BA292" w14:textId="77777777" w:rsidR="00CB37A1" w:rsidRPr="00CB386D" w:rsidRDefault="00CB37A1" w:rsidP="00412692">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="9" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB386D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">(План мероприятий СРШ составляется на 1 год) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00465180" w:rsidRPr="00CB386D" w14:paraId="378E4F53" w14:textId="77777777" w:rsidTr="00AB1BCE">
+      <w:tr w:rsidR="00CB37A1" w:rsidRPr="00CB386D" w14:paraId="294E3B8C" w14:textId="77777777" w:rsidTr="00F97BA7">
         <w:trPr>
           <w:trHeight w:val="286"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="882" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2650B298" w14:textId="77777777" w:rsidR="00465180" w:rsidRPr="00CB386D" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="054A78FB" w14:textId="77777777" w:rsidR="00CB37A1" w:rsidRPr="00CB386D" w:rsidRDefault="00CB37A1" w:rsidP="00412692">
             <w:pPr>
               <w:spacing w:after="19" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="15" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB386D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">№ </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="00E047EA" w14:textId="77777777" w:rsidR="00465180" w:rsidRPr="00CB386D" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="150FE943" w14:textId="77777777" w:rsidR="00CB37A1" w:rsidRPr="00CB386D" w:rsidRDefault="00CB37A1" w:rsidP="00412692">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="13" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB386D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">п/п </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3230" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3733958E" w14:textId="76FA4DBC" w:rsidR="00465180" w:rsidRPr="00CB386D" w:rsidRDefault="00AB1BCE" w:rsidP="0041138D">
+          <w:p w14:paraId="1E746C09" w14:textId="77777777" w:rsidR="00CB37A1" w:rsidRPr="00CB386D" w:rsidRDefault="00CB37A1" w:rsidP="00412692">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="11" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00CB386D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...48 lines deleted...]
-              <w:t xml:space="preserve"> шаралар</w:t>
+              <w:t xml:space="preserve">Мероприятие </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1164" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="50FD2F3E" w14:textId="12F579B9" w:rsidR="00465180" w:rsidRPr="00AB1BCE" w:rsidRDefault="00AB1BCE" w:rsidP="0041138D">
+          <w:p w14:paraId="73614DB0" w14:textId="77777777" w:rsidR="00CB37A1" w:rsidRPr="00CB386D" w:rsidRDefault="00CB37A1" w:rsidP="00CB37A1">
             <w:pPr>
               <w:spacing w:after="35" w:line="238" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB386D">
+              <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...13 lines deleted...]
-              <w:t>Өткізу мерзімі</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сроки проведения </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1C0A4DD8" w14:textId="2B1631CA" w:rsidR="00465180" w:rsidRPr="00AB1BCE" w:rsidRDefault="00AB1BCE" w:rsidP="0041138D">
+          <w:p w14:paraId="76EE5085" w14:textId="77777777" w:rsidR="00CB37A1" w:rsidRPr="00CB386D" w:rsidRDefault="00CB37A1" w:rsidP="00412692">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB386D">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...2 lines deleted...]
-              <w:t>Жауаптылар</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ответственные </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="525915A9" w14:textId="1FB9757C" w:rsidR="00465180" w:rsidRPr="00AB1BCE" w:rsidRDefault="00AB1BCE" w:rsidP="0041138D">
+          <w:p w14:paraId="2F93FAA0" w14:textId="77777777" w:rsidR="00CB37A1" w:rsidRPr="00CB386D" w:rsidRDefault="00CB37A1" w:rsidP="00CB37A1">
             <w:pPr>
               <w:spacing w:after="11" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="17" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB386D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Қатысушылар</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Участники </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1670" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="38B5F53F" w14:textId="490CF9F1" w:rsidR="00465180" w:rsidRPr="00CB386D" w:rsidRDefault="007D1E6A" w:rsidP="0041138D">
+          <w:p w14:paraId="5B028CC9" w14:textId="77777777" w:rsidR="00CB37A1" w:rsidRPr="00CB386D" w:rsidRDefault="00CB37A1" w:rsidP="00CB37A1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="14" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB386D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ожидаемый </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BDFF1DC" w14:textId="77777777" w:rsidR="00CB37A1" w:rsidRPr="00CB386D" w:rsidRDefault="00CB37A1" w:rsidP="00412692">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="77" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00CB386D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">результат </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00465180" w:rsidRPr="00CB386D" w14:paraId="59826AB2" w14:textId="77777777" w:rsidTr="00AB1BCE">
+      <w:tr w:rsidR="00CB37A1" w:rsidRPr="00CB386D" w14:paraId="5C860015" w14:textId="77777777" w:rsidTr="00F97BA7">
         <w:trPr>
           <w:trHeight w:val="564"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="882" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6985EA08" w14:textId="77777777" w:rsidR="00465180" w:rsidRPr="00CB386D" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="394F2D4C" w14:textId="77777777" w:rsidR="00CB37A1" w:rsidRPr="00CB386D" w:rsidRDefault="00CB37A1" w:rsidP="00412692">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2096" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="51702EAA" w14:textId="12A7B9B0" w:rsidR="00465180" w:rsidRPr="00CB386D" w:rsidRDefault="00AB1BCE" w:rsidP="0041138D">
+          <w:p w14:paraId="2D89825E" w14:textId="77777777" w:rsidR="00CB37A1" w:rsidRPr="00CB386D" w:rsidRDefault="00CB37A1" w:rsidP="00CB37A1">
             <w:pPr>
               <w:spacing w:after="10" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="58" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00CB386D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Атауы</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">  </w:t>
+              <w:t xml:space="preserve">Наименование  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="57BB0FF7" w14:textId="3224928F" w:rsidR="00465180" w:rsidRPr="00AB1BCE" w:rsidRDefault="00AB1BCE" w:rsidP="0041138D">
+          <w:p w14:paraId="0F5B2E1D" w14:textId="77777777" w:rsidR="00CB37A1" w:rsidRPr="00CB386D" w:rsidRDefault="00CB37A1" w:rsidP="00412692">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB386D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Т</w:t>
-[...8 lines deleted...]
-              <w:t>үрі</w:t>
+              <w:t xml:space="preserve">Форма  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1164" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3E605943" w14:textId="77777777" w:rsidR="00465180" w:rsidRPr="00CB386D" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="3804B978" w14:textId="77777777" w:rsidR="00CB37A1" w:rsidRPr="00CB386D" w:rsidRDefault="00CB37A1" w:rsidP="00412692">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="114D33B6" w14:textId="77777777" w:rsidR="00465180" w:rsidRPr="00CB386D" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="284C0D82" w14:textId="77777777" w:rsidR="00CB37A1" w:rsidRPr="00CB386D" w:rsidRDefault="00CB37A1" w:rsidP="00412692">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="59C594D3" w14:textId="77777777" w:rsidR="00465180" w:rsidRPr="00CB386D" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="08AEF0B3" w14:textId="77777777" w:rsidR="00CB37A1" w:rsidRPr="00CB386D" w:rsidRDefault="00CB37A1" w:rsidP="00412692">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1670" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0BEB35FA" w14:textId="77777777" w:rsidR="00465180" w:rsidRPr="00CB386D" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="3A54A68B" w14:textId="77777777" w:rsidR="00CB37A1" w:rsidRPr="00CB386D" w:rsidRDefault="00CB37A1" w:rsidP="00412692">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00465180" w:rsidRPr="00CB386D" w14:paraId="7862781D" w14:textId="77777777" w:rsidTr="00AB1BCE">
+      <w:tr w:rsidR="00CB37A1" w:rsidRPr="00CB386D" w14:paraId="2F1E61CF" w14:textId="77777777" w:rsidTr="00F97BA7">
         <w:trPr>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="882" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7B441550" w14:textId="77777777" w:rsidR="00465180" w:rsidRPr="00CB386D" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="1BBDFA73" w14:textId="77777777" w:rsidR="00CB37A1" w:rsidRPr="00CB386D" w:rsidRDefault="00CB37A1" w:rsidP="00412692">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="2" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB386D">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2096" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7DF2986B" w14:textId="77777777" w:rsidR="00465180" w:rsidRPr="00CB386D" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="623DD8EE" w14:textId="77777777" w:rsidR="00CB37A1" w:rsidRPr="00CB386D" w:rsidRDefault="00C71EC6" w:rsidP="00C71EC6">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB386D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«Өнегелі өмір» жобасы</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5ECE3289" w14:textId="77777777" w:rsidR="00465180" w:rsidRPr="00CB386D" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="79B8036A" w14:textId="77777777" w:rsidR="00C71EC6" w:rsidRPr="00CB386D" w:rsidRDefault="00C71EC6" w:rsidP="00C71EC6">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2775A0BD" w14:textId="49BD31F6" w:rsidR="00465180" w:rsidRPr="00AA30C5" w:rsidRDefault="00AA30C5" w:rsidP="0041138D">
+          <w:p w14:paraId="2367FB5C" w14:textId="77777777" w:rsidR="00CB37A1" w:rsidRPr="004C5602" w:rsidRDefault="00C71EC6" w:rsidP="00412692">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...20 lines deleted...]
-                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB386D">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Онлайн </w:t>
+            </w:r>
+            <w:r w:rsidR="004C5602">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">встреча через </w:t>
+            </w:r>
+            <w:r w:rsidR="004C5602">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t>ZOOM</w:t>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1164" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="66A44CDF" w14:textId="77777777" w:rsidR="00465180" w:rsidRPr="00CB386D" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="6722CA04" w14:textId="77777777" w:rsidR="00CB37A1" w:rsidRPr="00CB386D" w:rsidRDefault="00CB37A1" w:rsidP="00C71EC6">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="2" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4825FB86" w14:textId="77777777" w:rsidR="00465180" w:rsidRPr="00CB386D" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="3CACF43D" w14:textId="77777777" w:rsidR="00CB37A1" w:rsidRPr="00CB386D" w:rsidRDefault="00CB37A1" w:rsidP="00412692">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="2" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="742F2ED3" w14:textId="77777777" w:rsidR="00465180" w:rsidRPr="00CB386D" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="52229A81" w14:textId="77777777" w:rsidR="00CB37A1" w:rsidRPr="00CB386D" w:rsidRDefault="00CB37A1" w:rsidP="00C71EC6">
             <w:pPr>
               <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1670" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="51244B1D" w14:textId="77777777" w:rsidR="00465180" w:rsidRPr="00CB386D" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="148E389B" w14:textId="77777777" w:rsidR="00CB37A1" w:rsidRPr="00CB386D" w:rsidRDefault="00CB37A1" w:rsidP="00412692">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="2" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB386D">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00465180" w:rsidRPr="00CB386D" w14:paraId="32BEE2B0" w14:textId="77777777" w:rsidTr="00AB1BCE">
+      <w:tr w:rsidR="00E672E7" w:rsidRPr="00CB386D" w14:paraId="52F40DC7" w14:textId="77777777" w:rsidTr="00F97BA7">
         <w:trPr>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="882" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="74A6F5E8" w14:textId="77777777" w:rsidR="00465180" w:rsidRPr="00CB386D" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="3B9B1153" w14:textId="77777777" w:rsidR="00E672E7" w:rsidRPr="00CB386D" w:rsidRDefault="00E672E7" w:rsidP="00E672E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="2" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2096" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4434AB69" w14:textId="77777777" w:rsidR="00465180" w:rsidRPr="00CB386D" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="46F46FCC" w14:textId="77777777" w:rsidR="00E672E7" w:rsidRPr="00CB386D" w:rsidRDefault="00E672E7" w:rsidP="00E672E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB386D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«Өнегелі өмір» жобасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="33A0A4CD" w14:textId="77777777" w:rsidR="00465180" w:rsidRPr="00CB386D" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="2A71CC5D" w14:textId="77777777" w:rsidR="00E672E7" w:rsidRPr="00CB386D" w:rsidRDefault="00E672E7" w:rsidP="00C930A5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1164" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="34DF1527" w14:textId="3751D7E9" w:rsidR="00465180" w:rsidRPr="007D1E6A" w:rsidRDefault="00AA30C5" w:rsidP="0041138D">
+          <w:p w14:paraId="6AB9CACC" w14:textId="293E71AB" w:rsidR="00E672E7" w:rsidRPr="00531729" w:rsidRDefault="00531729" w:rsidP="00E672E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="2" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-              <w:t>ыркүйек</w:t>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidR="00D8665A">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ентя</w:t>
+            </w:r>
+            <w:r w:rsidR="00E672E7">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>брь</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6D3B5A59" w14:textId="77777777" w:rsidR="00465180" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="74A5EB18" w14:textId="01ADFA40" w:rsidR="00BE7443" w:rsidRDefault="00D8665A" w:rsidP="00E672E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="2" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> Абилова А.Р.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1905F8BA" w14:textId="77777777" w:rsidR="00465180" w:rsidRPr="00CB386D" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="1C38E2A5" w14:textId="6ED9BB66" w:rsidR="00E672E7" w:rsidRPr="00CB386D" w:rsidRDefault="00D8665A" w:rsidP="00E672E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="2" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="27"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>9 «А»</w:t>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE7443">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="27"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="27"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>А</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE7443">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="27"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="170C1E83" w14:textId="02F8A96A" w:rsidR="00465180" w:rsidRPr="007D1E6A" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="56D6AB6A" w14:textId="4663B9AA" w:rsidR="00105229" w:rsidRDefault="00105229" w:rsidP="00105229">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D03605">
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Какенов</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D03605">
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Нурлан </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D03605">
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Сагадатович</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="007D1E6A">
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D03605">
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="007D1E6A">
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="007D1E6A">
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> главный</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Молодежный к АА бас маманы,</w:t>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> врач</w:t>
             </w:r>
             <w:r w:rsidRPr="00D03605">
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="007D1E6A">
+              <w:t xml:space="preserve"> СБ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D03605">
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>хирург</w:t>
+              </w:rPr>
+              <w:t>п.Молод</w:t>
+            </w:r>
+            <w:r w:rsidR="00F02B86">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ё</w:t>
             </w:r>
             <w:r w:rsidRPr="00D03605">
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>.</w:t>
-            </w:r>
+              <w:t>жный</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D03605">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>. Врач-хирург.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C91D818" w14:textId="77777777" w:rsidR="00E672E7" w:rsidRPr="003B46EE" w:rsidRDefault="00E672E7" w:rsidP="00105229">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1670" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="46FB537E" w14:textId="1D4FADAD" w:rsidR="00465180" w:rsidRPr="007D1E6A" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="121BE385" w14:textId="77777777" w:rsidR="00E672E7" w:rsidRPr="00CB386D" w:rsidRDefault="00E672E7" w:rsidP="00F97BA7">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="2" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Видео, фото, </w:t>
-[...15 lines deleted...]
-              <w:t>салу</w:t>
+              <w:t>Видео, фото, оснащение в Фейсбуке</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00465180" w:rsidRPr="00CB386D" w14:paraId="173AFFD0" w14:textId="77777777" w:rsidTr="00AB1BCE">
+      <w:tr w:rsidR="00105229" w:rsidRPr="00CB386D" w14:paraId="7F75650A" w14:textId="77777777" w:rsidTr="00F97BA7">
         <w:trPr>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="882" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="600B5293" w14:textId="77777777" w:rsidR="00465180" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="77C1686D" w14:textId="75E55F3E" w:rsidR="00105229" w:rsidRPr="0065338C" w:rsidRDefault="0065338C" w:rsidP="00105229">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="2" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-            </w:pPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2096" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2D6BCD09" w14:textId="77777777" w:rsidR="00465180" w:rsidRPr="00CB386D" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="51D01555" w14:textId="77777777" w:rsidR="00105229" w:rsidRPr="00CB386D" w:rsidRDefault="00105229" w:rsidP="00105229">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB386D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«Өнегелі өмір» жобасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1BA5A0DF" w14:textId="77777777" w:rsidR="00465180" w:rsidRPr="00CB386D" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="36CF41E9" w14:textId="77777777" w:rsidR="00105229" w:rsidRPr="00CB386D" w:rsidRDefault="00105229" w:rsidP="00105229">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1164" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3C19533E" w14:textId="3507CED3" w:rsidR="00465180" w:rsidRPr="00AA30C5" w:rsidRDefault="00AA30C5" w:rsidP="0041138D">
+          <w:p w14:paraId="48204DED" w14:textId="19A798CB" w:rsidR="00105229" w:rsidRPr="00531729" w:rsidRDefault="00531729" w:rsidP="00105229">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="2" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Қазан </w:t>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidR="00105229">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ктябрь</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="329B4F43" w14:textId="77777777" w:rsidR="00465180" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="1A5A657A" w14:textId="588B98BD" w:rsidR="00105229" w:rsidRDefault="00105229" w:rsidP="00105229">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="2" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Жаныспаева К.О.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0B3C79BC" w14:textId="77777777" w:rsidR="00465180" w:rsidRPr="00CB386D" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="18F3ADC6" w14:textId="522E7A66" w:rsidR="00105229" w:rsidRPr="00CB386D" w:rsidRDefault="00105229" w:rsidP="00105229">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="2" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>9 «</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -1725,1938 +1759,1883 @@
               </w:rPr>
               <w:t>Ә</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2A16E436" w14:textId="3114B327" w:rsidR="00465180" w:rsidRPr="00C930A5" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="558135A0" w14:textId="57BC7C6B" w:rsidR="00105229" w:rsidRPr="00C930A5" w:rsidRDefault="00C930A5" w:rsidP="00105229">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C930A5">
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Тулеев Айдар Ергалиевич -  </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00AA30C5">
+              <w:t>Тулеев Айдар Ергалиевич</w:t>
+            </w:r>
+            <w:r w:rsidR="00F02B86" w:rsidRPr="00C930A5">
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Молодежный к АА</w:t>
+              <w:t xml:space="preserve"> -  </w:t>
             </w:r>
             <w:r w:rsidRPr="00C930A5">
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">  Врач-хирург</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F02B86" w:rsidRPr="00C930A5">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C930A5">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Врач-хирург</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00AA30C5">
+            <w:r w:rsidR="00F02B86" w:rsidRPr="00C930A5">
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t>СБ п.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C930A5">
+            <w:r w:rsidR="00F02B86" w:rsidRPr="00C930A5">
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Молодёжный. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1670" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4B3DA6F6" w14:textId="506E6766" w:rsidR="00465180" w:rsidRPr="00AA30C5" w:rsidRDefault="00AA30C5" w:rsidP="0041138D">
+          <w:p w14:paraId="58F30E38" w14:textId="7554B792" w:rsidR="00105229" w:rsidRDefault="00105229" w:rsidP="00F97BA7">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:jc w:val="left"/>
-              <w:rPr>
-[...24 lines deleted...]
-              <w:t>Фейсбукке салу</w:t>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00533D6B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Виде</w:t>
+            </w:r>
+            <w:r w:rsidR="00F02B86">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00533D6B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,фото</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00533D6B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, оснащение в Фейсбуке</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00465180" w:rsidRPr="00CB386D" w14:paraId="693CD566" w14:textId="77777777" w:rsidTr="00AB1BCE">
+      <w:tr w:rsidR="00F02B86" w:rsidRPr="00CB386D" w14:paraId="6C77D246" w14:textId="77777777" w:rsidTr="00F97BA7">
         <w:trPr>
           <w:trHeight w:val="476"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="882" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4D749D3D" w14:textId="77777777" w:rsidR="00465180" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="55B223A6" w14:textId="7B83D3B7" w:rsidR="00F02B86" w:rsidRDefault="0065338C" w:rsidP="00F02B86">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="2" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2096" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0DC0FC5D" w14:textId="77777777" w:rsidR="00465180" w:rsidRPr="00CB386D" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="2E0E6A40" w14:textId="77777777" w:rsidR="00F02B86" w:rsidRPr="00CB386D" w:rsidRDefault="00F02B86" w:rsidP="00F02B86">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB386D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«Өнегелі өмір» жобасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3F9E2F09" w14:textId="77777777" w:rsidR="00465180" w:rsidRPr="00CB386D" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="7A0EF602" w14:textId="19E5E3BD" w:rsidR="00F02B86" w:rsidRPr="00CB386D" w:rsidRDefault="00F97BA7" w:rsidP="00F02B86">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1164" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="327F4F67" w14:textId="311A1CD3" w:rsidR="00465180" w:rsidRPr="00AA30C5" w:rsidRDefault="00AA30C5" w:rsidP="0041138D">
+          <w:p w14:paraId="2B00A5FC" w14:textId="13E7DC64" w:rsidR="00F02B86" w:rsidRPr="00531729" w:rsidRDefault="00531729" w:rsidP="00F02B86">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="2" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Қараша </w:t>
+              </w:rPr>
+              <w:t>Н</w:t>
+            </w:r>
+            <w:r w:rsidR="00F02B86">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оябрь</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5915E1CE" w14:textId="77777777" w:rsidR="00465180" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="52EC86BE" w14:textId="2E6DECF0" w:rsidR="00F02B86" w:rsidRDefault="00F02B86" w:rsidP="00F02B86">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="2" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Беспоместных И.В. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="37848F4D" w14:textId="77777777" w:rsidR="00465180" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="56FA0AD4" w14:textId="77777777" w:rsidR="00F02B86" w:rsidRDefault="00F02B86" w:rsidP="00F02B86">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="2" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>9 «Б»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="737A534A" w14:textId="6B18D1CA" w:rsidR="00465180" w:rsidRPr="005B2221" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="733A66D9" w14:textId="28D3DA18" w:rsidR="00F02B86" w:rsidRPr="00F97BA7" w:rsidRDefault="00F02B86" w:rsidP="00F02B86">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="99A5AB"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B46EE">
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Бережной</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Василий Васильевич</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> Василий Васильевич- </w:t>
+            </w:r>
+            <w:r w:rsidR="00531729">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B46EE">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B46EE">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>заместител</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00531729">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ь</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B46EE">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> директора ЦРБ Осакаровско</w:t>
+            </w:r>
+            <w:r w:rsidR="00130BF3">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>г</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B46EE">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>о района</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="99A5AB"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1670" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="228892E3" w14:textId="214918D1" w:rsidR="00F02B86" w:rsidRDefault="00F02B86" w:rsidP="00F97BA7">
+            <w:pPr>
+              <w:ind w:right="29"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
-            <w:r>
-[...16 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00533D6B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Видео,фото</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidR="005B2221">
-[...89 lines deleted...]
-              <w:t>Фейсбукке салу</w:t>
+            <w:r w:rsidRPr="00533D6B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, оснащение в Фейсбуке</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00465180" w:rsidRPr="00CB386D" w14:paraId="72FBEDF9" w14:textId="77777777" w:rsidTr="00AB1BCE">
+      <w:tr w:rsidR="00F02B86" w:rsidRPr="00CB386D" w14:paraId="42A7165C" w14:textId="77777777" w:rsidTr="00F97BA7">
         <w:trPr>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="882" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5DD39400" w14:textId="77777777" w:rsidR="00465180" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="4BCAB007" w14:textId="0B5E1FF9" w:rsidR="00F02B86" w:rsidRDefault="0065338C" w:rsidP="00F02B86">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="2" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2096" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="18E1BE10" w14:textId="77777777" w:rsidR="00465180" w:rsidRPr="00CB386D" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="39CFEC43" w14:textId="77777777" w:rsidR="00F02B86" w:rsidRPr="00CB386D" w:rsidRDefault="00F02B86" w:rsidP="00F02B86">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB386D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«Өнегелі өмір» жобасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="27451B2B" w14:textId="77777777" w:rsidR="00465180" w:rsidRPr="00CB386D" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="78A79982" w14:textId="77777777" w:rsidR="00F02B86" w:rsidRPr="00CB386D" w:rsidRDefault="00F02B86" w:rsidP="00F02B86">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1164" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="213012AB" w14:textId="7267ABB5" w:rsidR="00465180" w:rsidRPr="00AA30C5" w:rsidRDefault="00AA30C5" w:rsidP="0041138D">
+          <w:p w14:paraId="50B901E4" w14:textId="7F410454" w:rsidR="00F02B86" w:rsidRPr="00531729" w:rsidRDefault="00531729" w:rsidP="00F02B86">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="2" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Желтоқсан</w:t>
+              </w:rPr>
+              <w:t>Д</w:t>
+            </w:r>
+            <w:r w:rsidR="00F02B86">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>екабрь</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4C48FFFD" w14:textId="77777777" w:rsidR="00465180" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="59E64C7E" w14:textId="46991FD6" w:rsidR="00F02B86" w:rsidRDefault="00F02B86" w:rsidP="00F02B86">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="2" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Молдабаева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ж.Е.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="27916CE5" w14:textId="77777777" w:rsidR="00465180" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="648A76CC" w14:textId="763B3ED4" w:rsidR="00F02B86" w:rsidRDefault="00F02B86" w:rsidP="00F02B86">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="2" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D03605">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00D03605">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> «А»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="110B5AD2" w14:textId="3B8BE537" w:rsidR="00465180" w:rsidRPr="003146C2" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="1FBC204E" w14:textId="79B0C2A9" w:rsidR="00F02B86" w:rsidRPr="00130BF3" w:rsidRDefault="00130BF3" w:rsidP="00130BF3">
             <w:pPr>
               <w:pStyle w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00130BF3">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Куюков Карипбек Телтаевич- </w:t>
-[...88 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Куюков Карипбек Телтаевич- казахстанский художник, рисующий при помощи губ и пальцев ног. Активист международного антиядерного движения.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1670" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7BA7E4A8" w14:textId="4C8C62D2" w:rsidR="00465180" w:rsidRPr="005B2221" w:rsidRDefault="005B2221" w:rsidP="0041138D">
+          <w:p w14:paraId="0F301520" w14:textId="77777777" w:rsidR="00F02B86" w:rsidRDefault="00F02B86" w:rsidP="00F97BA7">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:jc w:val="left"/>
-              <w:rPr>
-[...24 lines deleted...]
-              <w:t>Фейсбукке салу</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00533D6B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Видео, фото, оснащение в Фейсбуке</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00465180" w:rsidRPr="00CB386D" w14:paraId="469BC150" w14:textId="77777777" w:rsidTr="00AB1BCE">
+      <w:tr w:rsidR="00F02B86" w:rsidRPr="00CB386D" w14:paraId="175700A6" w14:textId="77777777" w:rsidTr="00F97BA7">
         <w:trPr>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="882" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="45E56DDB" w14:textId="77777777" w:rsidR="00465180" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="1F11A7EF" w14:textId="34FD5D1D" w:rsidR="00F02B86" w:rsidRDefault="0065338C" w:rsidP="00F02B86">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="2" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2096" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0DB442E7" w14:textId="77777777" w:rsidR="00465180" w:rsidRPr="00CB386D" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="03642D81" w14:textId="77777777" w:rsidR="00F02B86" w:rsidRPr="00CB386D" w:rsidRDefault="00F02B86" w:rsidP="00F02B86">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB386D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«Өнегелі өмір» жобасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="57775150" w14:textId="77777777" w:rsidR="00465180" w:rsidRPr="00CB386D" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="353271C0" w14:textId="77777777" w:rsidR="00F02B86" w:rsidRPr="00CB386D" w:rsidRDefault="00F02B86" w:rsidP="00F02B86">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1164" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="17774926" w14:textId="4F2F34FF" w:rsidR="00465180" w:rsidRPr="005B2221" w:rsidRDefault="005B2221" w:rsidP="0041138D">
+          <w:p w14:paraId="6B429BF4" w14:textId="27BB79C2" w:rsidR="00F02B86" w:rsidRPr="00531729" w:rsidRDefault="00531729" w:rsidP="00F02B86">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="2" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Қаңтар</w:t>
+              </w:rPr>
+              <w:t>Я</w:t>
+            </w:r>
+            <w:r w:rsidR="00F02B86">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нварь</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="563DFD89" w14:textId="77777777" w:rsidR="00465180" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="7565CB3C" w14:textId="122DAF5F" w:rsidR="00F02B86" w:rsidRDefault="00F02B86" w:rsidP="00F02B86">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="2" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Есенгулов К.М.</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="23345C98" w14:textId="77777777" w:rsidR="00465180" w:rsidRDefault="00465180" w:rsidP="0041138D">
+              <w:t>Есенг</w:t>
+            </w:r>
+            <w:r w:rsidR="00C930A5">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лов К.М.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D32B6B4" w14:textId="7631B321" w:rsidR="00F02B86" w:rsidRDefault="00F02B86" w:rsidP="00F02B86">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="2" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00123DB2">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10 «</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Б</w:t>
             </w:r>
             <w:r w:rsidRPr="00123DB2">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2AD0F54F" w14:textId="358A3312" w:rsidR="00465180" w:rsidRPr="003146C2" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="4C1C12EE" w14:textId="02F24867" w:rsidR="00F02B86" w:rsidRPr="00C930A5" w:rsidRDefault="00B2337F" w:rsidP="00C930A5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="27"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="003146C2">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="27"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003146C2">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="003146C2">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D03605">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Экзеков</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D03605">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D03605">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="003146C2">
+              </w:rPr>
+              <w:t xml:space="preserve">Дулат </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D03605">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Турсунович</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D03605">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D03605">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
-                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">начальник Карагандинского филиала Республиканского государственного предприятия </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D03605">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>«канал им.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="003146C2" w:rsidRPr="003146C2">
+            <w:r w:rsidRPr="00D03605">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
-                <w:lang w:val="kk-KZ"/>
-[...96 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К.</w:t>
+            </w:r>
+            <w:r w:rsidR="007668A3">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="00D03605">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
+              </w:rPr>
+              <w:t>Сатпаева».</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1670" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2D5F931E" w14:textId="21CAFA70" w:rsidR="00465180" w:rsidRPr="005B2221" w:rsidRDefault="005B2221" w:rsidP="0041138D">
+          <w:p w14:paraId="6C0F059B" w14:textId="77777777" w:rsidR="00F02B86" w:rsidRDefault="00F02B86" w:rsidP="00F97BA7">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:jc w:val="left"/>
-              <w:rPr>
-[...24 lines deleted...]
-              <w:t>Фейсбукке салу</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00533D6B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Видео, фото, оснащение в Фейсбуке</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00465180" w:rsidRPr="00CB386D" w14:paraId="32ECD1D1" w14:textId="77777777" w:rsidTr="00AB1BCE">
+      <w:tr w:rsidR="00F02B86" w:rsidRPr="00CB386D" w14:paraId="27C81670" w14:textId="77777777" w:rsidTr="00F97BA7">
         <w:trPr>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="882" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6053E49D" w14:textId="77777777" w:rsidR="00465180" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="7FC0A529" w14:textId="76E9EA36" w:rsidR="00F02B86" w:rsidRDefault="0065338C" w:rsidP="00F02B86">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="2" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2096" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0D7650FA" w14:textId="77777777" w:rsidR="00465180" w:rsidRPr="00CB386D" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="1C8D1354" w14:textId="77777777" w:rsidR="00F02B86" w:rsidRPr="00CB386D" w:rsidRDefault="00F02B86" w:rsidP="00F02B86">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB386D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«Өнегелі өмір» жобасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0F0D368E" w14:textId="77777777" w:rsidR="00465180" w:rsidRPr="00CB386D" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="6B2B33B0" w14:textId="77777777" w:rsidR="00F02B86" w:rsidRPr="00CB386D" w:rsidRDefault="00F02B86" w:rsidP="00F02B86">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1164" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="08F28DC0" w14:textId="07A65CAE" w:rsidR="00465180" w:rsidRPr="005B2221" w:rsidRDefault="005B2221" w:rsidP="0041138D">
+          <w:p w14:paraId="736ACD49" w14:textId="3BE9D19C" w:rsidR="00F02B86" w:rsidRPr="00531729" w:rsidRDefault="00531729" w:rsidP="00F02B86">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="2" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Ақпан</w:t>
+              </w:rPr>
+              <w:t>Ф</w:t>
+            </w:r>
+            <w:r w:rsidR="00F02B86">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>евраль</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5C34C003" w14:textId="77777777" w:rsidR="00465180" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="63526E84" w14:textId="28C8BB38" w:rsidR="00F02B86" w:rsidRDefault="00F02B86" w:rsidP="00F02B86">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="2" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Рахимжанова Д.М.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6EB714F2" w14:textId="77777777" w:rsidR="00465180" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="6C66A7AD" w14:textId="36B8548D" w:rsidR="00F02B86" w:rsidRDefault="00F02B86" w:rsidP="00F02B86">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="2" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>11 «А</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="00AB6A4D" w14:textId="5C914244" w:rsidR="00465180" w:rsidRPr="003146C2" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="3A374B3B" w14:textId="10068258" w:rsidR="00F02B86" w:rsidRPr="00130BF3" w:rsidRDefault="007668A3" w:rsidP="00130BF3">
             <w:pPr>
               <w:pStyle w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="003146C2">
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="003146C2">
+              </w:rPr>
+              <w:t>Машрапов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> ауылдық округінің әкімі, мектеп түлегі</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> Нургазы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
+              </w:rPr>
+              <w:t>Сергазиевич</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – аким с. Акбулак</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1670" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4B19AC1E" w14:textId="3FBD327F" w:rsidR="00465180" w:rsidRPr="005B2221" w:rsidRDefault="005B2221" w:rsidP="0041138D">
+          <w:p w14:paraId="764DF54A" w14:textId="77777777" w:rsidR="00F02B86" w:rsidRDefault="00F02B86" w:rsidP="00F97BA7">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:jc w:val="left"/>
-              <w:rPr>
-[...24 lines deleted...]
-              <w:t>Фейсбукке салу</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00533D6B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Видео, фото, оснащение в Фейсбуке</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00465180" w:rsidRPr="00CB386D" w14:paraId="109B74DC" w14:textId="77777777" w:rsidTr="00AB1BCE">
+      <w:tr w:rsidR="00130BF3" w:rsidRPr="00CB386D" w14:paraId="794C297E" w14:textId="77777777" w:rsidTr="00F97BA7">
         <w:trPr>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="882" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="423A18D7" w14:textId="77777777" w:rsidR="00465180" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="42119896" w14:textId="06CB212B" w:rsidR="00130BF3" w:rsidRDefault="0065338C" w:rsidP="00130BF3">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="2" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2096" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="49D7C8BF" w14:textId="77777777" w:rsidR="00465180" w:rsidRPr="00CB386D" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="38177A6D" w14:textId="77777777" w:rsidR="00130BF3" w:rsidRPr="00CB386D" w:rsidRDefault="00130BF3" w:rsidP="00130BF3">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB386D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«Өнегелі өмір» жобасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="763D1CA7" w14:textId="77777777" w:rsidR="00465180" w:rsidRPr="00CB386D" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="77C06975" w14:textId="77777777" w:rsidR="00130BF3" w:rsidRPr="00CB386D" w:rsidRDefault="00130BF3" w:rsidP="00130BF3">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1164" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="218127A2" w14:textId="16B239AA" w:rsidR="00465180" w:rsidRPr="005B2221" w:rsidRDefault="005B2221" w:rsidP="0041138D">
+          <w:p w14:paraId="2B9AA0BF" w14:textId="429DC064" w:rsidR="00130BF3" w:rsidRPr="00105229" w:rsidRDefault="00531729" w:rsidP="00130BF3">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="2" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Наурыз</w:t>
+              </w:rPr>
+              <w:t>М</w:t>
+            </w:r>
+            <w:r w:rsidR="00130BF3">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>арт</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="72DA3A28" w14:textId="77777777" w:rsidR="00465180" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="661580F2" w14:textId="06727F79" w:rsidR="00130BF3" w:rsidRDefault="00130BF3" w:rsidP="00130BF3">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="2" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Шевергина Н.В.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="38F5F53C" w14:textId="77777777" w:rsidR="00465180" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="6200C1A4" w14:textId="5BFB714E" w:rsidR="00130BF3" w:rsidRDefault="00130BF3" w:rsidP="00130BF3">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="2" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>11 «</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Б»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4ECDDD6E" w14:textId="0B789871" w:rsidR="00465180" w:rsidRPr="003146C2" w:rsidRDefault="00465180" w:rsidP="0041138D">
+          <w:p w14:paraId="5211A8D6" w14:textId="54D9AB14" w:rsidR="00130BF3" w:rsidRPr="00130BF3" w:rsidRDefault="00130BF3" w:rsidP="00130BF3">
             <w:pPr>
               <w:ind w:left="0" w:right="-172" w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...48 lines deleted...]
-              <w:t xml:space="preserve"> ауданының әкімі, мектеп түлегі</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00123DB2">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Нурмуханбетов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00123DB2">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Руслан </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Есенбекови</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00123DB2">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ч</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00123DB2">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Заместитель акима </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Осакаровского </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00123DB2">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>района.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1670" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4AB4AE9C" w14:textId="6158F4BC" w:rsidR="00465180" w:rsidRPr="005B2221" w:rsidRDefault="005B2221" w:rsidP="0041138D">
+          <w:p w14:paraId="0A87080A" w14:textId="77777777" w:rsidR="00130BF3" w:rsidRDefault="00130BF3" w:rsidP="00F97BA7">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:jc w:val="left"/>
-              <w:rPr>
-[...24 lines deleted...]
-              <w:t>Фейсбукке салу</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00533D6B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Видео, фото, оснащение в Фейсбуке</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="36DEDBC3" w14:textId="77777777" w:rsidR="00465180" w:rsidRDefault="00465180" w:rsidP="00465180">
+    <w:p w14:paraId="79E0BA03" w14:textId="77777777" w:rsidR="00725F6E" w:rsidRDefault="00725F6E" w:rsidP="00725F6E">
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="747122DC" w14:textId="77777777" w:rsidR="001338A4" w:rsidRDefault="001338A4" w:rsidP="00465180">
-[...32 lines deleted...]
-    <w:p w14:paraId="1EA19864" w14:textId="2F97EB48" w:rsidR="00465180" w:rsidRPr="004C5602" w:rsidRDefault="00465180" w:rsidP="00465180">
+    <w:p w14:paraId="2A3BA3CF" w14:textId="4AA6C3CC" w:rsidR="00F93F9D" w:rsidRPr="004C5602" w:rsidRDefault="00F97BA7" w:rsidP="00F93F9D">
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Профориентатор                            Муханбетжанова К.Р.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="385FF1EC" w14:textId="77777777" w:rsidR="00465180" w:rsidRDefault="00465180" w:rsidP="00465180">
+    <w:p w14:paraId="3D4CED04" w14:textId="77777777" w:rsidR="00725F6E" w:rsidRDefault="00725F6E" w:rsidP="00725F6E">
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53D0AA0C" w14:textId="77777777" w:rsidR="00465180" w:rsidRPr="004C5602" w:rsidRDefault="00465180" w:rsidP="00465180">
+    <w:p w14:paraId="2437B596" w14:textId="77777777" w:rsidR="00F93F9D" w:rsidRPr="004C5602" w:rsidRDefault="00F93F9D">
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5FFB09DE" w14:textId="77777777" w:rsidR="00D92D89" w:rsidRDefault="00D92D89"/>
-    <w:sectPr w:rsidR="00D92D89" w:rsidSect="00F97BA7">
+    <w:sectPr w:rsidR="00F93F9D" w:rsidRPr="004C5602" w:rsidSect="00F97BA7">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="850" w:bottom="426" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="11D25E38"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CF9AEF1C"/>
     <w:lvl w:ilvl="0" w:tplc="C1A424B6">
       <w:start w:val="100"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="1"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
@@ -3842,126 +3821,152 @@
     <w:lvl w:ilvl="8" w:tplc="FA180A3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8890"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="00000A"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="119034157">
+  <w:num w:numId="1" w16cid:durableId="1465149713">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00B53DC5"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00D92D89"/>
+    <w:rsidRoot w:val="00CB37A1"/>
+    <w:rsid w:val="00073E4A"/>
+    <w:rsid w:val="000F6AA4"/>
+    <w:rsid w:val="00105229"/>
+    <w:rsid w:val="00123DB2"/>
+    <w:rsid w:val="00130BF3"/>
+    <w:rsid w:val="0038502E"/>
+    <w:rsid w:val="003B46EE"/>
+    <w:rsid w:val="0047089D"/>
+    <w:rsid w:val="004C4A8E"/>
+    <w:rsid w:val="004C5602"/>
+    <w:rsid w:val="0051040A"/>
+    <w:rsid w:val="00531729"/>
+    <w:rsid w:val="005C4BD0"/>
+    <w:rsid w:val="0065338C"/>
+    <w:rsid w:val="00725F6E"/>
+    <w:rsid w:val="007668A3"/>
+    <w:rsid w:val="00793D7B"/>
+    <w:rsid w:val="007E3FCB"/>
+    <w:rsid w:val="00840182"/>
+    <w:rsid w:val="00A01071"/>
+    <w:rsid w:val="00A21730"/>
+    <w:rsid w:val="00A25ADD"/>
+    <w:rsid w:val="00B2337F"/>
+    <w:rsid w:val="00BC57D1"/>
+    <w:rsid w:val="00BE7443"/>
+    <w:rsid w:val="00C053BA"/>
+    <w:rsid w:val="00C71EC6"/>
+    <w:rsid w:val="00C930A5"/>
+    <w:rsid w:val="00CB37A1"/>
+    <w:rsid w:val="00CB386D"/>
+    <w:rsid w:val="00D03605"/>
+    <w:rsid w:val="00D8665A"/>
+    <w:rsid w:val="00E672E7"/>
+    <w:rsid w:val="00F02B86"/>
+    <w:rsid w:val="00F93F9D"/>
+    <w:rsid w:val="00F97BA7"/>
+    <w:rsid w:val="00FF26B1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1DD2F594"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{1ECF71DB-6DD0-49AF-9B30-1BCB5A7C9661}"/>
+  <w14:docId w14:val="5752D642"/>
+  <w15:docId w15:val="{78284E31-3EC5-498D-8732-C3C32344B5A9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4076,51 +4081,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -4302,472 +4307,1679 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00465180"/>
+    <w:rsid w:val="00E672E7"/>
     <w:pPr>
       <w:spacing w:after="34" w:line="271" w:lineRule="auto"/>
       <w:ind w:left="10" w:right="315" w:hanging="10"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="28"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00465180"/>
+    <w:rsid w:val="00CB37A1"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
-      <w:spacing w:after="0"/>
+      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="10" w:hanging="10"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="28"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
     <w:next w:val="a"/>
     <w:link w:val="20"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00465180"/>
+    <w:rsid w:val="00CB37A1"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="1"/>
       </w:numPr>
-      <w:spacing w:after="0"/>
+      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="398" w:hanging="10"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:color w:val="00000A"/>
       <w:sz w:val="28"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00465180"/>
+    <w:rsid w:val="00CB37A1"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="28"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="20">
     <w:name w:val="Заголовок 2 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="2"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00465180"/>
+    <w:rsid w:val="00CB37A1"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:color w:val="00000A"/>
       <w:sz w:val="28"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C71EC6"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D03605"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E672E7"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E672E7"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:divs>
+    <w:div w:id="60561842">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="62141397">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="85001989">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="86581707">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="90858538">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="124007856">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="151990919">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="156649806">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="160705615">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="186144705">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="216740544">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="239414214">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="242299716">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="245846827">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="252739528">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="325474173">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="342051384">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="347607733">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="354161989">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="363944798">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="367295079">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="373038653">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="387149895">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="388964055">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="442924515">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="487284082">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="536772529">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="551768656">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="552349740">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="588075614">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="596328497">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="612133379">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="631860742">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="704410043">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="752313112">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="769282326">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="793720426">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="807169640">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="819005633">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="824587805">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="901021139">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1071807517">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1116098669">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1119376470">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1126241765">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1226797736">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1286621342">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1315647107">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1324771667">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1326586647">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1352803852">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1365712339">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1389840166">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1393039158">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1405835681">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1441223745">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1445687213">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1448426787">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1450977717">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1451778632">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1482388726">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1489440634">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1503616930">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1519809857">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1549486689">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1578513787">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1654986624">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1677490174">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1700350149">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1703361976">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1725181700">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1733888999">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1737975723">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1764259729">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1775858135">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1837265559">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1856187942">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1934238331">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1937520332">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2031222921">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2035499534">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2043554247">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2043901251">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2096440920">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2145272304">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2147383129">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{35DCCDAD-2EA5-4AA5-8717-A4190EF3940C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>265</Words>
-  <Characters>1514</Characters>
+  <Words>264</Words>
+  <Characters>1510</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>12</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1776</CharactersWithSpaces>
+  <CharactersWithSpaces>1771</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
-  <dc:subject/>
-[...2 lines deleted...]
-  <dc:description/>
+  <dc:creator>Жанбота Шариязданова</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>