--- v0 (2025-10-23)
+++ v1 (2025-12-16)
@@ -1,911 +1,2605 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="004F7D91" w:rsidRPr="006F524C" w:rsidRDefault="004F7D91" w:rsidP="004F7D91">
+    <w:p w:rsidR="00756100" w:rsidRPr="00A731AE" w:rsidRDefault="006F524C" w:rsidP="00A731AE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00756100" w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Школа, родная школа. Нет ничего дороже этих слов в жизни каждого человека. Проходят годы и тысячелетия, а память о родной школе навсегда останется у человека, как одна из самых ярких страниц в его жизни. Школа, где мальчик и девочка делают первые шаги в мир знаний, учатся азам науки, во многом определяет их будущее. Работа школы во многом зависит от директора, но за 70 лет  существования  школы их было всего 8.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00756100" w:rsidRPr="00A731AE" w:rsidRDefault="00756100" w:rsidP="00A731AE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     Семилетняя ш</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кола совхоза  « </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Осакаровский</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> » была  открыта  в  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1944 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">году. Директором  школы был назначен  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Тамтиев</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сейтказы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Тамтиевич</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00756100" w:rsidRPr="00A731AE" w:rsidRDefault="00756100" w:rsidP="00A731AE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Вместе с первым директором работали и первые учителя школы - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Белоусова Р.Я., Шамшаева М., Беккер В.В. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В первые годы в школе насчитывалось всего 48 учеников. После окончания войны,  в 1945-1946 годах,  прибывают новые  учителя -  Оспанов Ашим Оспанович, Кенжебаев Сейсенбай Кенжебаевич. Затем за 2-3 года меняются руководители и педагоги: в 1949 г директор – Баяндин, в 1950 - Керова Н.С. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00756100" w:rsidRPr="00A731AE" w:rsidRDefault="00756100" w:rsidP="00A731AE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Так как здание школы было в землянке,  началось строительство нового здания  барачного типа. Несмотря на тяжелые послевоенные годы, в 1947 году  было окончено строительство здания школы, и в этом же году все перешли в новое здание. Увеличилось и количество учащихся, их было уже 65.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00756100" w:rsidRPr="00A731AE" w:rsidRDefault="00756100" w:rsidP="00A731AE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">С </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1951</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1952</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> год  директором школы назначен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Беков Амиржан Бекович. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кадровый потенциал школы – 12 учителей. Учащихся – 60.  в течение года пополнена материальная база школы. Огромная работа ведется по некоторым направлениям воспитательной работы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00756100" w:rsidRPr="00A731AE" w:rsidRDefault="00756100" w:rsidP="00A731AE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Основы школьных знаний давали учителя, которые после работы в школе выходили на помощь сельчанам в уборке урожая, стрижке овец, строительстве жилых домов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00756100" w:rsidRPr="00A731AE" w:rsidRDefault="00756100" w:rsidP="00A731AE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В эти годы в нашей школе работали педагоги и воспитатели, которые трудясь на благо детей, отдавали им частицу своих сердец, тепло и заботу, создавая домашний уют, открывая мир знаний, открытий, учили думать, мыслить, отличать добро от зла, открывали детям путь в новую, взрослую жизнь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00756100" w:rsidRPr="00A731AE" w:rsidRDefault="00756100" w:rsidP="00A731AE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Педагоги школы работали над самой главной задачей – воспитание  и обучение детей. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00756100" w:rsidRPr="00A731AE" w:rsidRDefault="006F524C" w:rsidP="00A731AE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:r w:rsidR="00756100" w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00756100" w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1952</w:t>
+      </w:r>
+      <w:r w:rsidR="00756100" w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по </w:t>
+      </w:r>
+      <w:r w:rsidR="00756100" w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1961</w:t>
+      </w:r>
+      <w:r w:rsidR="00756100" w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> годы назначается новый директор Виктор Васильевич Игнатов</w:t>
+      </w:r>
+      <w:r w:rsidR="00756100" w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00756100" w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00756100" w:rsidRPr="00A731AE" w:rsidRDefault="00756100" w:rsidP="00A731AE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   В это же время школа пополняется новыми учащимися из  4 отделений совхоза «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Осакаровский</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00756100" w:rsidRPr="00A731AE" w:rsidRDefault="00756100" w:rsidP="00A731AE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     Ежедневно подвозить учеников из отделений, которые проживали на расстоянии 8, 10, 20, 39 км было нелегко, поэтому учителя школы вместе со своим руководителем решают построить здание  интерната.  В 1952 году в эксплуатацию запущен интернат для учащихся отделений №1, №2, №3, №4.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00756100" w:rsidRPr="00A731AE" w:rsidRDefault="00756100" w:rsidP="00A731AE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">С </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1961</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1966</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> год  директором школы была </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Рыбальченко Анна Моисеевна. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Опытный организатор, вдумчивый и заботливый руководитель, Анна Моисеевна постоянно искала и находила наиболее эффективные формы организации и обеспечения учебно-воспитательного процесса, огромное внимание уделяла укреплению материально-технической базы школы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Большая роль отводится воспитанию учеников.  Над этим работают классные  руководители, один из них Оспанов Ашим Оспанович, вместе с ними </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">пионервожатая Л.Р.Хамитчина.  Хорошие результаты показывает 7-класс:  Кулаков В, Мельдов, Безруков А, Матейко А, Маринин К, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кирилов А, Агадилов А.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00756100" w:rsidRPr="00A731AE" w:rsidRDefault="00756100" w:rsidP="00A731AE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             В 1964 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>году прошло открытие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> средней школы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№12 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">совхоза </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Осакаровский</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Осакаровского</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> района.  Д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">иректором  школы  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>назначен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Омеркулов Толетай Арынович. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Толетай Арынович проработал директором в данной школе 33 года и  во время его руководства  школа показывала очень высокие результаты как в учебном процессе так и в спорте.  Спортивная команда волейболистов и баскетболистов защищала честь района на спартакиадах.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00756100" w:rsidRPr="00A731AE" w:rsidRDefault="00756100" w:rsidP="00A731AE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        В 1972 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">году на основании Указа Президиума Верховного Совета Казахской ССР от 10 марта 1972 года передана в административное подчинение Молодежного РОНО. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Приказ №36-А от 03.08.1972 года Молодежного РОНО). На основании приказа РОНО «Об изменении нумерации школ района» </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>перенумерована</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в среднюю школу </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>№4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> совхоза </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Осакаровский</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Молодежного района. (Приказ №29 от 09.08.1972 г. Молодежного РОНО). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00756100" w:rsidRPr="00A731AE" w:rsidRDefault="00756100" w:rsidP="00A731AE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  В </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1976</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> году в школе насчитывалось </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">500 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>учащихся. В связи с тем что не хватало ученических мест, к двухэтажному зданию школы было пристроено 4 кабинета,  спортивный зал и библиотека с читальным залом, двухэтажное здание интерната, спальный корпус для девочек, мастерские для учебно-производственного комплекса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00756100" w:rsidRPr="00A731AE" w:rsidRDefault="00756100" w:rsidP="00A731AE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В 1997 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">году  на основании Указа Президента Республики  Казахстан от </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">23.05.1997 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">года  школа передана в административное подчинение </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Осакаровского</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> РОО.  (Приказ № 69 от 10.07.1997г </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Осакаровского</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> РОО). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00756100" w:rsidRPr="00A731AE" w:rsidRDefault="00756100" w:rsidP="00A731AE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   На основании приказа РОО «Об изменении нумерации школ района» </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>перенумерована</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в среднюю школу </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>№24</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> села Дальнее </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Осакаровского</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> района. (Приказ № 38 от 24.07.1997г </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Осакаровского</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> РОО).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00756100" w:rsidRPr="00A731AE" w:rsidRDefault="00756100" w:rsidP="00A731AE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1997</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> году в связи с выходом на пенсию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Т.А.Омеркулова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, директором </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>назначен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Беков </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Есмурат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Амиржанович</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="006F524C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Энергичный, активный директор был всегда инициатором различных идей. Много интересных мероприятий проходило в школе - это и КВНы, концерты, семинары, встречи с ветеранами, вечера и карнавалы. Жизнь школы была очень интересной.   На </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2006-2007  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учебный  год количество учащихся было </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>98.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00756100" w:rsidRPr="00A731AE" w:rsidRDefault="00756100" w:rsidP="00A731AE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   В </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2006</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> году школа переименована в государственное учреждение «Средняя общеобразовательная школа </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№24 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">села Дальнее </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Осакаровского</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> района» на основании лицензии №0040556 от 24 февраля 2006 года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00756100" w:rsidRPr="00A731AE" w:rsidRDefault="00756100" w:rsidP="00A731AE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2011</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> году назначен новый директор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сулушаш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Шалабаевна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Толкова</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00BB24AC" w:rsidRDefault="00756100" w:rsidP="00A731AE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  В </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2011</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> году школа переименована в коммунальное государственное учреждение «Средняя школа </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№24 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">села </w:t>
+      </w:r>
+      <w:r w:rsidR="00E53DDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Аманконыр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Осакаровского</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> района Карагандинской области на основании лице</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нзии  № 00660 16 от 14 ноября 2011 года. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C11304" w:rsidRPr="00C11304" w:rsidRDefault="00756100" w:rsidP="00A731AE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B75B44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В </w:t>
+      </w:r>
+      <w:r w:rsidR="00C11304">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2021 году 5 </w:t>
+      </w:r>
+      <w:r w:rsidR="00B75B44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">января </w:t>
+      </w:r>
+      <w:r w:rsidR="00B75B44" w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>школа переименована в коммунальное государственное учреждение «</w:t>
+      </w:r>
+      <w:r w:rsidR="00B75B44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Общеобразовательная </w:t>
+      </w:r>
+      <w:r w:rsidR="00B75B44" w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">школа </w:t>
+      </w:r>
+      <w:r w:rsidR="00B75B44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>№24</w:t>
+      </w:r>
+      <w:r w:rsidR="00B75B44" w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidR="00B75B44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отдела образования Осакаровского района </w:t>
+      </w:r>
+      <w:r w:rsidR="00B75B44" w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B75B44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> управления образования </w:t>
+      </w:r>
+      <w:r w:rsidR="00B75B44" w:rsidRPr="00A731AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Карагандинской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170C15" w:rsidRPr="006F524C" w:rsidRDefault="008C3149" w:rsidP="008C3149">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="540" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006F524C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00170C15" w:rsidRPr="006F524C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t xml:space="preserve">Мектеп, туған мектеп. Әр адамның өмірінде бұл сөздерден қымбат ештеңе жоқ. Жылдар мен мыңжылдықтар өтеді, және оның туған мектебінің есімі адам өмірінде ең жарқын беттердің бірі ретінде мәңгі қалады. Ұл мен қыз білім әлеміне алғашқы қадамдарын жасайтын, ғылым негіздерін үйренетін және көбінесе олардың болашағын анықтайтын мектеп. Мектептің жұмысы көбінесе директорға байланысты, бірақ 70 жыл ішінде мектепте бар болғаны 8 адам </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E53DDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>осы қызметті атқарды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F7D91" w:rsidRPr="006F524C" w:rsidRDefault="004F7D91" w:rsidP="004F7D91">
+    <w:p w:rsidR="00170C15" w:rsidRPr="006F524C" w:rsidRDefault="00E53DDE" w:rsidP="008C3149">
       <w:pPr>
         <w:pStyle w:val="HTML"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
         <w:spacing w:line="540" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Осакаров  совхозын</w:t>
       </w:r>
-      <w:r w:rsidRPr="006F524C">
+      <w:r w:rsidR="00170C15" w:rsidRPr="006F524C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>ың жеті жылдық мектебі 1944 жылы ашылды. Мектеп директоры болып Тамтиев Сейітқазы Тамтыұлы тағайындалды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F7D91" w:rsidRPr="006F524C" w:rsidRDefault="004F7D91" w:rsidP="004F7D91">
+    <w:p w:rsidR="00170C15" w:rsidRPr="006F524C" w:rsidRDefault="00170C15" w:rsidP="008C3149">
       <w:pPr>
         <w:pStyle w:val="HTML"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
         <w:spacing w:line="540" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F524C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>    Бірінші директормен бірге мектептің алғашқы оқытушылары жұмыс жасады - Белоусова Р.Я., Шамшаева М., Бекер В.В. Алғашқы жылдары мектепте барлығы 48 оқушы болды. Соғыс аяқталғаннан кейін, 1</w:t>
       </w:r>
+      <w:r w:rsidR="00E53DDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>945-1946 жылдары жаңа мұғалімдер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F524C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> келді - Оспанов Әшім Оспанұлы, Кенжебаев Сейсенбай Кенжебайұлы. Содан кейін 2-3 жылдан кейін басшылар мен мұғалімдер ауысады: 1949 жылы директор Баяндин, 1950 жылы Керова Н.С.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F524C" w:rsidRDefault="00170C15" w:rsidP="008C3149">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      </w:r>
+          <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="006F524C" w:rsidRPr="006F524C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мектеп ғимараты қазылып жатқандықтан, казарма типтес жаңа ғимараттың құрылысы басталды. Соғыстан кейінгі қиын жылдарға қарамастан, мектеп ғимаратының құрылысы 1947 жылы аяқталды, сол жылы барлығы жаңа ғимаратқа көшті. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E53DDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оқушылар </w:t>
+      </w:r>
+      <w:r w:rsidR="006F524C" w:rsidRPr="006F524C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">саны артты, олардың саны 65 болды. 1951-1952 жж. Беков Әміржан Бекұлы мектеп директоры болып тағайындалды. Мектептің кадрлық әлеуеті - 12 мұғалім. Оқушылар - 60. </w:t>
+      </w:r>
+      <w:r w:rsidR="003F6F2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бір ж</w:t>
+      </w:r>
+      <w:r w:rsidR="006F524C" w:rsidRPr="006F524C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ыл ішінде мектептің материалдық базасы толықтырылды. </w:t>
+      </w:r>
+      <w:r w:rsidR="006F524C" w:rsidRPr="00E53DDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тәрбие жұмысының кейбір бағыттарында үлк</w:t>
+      </w:r>
+      <w:r w:rsidR="003F6F2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ен жұмыс атқарылды</w:t>
+      </w:r>
+      <w:r w:rsidR="006F524C" w:rsidRPr="00E53DDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F524C" w:rsidRDefault="006F524C" w:rsidP="008C3149">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="006F524C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-          <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>1952-1961 жылдар аралығында жаңа директор Виктор Игнатов тағайындалды.    Сонымен қатар, мектеп Осака</w:t>
+      </w:r>
+      <w:r w:rsidR="00E53DDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
+        <w:t>ров совхозының 4 бөлімінен  тұратын оқушылар қамтылды.</w:t>
       </w:r>
       <w:r w:rsidRPr="006F524C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Мектеп ғимараты қазылып жатқандықтан, казарма типтес жаңа ғимараттың құрылысы басталды. Соғыстан кейінгі қиын жылдарға қарамастан, мектеп ғимаратының құрылысы 1947 жылы аяқталды, сол жылы барлығы жаңа ғимаратқа көшті. </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">      Күніне 8, 10, 20, 39 км қашықтықта тұратын </w:t>
+      </w:r>
+      <w:r w:rsidR="00E53DDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Оқушылар </w:t>
+        <w:t xml:space="preserve">бөлімшелерден оқушылардың сабаққа қатысуы </w:t>
       </w:r>
       <w:r w:rsidRPr="006F524C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">саны артты, олардың саны 65 болды. 1951-1952 жж. Беков Әміржан Бекұлы мектеп директоры болып тағайындалды. Мектептің кадрлық әлеуеті - 12 мұғалім. Оқушылар - 60. </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>оңай болған ж</w:t>
+      </w:r>
+      <w:r w:rsidR="00E53DDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Бір ж</w:t>
+        <w:t>оқ. С</w:t>
       </w:r>
       <w:r w:rsidRPr="006F524C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">ыл ішінде мектептің материалдық базасы толықтырылды. </w:t>
+        <w:t xml:space="preserve">ондықтан мектеп мұғалімдері мен олардың жетекшісі интернат салу туралы шешім қабылдады. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E53DDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Тәрбие жұмысының кейбір бағыттарында үлк</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>1952 жылы №1, № 2, № 3 және № 4</w:t>
+      </w:r>
+      <w:r w:rsidR="00E53DDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ен жұмыс атқарылды</w:t>
+        <w:t xml:space="preserve"> бөлімшелердің  оқитын  оқушылары </w:t>
       </w:r>
       <w:r w:rsidRPr="00E53DDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...120 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> үшін интернат ашылды</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F7D91" w:rsidRPr="003F6F2E" w:rsidRDefault="004F7D91" w:rsidP="004F7D91">
+    <w:p w:rsidR="006F524C" w:rsidRPr="003F6F2E" w:rsidRDefault="006F524C" w:rsidP="00E53DDE">
       <w:pPr>
         <w:pStyle w:val="HTML"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
         <w:spacing w:line="540" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F524C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>1961-1966 жылдары мектеп директоры Анна Рыбалченко болды. Тәжірибелі ұйымдастырушы, ойлы және қамқор жетекші Анна Моисеевна үнемі ізденіп, оқу процесін ұйымдастырудың және қ</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E53DDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>олдаудың тиімді формаларын енгізді</w:t>
       </w:r>
       <w:r w:rsidRPr="006F524C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">, мектептің материалдық-техникалық базасын нығайтуға көп көңіл бөлді. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F7D91" w:rsidRPr="006F524C" w:rsidRDefault="004F7D91" w:rsidP="004F7D91">
+    <w:p w:rsidR="006F524C" w:rsidRPr="006F524C" w:rsidRDefault="006F524C" w:rsidP="008C3149">
       <w:pPr>
         <w:pStyle w:val="HTML"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
         <w:spacing w:line="540" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F524C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>1964 жылы Осакаров ауданының Осакаров совхозының № 12 орта мектебінің ашылуы болды. Мектеп директоры болып Омеркулов Төлетай Арынұлы тағайындалды. Толетай Арынұлы бұл мектепте 33 жыл директор болып жұмыс істеді және оның басшылығы кезінде мектеп оқу процесінде де, спортта да жақсы нәтижелер көрсетті. Волейбол мен баскетболшылардың спорттық командасы спорттық және жеңіл атлетикалық іс-шараларда облыс намысын қорғады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F7D91" w:rsidRPr="006F524C" w:rsidRDefault="004F7D91" w:rsidP="004F7D91">
+    <w:p w:rsidR="006F524C" w:rsidRPr="006F524C" w:rsidRDefault="006F524C" w:rsidP="008C3149">
       <w:pPr>
         <w:pStyle w:val="HTML"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
         <w:spacing w:line="540" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="006F524C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">972 жылы Қазақ КСР Жоғарғы Кеңесі Президиумының 1972 жылғы 10 наурыздағы Жарлығының негізінде ол Жастар РОНО-ның әкімшілік бағынысына ауыстырылды. (Жастар РОНО-ның 08.03.1372 ж. № 36-А бұйрығы). РОНО-ның «Аудандағы мектептердің нөмірін өзгерту туралы» бұйрығының негізінде ол </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E53DDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> Молодежный </w:t>
       </w:r>
       <w:r w:rsidRPr="006F524C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> ауданы Осакаров совхозының № 4 орта мектебі болып өзгертілді. (</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E53DDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Молодежный</w:t>
       </w:r>
       <w:r w:rsidRPr="006F524C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> РОНО-ның 1978 жылғы 8 қыркүйектегі № 29 бұйрығы</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E53DDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F7D91" w:rsidRPr="006F524C" w:rsidRDefault="004F7D91" w:rsidP="004F7D91">
+    <w:p w:rsidR="006F524C" w:rsidRPr="006F524C" w:rsidRDefault="006F524C" w:rsidP="008C3149">
       <w:pPr>
         <w:pStyle w:val="HTML"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
         <w:spacing w:line="540" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F524C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">1976 жылы мектепте 500 оқушы болды. </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E53DDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Оқушыларға  орын</w:t>
       </w:r>
       <w:r w:rsidRPr="006F524C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> жетіспеушілігіне байланысты екі қабатты мектеп ғимаратына 4 сынып, спорт залы және оқу залы бар кітапхана, екі қабатты мектеп-интернат, қыздарға арналған жатын бөлме, оқу-өндірістік кешеніне арналған шеберханалар қосылды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F7D91" w:rsidRPr="006F524C" w:rsidRDefault="004F7D91" w:rsidP="004F7D91">
+    <w:p w:rsidR="006F524C" w:rsidRPr="006F524C" w:rsidRDefault="006F524C" w:rsidP="008C3149">
       <w:pPr>
         <w:pStyle w:val="HTML"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
         <w:spacing w:line="540" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F524C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>1997 жылы Қазақстан Республикасы Президентінің 23.05.1997 жылғы Жарлығының негізінде мектеп Осакаров аудандық қоғамдық ұйымының әкімшілік бағынуына берілді. (Осакаров аудандық қоғамдық ұйымының 07.07.1997 жылғы № 69 бұйрығы).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F7D91" w:rsidRPr="006F524C" w:rsidRDefault="004F7D91" w:rsidP="004F7D91">
+    <w:p w:rsidR="006F524C" w:rsidRPr="006F524C" w:rsidRDefault="006F524C" w:rsidP="008C3149">
       <w:pPr>
         <w:pStyle w:val="HTML"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
         <w:spacing w:line="540" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F524C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Аудандағы мектептердің нөмірін өзгерту туралы» РПО бұйрығының негізінде ол Осакаров ауданы, Дальне ауылының № 24 орта мектебі болып қайта аталды. (Осакаров аудандық қоғамдық ұйымының 1997 жылғы 24 шілдедегі № 38 бұйрығы).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F7D91" w:rsidRPr="006F524C" w:rsidRDefault="004F7D91" w:rsidP="004F7D91">
+    <w:p w:rsidR="006F524C" w:rsidRPr="006F524C" w:rsidRDefault="006F524C" w:rsidP="008C3149">
       <w:pPr>
         <w:pStyle w:val="HTML"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
         <w:spacing w:line="540" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F524C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t> 1997 жылы Т.А.Омеркуловтың зейнетке шығуына байланысты директор болып Беков Есмұрат Әміржанұлы тағайындалды. Қуатты, белсенді директор әрдайым әр түрлі идеялардың бастамашысы болды. Мектепте көптеген қызықты шаралар өтті - бұл КВН, концерттер, семинарлар, ардагерлермен кездесулер, кештер мен карнавалдар. Мектеп өмірі өте қызықты өтті. 2006-2007 оқу жылында оқушылар саны 98 болды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F7D91" w:rsidRPr="006F524C" w:rsidRDefault="004F7D91" w:rsidP="004F7D91">
+    <w:p w:rsidR="006F524C" w:rsidRPr="006F524C" w:rsidRDefault="006F524C" w:rsidP="008C3149">
       <w:pPr>
         <w:pStyle w:val="HTML"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
         <w:spacing w:line="540" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F524C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>2006 жылы мектеп 2006 жылғы 24 ақпандағы № 0040556 лицензия негізінде «Осакаров ауданы, Дальне ауылының №24 орта мектебі» мемлекеттік мекемесі болып өзгертілді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F7D91" w:rsidRPr="006F524C" w:rsidRDefault="004F7D91" w:rsidP="004F7D91">
+    <w:p w:rsidR="006F524C" w:rsidRPr="006F524C" w:rsidRDefault="006F524C" w:rsidP="008C3149">
       <w:pPr>
         <w:pStyle w:val="HTML"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
         <w:spacing w:line="540" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F524C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>2011 жылы жаңа директор болып Толкова Сулушаш Шалабайқызы тағайындалды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F7D91" w:rsidRDefault="004F7D91" w:rsidP="004F7D91">
+    <w:p w:rsidR="00BB24AC" w:rsidRDefault="006F524C" w:rsidP="008C3149">
       <w:pPr>
         <w:pStyle w:val="HTML"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
         <w:spacing w:line="540" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F524C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>  2011 жылы мектеп 2011 жылғы 14 қарашадағы № 00660 лицензия негізінде Қарағанды ​​облысы Осакаров ауданы әк</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E53DDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">імдігінің « Аманқоңыр </w:t>
       </w:r>
       <w:r w:rsidRPr="006F524C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E53DDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>селосы</w:t>
       </w:r>
       <w:r w:rsidRPr="006F524C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>ның №24 орта мектебі» коммуналдық мемлекеттік мекемесі болып өзгертілді</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00BE6E81">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F7D91" w:rsidRDefault="004F7D91" w:rsidP="004F7D91">
+    <w:p w:rsidR="00E53DDE" w:rsidRDefault="00BE6E81" w:rsidP="008C3149">
       <w:pPr>
         <w:pStyle w:val="HTML"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
         <w:spacing w:line="540" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">2021 жылы  5 қаңтарда   Қарағанды облысы білім басқармасының Осакаров ауданы білім бөлімінің  «№24 жалпы білім беретін мектебі» коммуналдық мемлекеттік мекеме болып өзгертілді. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F7D91" w:rsidRPr="006F524C" w:rsidRDefault="004F7D91" w:rsidP="004F7D91">
+    <w:p w:rsidR="006F524C" w:rsidRPr="006F524C" w:rsidRDefault="006F524C" w:rsidP="008C3149">
       <w:pPr>
         <w:pStyle w:val="HTML"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
         <w:spacing w:line="540" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A827DB" w:rsidRPr="004F7D91" w:rsidRDefault="00A827DB">
-[...8 lines deleted...]
-    <w:sectPr w:rsidR="00A827DB" w:rsidRPr="004F7D91" w:rsidSect="00BB24AC">
+    <w:sectPr w:rsidR="006F524C" w:rsidRPr="006F524C" w:rsidSect="00BB24AC">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="567" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
-    <w:notTrueType/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E025B5"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00E025B5"/>
+    <w:rsidRoot w:val="00756100"/>
+    <w:rsid w:val="00170C15"/>
+    <w:rsid w:val="003F6F2E"/>
+    <w:rsid w:val="006F524C"/>
+    <w:rsid w:val="007318CD"/>
+    <w:rsid w:val="00756100"/>
+    <w:rsid w:val="008C3149"/>
+    <w:rsid w:val="009A7F2B"/>
+    <w:rsid w:val="00A731AE"/>
+    <w:rsid w:val="00B75B44"/>
+    <w:rsid w:val="00BB24AC"/>
+    <w:rsid w:val="00BE6E81"/>
+    <w:rsid w:val="00C11304"/>
+    <w:rsid w:val="00E53DDE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -1048,120 +2742,136 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="004F7D91"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00756100"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="HTML">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="HTML0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004F7D91"/>
+    <w:rsid w:val="006F524C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="916"/>
         <w:tab w:val="left" w:pos="1832"/>
         <w:tab w:val="left" w:pos="2748"/>
         <w:tab w:val="left" w:pos="3664"/>
         <w:tab w:val="left" w:pos="4580"/>
         <w:tab w:val="left" w:pos="5496"/>
         <w:tab w:val="left" w:pos="6412"/>
         <w:tab w:val="left" w:pos="7328"/>
         <w:tab w:val="left" w:pos="8244"/>
         <w:tab w:val="left" w:pos="9160"/>
         <w:tab w:val="left" w:pos="10076"/>
         <w:tab w:val="left" w:pos="10992"/>
         <w:tab w:val="left" w:pos="11908"/>
         <w:tab w:val="left" w:pos="12824"/>
         <w:tab w:val="left" w:pos="13740"/>
         <w:tab w:val="left" w:pos="14656"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
     <w:name w:val="Стандартный HTML Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="HTML"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="004F7D91"/>
+    <w:rsid w:val="006F524C"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
@@ -1287,139 +2997,444 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="004F7D91"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00756100"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="HTML">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="HTML0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004F7D91"/>
+    <w:rsid w:val="006F524C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="916"/>
         <w:tab w:val="left" w:pos="1832"/>
         <w:tab w:val="left" w:pos="2748"/>
         <w:tab w:val="left" w:pos="3664"/>
         <w:tab w:val="left" w:pos="4580"/>
         <w:tab w:val="left" w:pos="5496"/>
         <w:tab w:val="left" w:pos="6412"/>
         <w:tab w:val="left" w:pos="7328"/>
         <w:tab w:val="left" w:pos="8244"/>
         <w:tab w:val="left" w:pos="9160"/>
         <w:tab w:val="left" w:pos="10076"/>
         <w:tab w:val="left" w:pos="10992"/>
         <w:tab w:val="left" w:pos="11908"/>
         <w:tab w:val="left" w:pos="12824"/>
         <w:tab w:val="left" w:pos="13740"/>
         <w:tab w:val="left" w:pos="14656"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
     <w:name w:val="Стандартный HTML Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="HTML"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="004F7D91"/>
+    <w:rsid w:val="006F524C"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="5645386">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="45842387">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="700088144">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="781846938">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="830021347">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="849105902">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1030033546">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1053382856">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1075011974">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1201820456">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1294673031">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1317605915">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1416585725">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1533834695">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1616475776">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1634627918">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1715688565">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1801921737">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1817837831">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1818181166">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1932618474">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2134012267">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1663,59 +3678,86 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E5AEF922-7D0C-48A4-BF7E-B696BE24DDBF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>4054</Characters>
+  <Pages>5</Pages>
+  <Words>1560</Words>
+  <Characters>8892</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>33</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>74</Lines>
+  <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company>StartSoft</Company>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4756</CharactersWithSpaces>
+  <CharactersWithSpaces>10432</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Санду</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>