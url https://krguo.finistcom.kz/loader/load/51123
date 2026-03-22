--- v0 (2025-10-14)
+++ v1 (2026-03-22)
@@ -11,63 +11,63 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="20115" windowHeight="7680"/>
   </bookViews>
   <sheets>
     <sheet name="Лист2 (7)" sheetId="12" r:id="rId1"/>
     <sheet name="Лист2 (8)" sheetId="14" r:id="rId2"/>
   </sheets>
-  <calcPr calcId="144525"/>
+  <calcPr calcId="124519"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="P50" i="14"/>
   <c r="P50" i="12" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="890" uniqueCount="296">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="891" uniqueCount="308">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>химия</t>
   </si>
   <si>
     <t>каб.</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                  І ауысым</t>
   </si>
   <si>
     <t>Бекiтeмiн</t>
   </si>
   <si>
     <t>___________________С.И.Махмудова</t>
   </si>
   <si>
     <t>Мектеп директоры</t>
   </si>
   <si>
     <t>Сейсенбі</t>
   </si>
   <si>
@@ -385,53 +385,50 @@
   <si>
     <t>шетел тілі-18</t>
   </si>
   <si>
     <t>шетел тілі-26</t>
   </si>
   <si>
     <t>Қазақстан тарихы-22</t>
   </si>
   <si>
     <t>Қазақстан тарихы-37</t>
   </si>
   <si>
     <t>дүниежүзі тарихы-24</t>
   </si>
   <si>
     <t>дүниежүзі тарихы-26</t>
   </si>
   <si>
     <t>қазақ әдебиеті-37</t>
   </si>
   <si>
     <t>жаһандық құзіреттілік-25</t>
   </si>
   <si>
-    <t>жаһандық құзіреттілік- 23</t>
-[...1 lines deleted...]
-  <si>
     <t>қазақ әдебиеті -37</t>
   </si>
   <si>
     <t>қазақ әдебиеті -25</t>
   </si>
   <si>
     <t>шетел тілі п/г-1-25</t>
   </si>
   <si>
     <t>Құқық негіздері -22</t>
   </si>
   <si>
     <t>қазақ әдебиеті- 25</t>
   </si>
   <si>
     <t>қазақ әдебиеті -26</t>
   </si>
   <si>
     <t>кәсіпкерлік ж/е бизнес нег.-22</t>
   </si>
   <si>
     <t>құқық негіздері-33</t>
   </si>
   <si>
     <t>құқық негіздері -26</t>
@@ -481,62 +478,50 @@
   <si>
     <t>русский язык-27</t>
   </si>
   <si>
     <t>русский язык-24</t>
   </si>
   <si>
     <t>русская литература -27</t>
   </si>
   <si>
     <t>русская литература -26</t>
   </si>
   <si>
     <t>иностранный язык-20</t>
   </si>
   <si>
     <t>художественный труд-20</t>
   </si>
   <si>
     <t xml:space="preserve"> всемирная история-26 </t>
   </si>
   <si>
     <t>всемирная история-26</t>
   </si>
   <si>
-    <t>глобальные компетенции-37</t>
-[...10 lines deleted...]
-  <si>
     <t>русская литература -22</t>
   </si>
   <si>
     <t>русская литература-27</t>
   </si>
   <si>
     <t>русский язык -33</t>
   </si>
   <si>
     <t>русский литература -27</t>
   </si>
   <si>
     <t>биология-24</t>
   </si>
   <si>
     <t>шетел тілі-25- Кокина Ш.С.</t>
   </si>
   <si>
     <t>шетел тілі п/г-1-25- Кокина Ш.С.</t>
   </si>
   <si>
     <t>шетел тілі п/г-2-25- Кокина Ш.С.</t>
   </si>
   <si>
     <t>жаратылыстану-22-Тохметова С.Т.</t>
@@ -911,57 +896,108 @@
     <t>қазақ әдебиеті- 25-Курмангалиева Б.А.</t>
   </si>
   <si>
     <t>қазақ әдебиеті -26-Курмангалиева Б.А.</t>
   </si>
   <si>
     <t>НВиТП-33-Смагулов Н.Б.</t>
   </si>
   <si>
     <t>АӘжТД-33-Смагулов Н.Б.</t>
   </si>
   <si>
     <t>АӘжТД-33- Смагулов Н.Б.</t>
   </si>
   <si>
     <t>в.АӘжТД-33-Смагулов Н.Б.</t>
   </si>
   <si>
     <t>Қазақстан тарихы-26-Жетписова Г.С.</t>
   </si>
   <si>
     <t>дүниежүзі тарихы-26-Жетписова Г.С:</t>
   </si>
   <si>
     <t>құқық негіздері -26-Жетписова Г.С.</t>
+  </si>
+  <si>
+    <t>Согласовано</t>
+  </si>
+  <si>
+    <t>Утверждаю</t>
+  </si>
+  <si>
+    <t>Председатель родительского комитета</t>
+  </si>
+  <si>
+    <t>Директор школы</t>
+  </si>
+  <si>
+    <t>Расписание занятий на I-ое полугодие 2022/2023 уч.г.</t>
+  </si>
+  <si>
+    <t>Понедельник</t>
+  </si>
+  <si>
+    <t>Вторник</t>
+  </si>
+  <si>
+    <t>Среда</t>
+  </si>
+  <si>
+    <t>Четверг</t>
+  </si>
+  <si>
+    <t>Пятница</t>
+  </si>
+  <si>
+    <t>I смена</t>
+  </si>
+  <si>
+    <t>II смена</t>
+  </si>
+  <si>
+    <t>жаһандық құзіреттілік-23 (аптаның ж. к)</t>
+  </si>
+  <si>
+    <t>глобальные компетенции-23 (четная н.)</t>
+  </si>
+  <si>
+    <t>глобальные компетенции-37 (четная н.)</t>
+  </si>
+  <si>
+    <t>жаһандық құзіреттілік- 23 (аптаның ж.к.)</t>
+  </si>
+  <si>
+    <t>жаһандық құзіреттілік-24 (аптаның ж.к)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <fonts count="24">
+  <fonts count="25">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
@@ -1087,50 +1123,58 @@
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="18"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="18"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <b/>
+      <sz val="18"/>
+      <color theme="0"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="204"/>
+    </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC000"/>
         <bgColor indexed="64"/>
       </patternFill>
@@ -1854,51 +1898,51 @@
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="285">
+  <cellXfs count="351">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
@@ -2358,53 +2402,50 @@
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="21" fillId="2" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="21" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="21" fillId="2" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="21" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="21" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="49" fontId="21" fillId="3" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="21" fillId="3" borderId="48" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="21" fillId="2" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="21" fillId="2" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="21" fillId="3" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="21" fillId="2" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="21" fillId="2" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="21" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
@@ -2424,147 +2465,304 @@
     </xf>
     <xf numFmtId="0" fontId="21" fillId="2" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="21" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="21" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="21" fillId="3" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="21" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="2" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="21" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="21" fillId="3" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="49" fontId="21" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="49" fontId="21" fillId="2" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...39 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="21" fillId="2" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
-[...19 lines deleted...]
-    <xf numFmtId="49" fontId="21" fillId="2" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="21" fillId="2" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="21" fillId="4" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="21" fillId="4" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="49" fontId="21" fillId="4" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="21" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="21" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="49" fontId="21" fillId="2" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="21" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="21" fillId="2" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="21" fillId="2" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="2" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="2" borderId="54" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="2" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="2" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="2" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="2" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="2" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="2" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="3" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="3" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="2" borderId="57" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="2" borderId="60" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="2" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="2" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="2" borderId="59" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="3" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="21" fillId="3" borderId="56" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="21" fillId="2" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="3" borderId="46" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="3" borderId="56" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="2" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="4" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="4" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="22" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="22" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="22" fillId="2" borderId="43" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="22" fillId="2" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="24" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="22" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="2" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="22" fillId="2" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="49" fontId="21" fillId="2" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="21" fillId="2" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="2" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="2" borderId="48" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="2" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="21" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="21" fillId="2" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="2" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="2" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="2" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="2" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="21" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="49" fontId="21" fillId="2" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="21" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="21" fillId="2" borderId="12" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="2" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="2" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="21" fillId="2" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="21" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="21" fillId="2" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="21" fillId="2" borderId="26" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="2" borderId="32" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="2" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="21" fillId="2" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="21" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="21" fillId="2" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="2" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="2" borderId="56" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="21" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1"/>
+    <xf numFmtId="49" fontId="21" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyBorder="1"/>
+    <xf numFmtId="49" fontId="21" fillId="3" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
+    <xf numFmtId="49" fontId="21" fillId="2" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="32" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="21" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="21" fillId="2" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Обычный" xfId="0" builtinId="0"/>
     <cellStyle name="Обычный 2" xfId="1"/>
     <cellStyle name="Обычный 3" xfId="2"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -2948,121 +3146,121 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:W53"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A7" zoomScale="52" zoomScaleNormal="52" zoomScaleSheetLayoutView="71" zoomScalePageLayoutView="64" workbookViewId="0">
-      <selection activeCell="V27" sqref="V27"/>
+    <sheetView tabSelected="1" topLeftCell="I10" zoomScale="52" zoomScaleNormal="52" zoomScaleSheetLayoutView="71" zoomScalePageLayoutView="64" workbookViewId="0">
+      <selection activeCell="M39" sqref="M39"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.85546875" customWidth="1"/>
     <col min="2" max="2" width="7.5703125" customWidth="1"/>
     <col min="3" max="3" width="38.140625" customWidth="1"/>
     <col min="4" max="4" width="46.85546875" customWidth="1"/>
     <col min="5" max="5" width="43" customWidth="1"/>
     <col min="6" max="6" width="35.42578125" customWidth="1"/>
     <col min="7" max="7" width="44.28515625" customWidth="1"/>
     <col min="8" max="8" width="45.28515625" customWidth="1"/>
     <col min="9" max="9" width="46.42578125" customWidth="1"/>
     <col min="10" max="10" width="42.42578125" customWidth="1"/>
     <col min="11" max="11" width="45.5703125" customWidth="1"/>
     <col min="12" max="12" width="51.28515625" customWidth="1"/>
     <col min="13" max="13" width="37.42578125" customWidth="1"/>
     <col min="14" max="14" width="50.7109375" customWidth="1"/>
     <col min="15" max="15" width="5.42578125" hidden="1" customWidth="1"/>
     <col min="16" max="16" width="5" hidden="1" customWidth="1"/>
     <col min="17" max="17" width="38" customWidth="1"/>
     <col min="18" max="18" width="14" customWidth="1"/>
     <col min="19" max="19" width="16" customWidth="1"/>
     <col min="20" max="20" width="14.5703125" customWidth="1"/>
     <col min="21" max="21" width="7.28515625" customWidth="1"/>
     <col min="22" max="22" width="15" customWidth="1"/>
     <col min="23" max="23" width="7.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:22" ht="21">
       <c r="B1" s="2"/>
       <c r="C1" s="21" t="s">
-        <v>12</v>
+        <v>291</v>
       </c>
       <c r="D1" s="21"/>
       <c r="E1" s="22"/>
       <c r="F1" s="22"/>
       <c r="G1" s="22"/>
       <c r="H1" s="23"/>
       <c r="I1" s="23"/>
       <c r="J1" s="24" t="s">
-        <v>4</v>
+        <v>292</v>
       </c>
       <c r="K1" s="24"/>
       <c r="L1" s="23"/>
       <c r="M1" s="9"/>
       <c r="N1" s="9"/>
       <c r="O1" s="10"/>
       <c r="P1" s="9"/>
       <c r="Q1" s="10"/>
       <c r="R1" s="11"/>
       <c r="S1" s="12"/>
       <c r="T1" s="11"/>
       <c r="U1" s="11"/>
       <c r="V1" s="11"/>
     </row>
     <row r="2" spans="1:22" ht="21">
       <c r="B2" s="2"/>
       <c r="C2" s="21" t="s">
-        <v>13</v>
+        <v>293</v>
       </c>
       <c r="D2" s="21"/>
       <c r="E2" s="21"/>
       <c r="F2" s="21"/>
       <c r="G2" s="21"/>
       <c r="H2" s="23"/>
       <c r="I2" s="23"/>
       <c r="J2" s="24" t="s">
-        <v>6</v>
+        <v>294</v>
       </c>
       <c r="K2" s="24"/>
       <c r="L2" s="23"/>
       <c r="M2" s="9"/>
       <c r="N2" s="9"/>
       <c r="O2" s="10"/>
       <c r="P2" s="9"/>
       <c r="Q2" s="10"/>
       <c r="R2" s="11"/>
       <c r="S2" s="12"/>
       <c r="T2" s="11"/>
       <c r="U2" s="11"/>
       <c r="V2" s="11"/>
     </row>
     <row r="3" spans="1:22" ht="20.25">
       <c r="B3" s="2"/>
       <c r="C3" s="21" t="s">
         <v>19</v>
       </c>
       <c r="D3" s="21"/>
       <c r="E3" s="21"/>
       <c r="F3" s="21"/>
       <c r="G3" s="21"/>
       <c r="H3" s="25"/>
       <c r="I3" s="25"/>
@@ -3112,51 +3310,51 @@
       <c r="E5" s="13"/>
       <c r="F5" s="13"/>
       <c r="G5" s="13"/>
       <c r="H5" s="14"/>
       <c r="I5" s="14"/>
       <c r="J5" s="10"/>
       <c r="K5" s="10"/>
       <c r="M5" s="8"/>
       <c r="N5" s="13"/>
       <c r="O5" s="10"/>
       <c r="P5" s="13"/>
       <c r="Q5" s="10"/>
       <c r="R5" s="11"/>
       <c r="S5" s="12"/>
       <c r="T5" s="11"/>
       <c r="U5" s="11"/>
       <c r="V5" s="11"/>
     </row>
     <row r="6" spans="1:22" ht="25.5">
       <c r="A6" s="5"/>
       <c r="B6" s="6"/>
       <c r="C6" s="4" t="s">
         <v>16</v>
       </c>
       <c r="D6" s="4" t="s">
-        <v>29</v>
+        <v>295</v>
       </c>
       <c r="E6" s="15"/>
       <c r="F6" s="15"/>
       <c r="G6" s="15"/>
       <c r="H6" s="13"/>
       <c r="I6" s="13"/>
       <c r="J6" s="13"/>
       <c r="K6" s="13"/>
       <c r="L6" s="16"/>
       <c r="M6" s="153"/>
       <c r="N6" s="13"/>
       <c r="O6" s="15"/>
       <c r="P6" s="13"/>
       <c r="Q6" s="16"/>
       <c r="R6" s="13"/>
       <c r="S6" s="12"/>
       <c r="T6" s="11"/>
       <c r="U6" s="11"/>
       <c r="V6" s="11"/>
     </row>
     <row r="7" spans="1:22" ht="15.75" thickBot="1">
       <c r="A7" s="5"/>
       <c r="B7" s="6"/>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
@@ -3165,63 +3363,67 @@
       <c r="G7" s="16"/>
       <c r="H7" s="13"/>
       <c r="I7" s="13"/>
       <c r="J7" s="13"/>
       <c r="K7" s="13" t="s">
         <v>1</v>
       </c>
       <c r="L7" s="13"/>
       <c r="M7" s="154"/>
       <c r="N7" s="13"/>
       <c r="O7" s="13"/>
       <c r="P7" s="13"/>
       <c r="Q7" s="16"/>
       <c r="R7" s="13"/>
       <c r="S7" s="12"/>
       <c r="T7" s="11"/>
       <c r="U7" s="11"/>
       <c r="V7" s="11"/>
     </row>
     <row r="8" spans="1:22" ht="22.5" customHeight="1" thickBot="1">
       <c r="A8" s="17"/>
       <c r="B8" s="18"/>
       <c r="C8" s="18" t="s">
         <v>3</v>
       </c>
-      <c r="D8" s="19"/>
+      <c r="D8" s="19" t="s">
+        <v>301</v>
+      </c>
       <c r="E8" s="19"/>
       <c r="F8" s="19"/>
       <c r="G8" s="19"/>
       <c r="H8" s="20"/>
       <c r="I8" s="20"/>
       <c r="J8" s="20"/>
       <c r="K8" s="20"/>
       <c r="L8" s="91"/>
       <c r="M8" s="155" t="s">
         <v>15</v>
       </c>
-      <c r="N8" s="20"/>
+      <c r="N8" s="20" t="s">
+        <v>302</v>
+      </c>
       <c r="O8" s="20"/>
       <c r="P8" s="20"/>
       <c r="Q8" s="91"/>
       <c r="R8" s="11"/>
       <c r="S8" s="11"/>
     </row>
     <row r="9" spans="1:22" ht="100.5" customHeight="1" thickBot="1">
       <c r="A9" s="26"/>
       <c r="B9" s="27" t="s">
         <v>0</v>
       </c>
       <c r="C9" s="87" t="s">
         <v>20</v>
       </c>
       <c r="D9" s="88" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="56" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="57" t="s">
         <v>22</v>
       </c>
       <c r="G9" s="57" t="s">
         <v>23</v>
@@ -3247,1781 +3449,1779 @@
       <c r="N9" s="46" t="s">
         <v>27</v>
       </c>
       <c r="O9" s="47" t="s">
         <v>2</v>
       </c>
       <c r="P9" s="47"/>
       <c r="Q9" s="48" t="s">
         <v>28</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
     </row>
     <row r="10" spans="1:22" ht="23.25" customHeight="1">
       <c r="A10" s="26"/>
       <c r="B10" s="49">
         <v>1</v>
       </c>
       <c r="C10" s="29" t="s">
         <v>92</v>
       </c>
       <c r="D10" s="177" t="s">
         <v>53</v>
       </c>
-      <c r="E10" s="270" t="s">
-[...2 lines deleted...]
-      <c r="F10" s="271"/>
+      <c r="E10" s="339" t="s">
+        <v>129</v>
+      </c>
+      <c r="F10" s="340"/>
       <c r="G10" s="55" t="s">
         <v>50</v>
       </c>
       <c r="H10" s="55" t="s">
         <v>93</v>
       </c>
       <c r="I10" s="55" t="s">
         <v>51</v>
       </c>
       <c r="J10" s="55" t="s">
         <v>115</v>
       </c>
       <c r="K10" s="92" t="s">
         <v>52</v>
       </c>
       <c r="L10" s="65" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="M10" s="92" t="s">
         <v>93</v>
       </c>
       <c r="N10" s="207" t="s">
         <v>68</v>
       </c>
       <c r="O10" s="66"/>
       <c r="P10" s="77"/>
       <c r="Q10" s="55" t="s">
         <v>69</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
     </row>
     <row r="11" spans="1:22" ht="24" customHeight="1">
       <c r="A11" s="31" t="s">
-        <v>33</v>
+        <v>296</v>
       </c>
       <c r="B11" s="36">
         <v>2</v>
       </c>
       <c r="C11" s="54" t="s">
         <v>54</v>
       </c>
       <c r="D11" s="69" t="s">
-        <v>130</v>
-[...4 lines deleted...]
-      <c r="F11" s="258"/>
+        <v>129</v>
+      </c>
+      <c r="E11" s="338" t="s">
+        <v>133</v>
+      </c>
+      <c r="F11" s="337"/>
       <c r="G11" s="54" t="s">
         <v>105</v>
       </c>
       <c r="H11" s="54" t="s">
         <v>50</v>
       </c>
       <c r="I11" s="68" t="s">
         <v>55</v>
       </c>
       <c r="J11" s="51" t="s">
         <v>56</v>
       </c>
       <c r="K11" s="54" t="s">
         <v>93</v>
       </c>
       <c r="L11" s="54" t="s">
         <v>51</v>
       </c>
-      <c r="M11" s="234" t="s">
+      <c r="M11" s="233" t="s">
         <v>68</v>
       </c>
       <c r="N11" s="58" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="O11" s="66"/>
       <c r="P11" s="77"/>
       <c r="Q11" s="54" t="s">
         <v>93</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
     </row>
     <row r="12" spans="1:22" ht="24.75" customHeight="1">
       <c r="A12" s="31"/>
       <c r="B12" s="36">
         <v>3</v>
       </c>
       <c r="C12" s="51" t="s">
         <v>65</v>
       </c>
       <c r="D12" s="68" t="s">
         <v>51</v>
       </c>
-      <c r="E12" s="189" t="s">
+      <c r="E12" s="249" t="s">
         <v>55</v>
       </c>
       <c r="F12" s="103"/>
       <c r="G12" s="69" t="s">
         <v>64</v>
       </c>
       <c r="H12" s="68" t="s">
         <v>57</v>
       </c>
       <c r="I12" s="54" t="s">
         <v>58</v>
       </c>
       <c r="J12" s="69" t="s">
         <v>59</v>
       </c>
       <c r="K12" s="31" t="s">
         <v>94</v>
       </c>
       <c r="L12" s="54" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="M12" s="64" t="s">
         <v>64</v>
       </c>
       <c r="N12" s="69" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="O12" s="72"/>
       <c r="P12" s="67"/>
       <c r="Q12" s="31" t="s">
         <v>94</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
     </row>
     <row r="13" spans="1:22" ht="24" customHeight="1">
       <c r="A13" s="31"/>
       <c r="B13" s="36">
         <v>4</v>
       </c>
       <c r="C13" s="54" t="s">
         <v>93</v>
       </c>
       <c r="D13" s="68" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="E13" s="75" t="s">
         <v>58</v>
       </c>
       <c r="F13" s="103"/>
       <c r="G13" s="68" t="s">
         <v>101</v>
       </c>
       <c r="H13" s="68" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="I13" s="68" t="s">
         <v>66</v>
       </c>
       <c r="J13" s="31" t="s">
         <v>94</v>
       </c>
       <c r="K13" s="62" t="s">
         <v>50</v>
       </c>
       <c r="L13" s="68" t="s">
         <v>59</v>
       </c>
       <c r="M13" s="61" t="s">
         <v>96</v>
       </c>
       <c r="N13" s="54" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="O13" s="72"/>
       <c r="P13" s="67"/>
       <c r="Q13" s="54" t="s">
         <v>50</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
     </row>
     <row r="14" spans="1:22" ht="21.75" customHeight="1">
       <c r="A14" s="31"/>
       <c r="B14" s="36">
         <v>5</v>
       </c>
       <c r="C14" s="31" t="s">
         <v>94</v>
       </c>
       <c r="D14" s="54" t="s">
-        <v>132</v>
-[...1 lines deleted...]
-      <c r="E14" s="272" t="s">
+        <v>131</v>
+      </c>
+      <c r="E14" s="336" t="s">
         <v>63</v>
       </c>
-      <c r="F14" s="249"/>
+      <c r="F14" s="337"/>
       <c r="G14" s="31" t="s">
         <v>62</v>
       </c>
       <c r="H14" s="69" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="I14" s="69" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="J14" s="31" t="s">
         <v>67</v>
       </c>
       <c r="K14" s="79" t="s">
         <v>59</v>
       </c>
       <c r="L14" s="51" t="s">
         <v>60</v>
       </c>
       <c r="M14" s="28" t="s">
         <v>94</v>
       </c>
       <c r="N14" s="71" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="O14" s="72"/>
       <c r="P14" s="67"/>
       <c r="Q14" s="69" t="s">
         <v>64</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
     </row>
     <row r="15" spans="1:22" ht="21.75" customHeight="1" thickBot="1">
       <c r="A15" s="31"/>
       <c r="B15" s="50">
         <v>6</v>
       </c>
-      <c r="C15" s="225" t="s">
+      <c r="C15" s="224" t="s">
         <v>95</v>
       </c>
       <c r="D15" s="134" t="s">
-        <v>133</v>
-[...1 lines deleted...]
-      <c r="E15" s="272" t="s">
         <v>132</v>
       </c>
-      <c r="F15" s="249"/>
+      <c r="E15" s="336" t="s">
+        <v>131</v>
+      </c>
+      <c r="F15" s="337"/>
       <c r="G15" s="69" t="s">
         <v>70</v>
       </c>
       <c r="H15" s="68" t="s">
         <v>62</v>
       </c>
       <c r="I15" s="54" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="J15" s="68" t="s">
         <v>69</v>
       </c>
       <c r="K15" s="197" t="s">
         <v>111</v>
       </c>
       <c r="L15" s="51" t="s">
         <v>61</v>
       </c>
-      <c r="M15" s="235" t="s">
+      <c r="M15" s="234" t="s">
         <v>95</v>
       </c>
-      <c r="N15" s="220" t="s">
-        <v>150</v>
+      <c r="N15" s="219" t="s">
+        <v>149</v>
       </c>
       <c r="O15" s="66"/>
       <c r="P15" s="77"/>
       <c r="Q15" s="68" t="s">
         <v>96</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
     </row>
     <row r="16" spans="1:22" ht="27" customHeight="1" thickBot="1">
       <c r="A16" s="31"/>
       <c r="B16" s="36">
         <v>7</v>
       </c>
-      <c r="C16" s="233"/>
-      <c r="D16" s="200"/>
+      <c r="C16" s="335"/>
+      <c r="D16" s="334"/>
       <c r="E16" s="201"/>
       <c r="F16" s="202" t="s">
-        <v>156</v>
+        <v>151</v>
       </c>
       <c r="G16" s="31" t="s">
         <v>94</v>
       </c>
       <c r="H16" s="134" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="I16" s="196" t="s">
         <v>62</v>
       </c>
       <c r="J16" s="134" t="s">
         <v>117</v>
       </c>
-      <c r="K16" s="203"/>
+      <c r="K16" s="286"/>
       <c r="L16" s="196" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-      <c r="N16" s="166"/>
+        <v>139</v>
+      </c>
+      <c r="M16" s="292"/>
+      <c r="N16" s="294"/>
       <c r="O16" s="72"/>
       <c r="P16" s="77"/>
       <c r="Q16" s="134" t="s">
         <v>51</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
     </row>
     <row r="17" spans="1:22" ht="22.5" customHeight="1" thickBot="1">
       <c r="A17" s="33"/>
       <c r="B17" s="38">
         <v>8</v>
       </c>
-      <c r="C17" s="104"/>
-[...10 lines deleted...]
-      <c r="N17" s="104"/>
+      <c r="C17" s="290"/>
+      <c r="D17" s="288"/>
+      <c r="E17" s="332"/>
+      <c r="F17" s="333"/>
+      <c r="G17" s="290"/>
+      <c r="H17" s="289"/>
+      <c r="I17" s="289"/>
+      <c r="J17" s="288"/>
+      <c r="K17" s="287"/>
+      <c r="L17" s="291"/>
+      <c r="M17" s="293"/>
+      <c r="N17" s="290"/>
       <c r="O17" s="107"/>
       <c r="P17" s="108"/>
-      <c r="Q17" s="105"/>
+      <c r="Q17" s="295"/>
       <c r="U17" s="1"/>
     </row>
     <row r="18" spans="1:22" ht="24.75" customHeight="1">
       <c r="A18" s="26"/>
       <c r="B18" s="35">
         <v>1</v>
       </c>
-      <c r="C18" s="232" t="s">
+      <c r="C18" s="231" t="s">
         <v>93</v>
       </c>
       <c r="D18" s="177" t="s">
         <v>78</v>
       </c>
-      <c r="E18" s="227" t="s">
+      <c r="E18" s="226" t="s">
         <v>62</v>
       </c>
       <c r="F18" s="82"/>
       <c r="G18" s="190" t="s">
         <v>50</v>
       </c>
       <c r="H18" s="65" t="s">
         <v>59</v>
       </c>
       <c r="I18" s="65" t="s">
         <v>73</v>
       </c>
       <c r="J18" s="98" t="s">
         <v>71</v>
       </c>
       <c r="K18" s="64" t="s">
         <v>64</v>
       </c>
       <c r="L18" s="101" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="M18" s="191" t="s">
         <v>104</v>
       </c>
       <c r="N18" s="192" t="s">
         <v>77</v>
       </c>
       <c r="O18" s="72"/>
       <c r="P18" s="67"/>
       <c r="Q18" s="55" t="s">
         <v>50</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
     </row>
     <row r="19" spans="1:22" ht="22.5" customHeight="1" thickBot="1">
       <c r="A19" s="31"/>
       <c r="B19" s="36">
         <v>2</v>
       </c>
       <c r="C19" s="79" t="s">
         <v>65</v>
       </c>
       <c r="D19" s="54" t="s">
-        <v>130</v>
-[...4 lines deleted...]
-      <c r="F19" s="269"/>
+        <v>129</v>
+      </c>
+      <c r="E19" s="338" t="s">
+        <v>134</v>
+      </c>
+      <c r="F19" s="337"/>
       <c r="G19" s="61" t="s">
         <v>57</v>
       </c>
       <c r="H19" s="31" t="s">
         <v>94</v>
       </c>
       <c r="I19" s="54" t="s">
         <v>59</v>
       </c>
       <c r="J19" s="70" t="s">
         <v>93</v>
       </c>
       <c r="K19" s="61" t="s">
         <v>96</v>
       </c>
       <c r="L19" s="61" t="s">
         <v>55</v>
       </c>
       <c r="M19" s="150" t="s">
         <v>115</v>
       </c>
       <c r="N19" s="102" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="O19" s="72"/>
       <c r="P19" s="67"/>
       <c r="Q19" s="68" t="s">
         <v>57</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
     </row>
     <row r="20" spans="1:22" ht="21" customHeight="1">
       <c r="A20" s="31" t="s">
-        <v>7</v>
+        <v>297</v>
       </c>
       <c r="B20" s="36">
         <v>3</v>
       </c>
       <c r="C20" s="79" t="s">
         <v>65</v>
       </c>
       <c r="D20" s="54" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="E20" s="263" t="s">
+        <v>140</v>
+      </c>
+      <c r="E20" s="338" t="s">
         <v>55</v>
       </c>
-      <c r="F20" s="258"/>
+      <c r="F20" s="337"/>
       <c r="G20" s="54" t="s">
         <v>93</v>
       </c>
       <c r="H20" s="69" t="s">
         <v>74</v>
       </c>
       <c r="I20" s="68" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="J20" s="63" t="s">
         <v>96</v>
       </c>
       <c r="K20" s="54" t="s">
         <v>50</v>
       </c>
-      <c r="L20" s="247" t="s">
-        <v>150</v>
+      <c r="L20" s="246" t="s">
+        <v>149</v>
       </c>
       <c r="M20" s="150" t="s">
         <v>117</v>
       </c>
       <c r="N20" s="70" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="O20" s="72"/>
       <c r="P20" s="67"/>
       <c r="Q20" s="54" t="s">
         <v>62</v>
       </c>
       <c r="T20" s="55"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
     </row>
     <row r="21" spans="1:22" ht="24.75" customHeight="1">
       <c r="A21" s="31"/>
       <c r="B21" s="36">
         <v>4</v>
       </c>
       <c r="C21" s="64" t="s">
         <v>64</v>
       </c>
       <c r="D21" s="54" t="s">
-        <v>142</v>
-[...4 lines deleted...]
-      <c r="F21" s="249"/>
+        <v>141</v>
+      </c>
+      <c r="E21" s="336" t="s">
+        <v>132</v>
+      </c>
+      <c r="F21" s="337"/>
       <c r="G21" s="54" t="s">
         <v>106</v>
       </c>
       <c r="H21" s="54" t="s">
         <v>93</v>
       </c>
       <c r="I21" s="54" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="J21" s="53" t="s">
         <v>75</v>
       </c>
       <c r="K21" s="31" t="s">
         <v>62</v>
       </c>
       <c r="L21" s="62" t="s">
         <v>51</v>
       </c>
       <c r="M21" s="150" t="s">
         <v>54</v>
       </c>
       <c r="N21" s="70" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="O21" s="72"/>
       <c r="P21" s="67"/>
       <c r="Q21" s="54" t="s">
         <v>117</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
     </row>
     <row r="22" spans="1:22" ht="24.75" customHeight="1">
       <c r="A22" s="31"/>
       <c r="B22" s="36">
         <v>5</v>
       </c>
       <c r="C22" s="61" t="s">
         <v>96</v>
       </c>
       <c r="D22" s="69" t="s">
-        <v>146</v>
-[...4 lines deleted...]
-      <c r="F22" s="249"/>
+        <v>145</v>
+      </c>
+      <c r="E22" s="336" t="s">
+        <v>137</v>
+      </c>
+      <c r="F22" s="337"/>
       <c r="G22" s="61" t="s">
         <v>118</v>
       </c>
       <c r="H22" s="150" t="s">
         <v>108</v>
       </c>
       <c r="I22" s="68" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="J22" s="53" t="s">
         <v>75</v>
       </c>
       <c r="K22" s="54" t="s">
         <v>71</v>
       </c>
       <c r="L22" s="62" t="s">
         <v>58</v>
       </c>
       <c r="M22" s="150" t="s">
         <v>95</v>
       </c>
       <c r="N22" s="85" t="s">
         <v>51</v>
       </c>
       <c r="O22" s="72"/>
       <c r="P22" s="67"/>
       <c r="Q22" s="54" t="s">
         <v>52</v>
       </c>
       <c r="T22" s="1"/>
       <c r="V22" s="1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:22" ht="24" customHeight="1" thickBot="1">
       <c r="A23" s="31"/>
       <c r="B23" s="36">
         <v>6</v>
       </c>
-      <c r="C23" s="280" t="s">
+      <c r="C23" s="255" t="s">
         <v>119</v>
       </c>
       <c r="D23" s="134" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="E23" s="193" t="s">
         <v>63</v>
       </c>
       <c r="F23" s="147"/>
       <c r="G23" s="64" t="s">
         <v>59</v>
       </c>
       <c r="H23" s="150" t="s">
         <v>108</v>
       </c>
       <c r="I23" s="54" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="J23" s="73" t="s">
         <v>111</v>
       </c>
       <c r="K23" s="54" t="s">
         <v>98</v>
       </c>
       <c r="L23" s="64" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="M23" s="194" t="s">
         <v>51</v>
       </c>
-      <c r="N23" s="284" t="s">
-        <v>153</v>
+      <c r="N23" s="258" t="s">
+        <v>304</v>
       </c>
       <c r="O23" s="72"/>
       <c r="P23" s="67"/>
       <c r="Q23" s="54" t="s">
         <v>92</v>
       </c>
       <c r="T23" s="186"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
     </row>
     <row r="24" spans="1:22" ht="21" customHeight="1" thickBot="1">
       <c r="A24" s="31"/>
       <c r="B24" s="50">
         <v>7</v>
       </c>
-      <c r="C24" s="195"/>
-[...5 lines deleted...]
-      <c r="G24" s="146"/>
+      <c r="C24" s="297"/>
+      <c r="D24" s="292"/>
+      <c r="E24" s="343" t="s">
+        <v>304</v>
+      </c>
+      <c r="F24" s="344"/>
+      <c r="G24" s="298"/>
       <c r="H24" s="134" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="I24" s="134" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="J24" s="181" t="s">
         <v>76</v>
       </c>
       <c r="K24" s="31" t="s">
         <v>94</v>
       </c>
       <c r="L24" s="134" t="s">
         <v>72</v>
       </c>
-      <c r="M24" s="236"/>
-      <c r="N24" s="166"/>
+      <c r="M24" s="296"/>
+      <c r="N24" s="294"/>
       <c r="O24" s="80"/>
       <c r="P24" s="81"/>
       <c r="Q24" s="194" t="s">
-        <v>155</v>
+        <v>303</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
     </row>
     <row r="25" spans="1:22" ht="1.5" customHeight="1" thickBot="1">
       <c r="A25" s="33"/>
       <c r="B25" s="38">
         <v>8</v>
       </c>
       <c r="C25" s="95"/>
-      <c r="D25" s="142"/>
-[...1 lines deleted...]
-      <c r="F25" s="266"/>
+      <c r="D25" s="221"/>
+      <c r="E25" s="341"/>
+      <c r="F25" s="342"/>
       <c r="G25" s="204"/>
       <c r="H25" s="137"/>
       <c r="I25" s="168"/>
       <c r="J25" s="138"/>
       <c r="K25" s="174"/>
       <c r="L25" s="174"/>
       <c r="M25" s="176"/>
       <c r="N25" s="96"/>
       <c r="O25" s="72"/>
       <c r="P25" s="67"/>
       <c r="Q25" s="158"/>
       <c r="U25" s="1"/>
     </row>
     <row r="26" spans="1:22" ht="27.75" customHeight="1">
       <c r="A26" s="34"/>
       <c r="B26" s="35">
         <v>1</v>
       </c>
       <c r="C26" s="205" t="s">
         <v>65</v>
       </c>
       <c r="D26" s="55" t="s">
-        <v>143</v>
-[...4 lines deleted...]
-      <c r="F26" s="253"/>
+        <v>142</v>
+      </c>
+      <c r="E26" s="349" t="s">
+        <v>133</v>
+      </c>
+      <c r="F26" s="340"/>
       <c r="G26" s="54" t="s">
         <v>93</v>
       </c>
       <c r="H26" s="31" t="s">
         <v>94</v>
       </c>
       <c r="I26" s="98" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="J26" s="65" t="s">
         <v>59</v>
       </c>
       <c r="K26" s="26" t="s">
         <v>50</v>
       </c>
       <c r="L26" s="65" t="s">
         <v>55</v>
       </c>
       <c r="M26" s="206" t="s">
         <v>82</v>
       </c>
       <c r="N26" s="207" t="s">
         <v>80</v>
       </c>
       <c r="O26" s="112"/>
       <c r="P26" s="113"/>
       <c r="Q26" s="65" t="s">
         <v>57</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
     </row>
     <row r="27" spans="1:22" ht="24.75" customHeight="1">
       <c r="A27" s="28"/>
       <c r="B27" s="36">
         <v>2</v>
       </c>
       <c r="C27" s="28" t="s">
         <v>94</v>
       </c>
       <c r="D27" s="69" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="E27" s="193" t="s">
         <v>59</v>
       </c>
       <c r="F27" s="124"/>
       <c r="G27" s="68" t="s">
         <v>57</v>
       </c>
       <c r="H27" s="78" t="s">
         <v>52</v>
       </c>
       <c r="I27" s="78" t="s">
         <v>66</v>
       </c>
       <c r="J27" s="68" t="s">
         <v>92</v>
       </c>
       <c r="K27" s="54" t="s">
         <v>93</v>
       </c>
       <c r="L27" s="68" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="M27" s="54" t="s">
         <v>93</v>
       </c>
       <c r="N27" s="54" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="O27" s="114"/>
       <c r="P27" s="115"/>
       <c r="Q27" s="69" t="s">
         <v>64</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
     </row>
     <row r="28" spans="1:22" ht="27.75" customHeight="1">
       <c r="A28" s="28" t="s">
-        <v>8</v>
+        <v>298</v>
       </c>
       <c r="B28" s="36">
         <v>3</v>
       </c>
       <c r="C28" s="62" t="s">
         <v>54</v>
       </c>
       <c r="D28" s="51" t="s">
         <v>80</v>
       </c>
-      <c r="E28" s="263" t="s">
+      <c r="E28" s="338" t="s">
         <v>66</v>
       </c>
-      <c r="F28" s="264"/>
+      <c r="F28" s="337"/>
       <c r="G28" s="54" t="s">
         <v>79</v>
       </c>
       <c r="H28" s="73" t="s">
         <v>74</v>
       </c>
       <c r="I28" s="78" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="J28" s="31" t="s">
         <v>94</v>
       </c>
       <c r="K28" s="68" t="s">
         <v>57</v>
       </c>
       <c r="L28" s="54" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="M28" s="71" t="s">
         <v>83</v>
       </c>
       <c r="N28" s="54" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="O28" s="114"/>
       <c r="P28" s="115"/>
       <c r="Q28" s="68" t="s">
         <v>96</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
     </row>
     <row r="29" spans="1:22" ht="24.75" customHeight="1">
       <c r="A29" s="28"/>
       <c r="B29" s="36">
         <v>4</v>
       </c>
       <c r="C29" s="64" t="s">
         <v>98</v>
       </c>
       <c r="D29" s="68" t="s">
-        <v>134</v>
-[...1 lines deleted...]
-      <c r="E29" s="248" t="s">
         <v>133</v>
       </c>
-      <c r="F29" s="267"/>
+      <c r="E29" s="336" t="s">
+        <v>132</v>
+      </c>
+      <c r="F29" s="337"/>
       <c r="G29" s="150" t="s">
         <v>59</v>
       </c>
       <c r="H29" s="78" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="I29" s="78" t="s">
         <v>61</v>
       </c>
       <c r="J29" s="51" t="s">
         <v>57</v>
       </c>
       <c r="K29" s="68" t="s">
         <v>62</v>
       </c>
       <c r="L29" s="69" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="M29" s="69" t="s">
         <v>64</v>
       </c>
       <c r="N29" s="52" t="s">
         <v>83</v>
       </c>
       <c r="O29" s="116"/>
       <c r="P29" s="114"/>
       <c r="Q29" s="54" t="s">
         <v>93</v>
       </c>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
     </row>
     <row r="30" spans="1:22" ht="24.75" customHeight="1">
       <c r="A30" s="28"/>
       <c r="B30" s="36">
         <v>5</v>
       </c>
       <c r="C30" s="64" t="s">
         <v>81</v>
       </c>
       <c r="D30" s="54" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="E30" s="208" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="F30" s="209"/>
       <c r="G30" s="68" t="s">
         <v>52</v>
       </c>
       <c r="H30" s="78" t="s">
         <v>98</v>
       </c>
       <c r="I30" s="78" t="s">
         <v>58</v>
       </c>
       <c r="J30" s="84" t="s">
         <v>51</v>
       </c>
       <c r="K30" s="54" t="s">
         <v>59</v>
       </c>
       <c r="L30" s="69" t="s">
         <v>62</v>
       </c>
       <c r="M30" s="68" t="s">
         <v>96</v>
       </c>
       <c r="N30" s="31" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="O30" s="114"/>
       <c r="P30" s="115"/>
       <c r="Q30" s="31" t="s">
         <v>94</v>
       </c>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
     </row>
     <row r="31" spans="1:22" ht="26.25" customHeight="1" thickBot="1">
       <c r="A31" s="28"/>
       <c r="B31" s="36">
         <v>6</v>
       </c>
       <c r="C31" s="182" t="s">
         <v>99</v>
       </c>
       <c r="D31" s="210" t="s">
-        <v>149</v>
-[...4 lines deleted...]
-      <c r="F31" s="212"/>
+        <v>148</v>
+      </c>
+      <c r="E31" s="247" t="s">
+        <v>129</v>
+      </c>
+      <c r="F31" s="248"/>
       <c r="G31" s="54" t="s">
         <v>100</v>
       </c>
       <c r="H31" s="86" t="s">
         <v>62</v>
       </c>
       <c r="I31" s="134" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="J31" s="69" t="s">
         <v>52</v>
       </c>
       <c r="K31" s="68" t="s">
         <v>51</v>
       </c>
       <c r="L31" s="68" t="s">
         <v>59</v>
       </c>
       <c r="M31" s="33" t="s">
         <v>94</v>
       </c>
       <c r="N31" s="214" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="O31" s="83"/>
       <c r="P31" s="114"/>
       <c r="Q31" s="134" t="s">
         <v>92</v>
       </c>
       <c r="T31" s="1"/>
       <c r="V31" s="1"/>
     </row>
     <row r="32" spans="1:22" ht="27.75" customHeight="1" thickBot="1">
       <c r="A32" s="28"/>
       <c r="B32" s="36">
         <v>7</v>
       </c>
-      <c r="C32" s="215"/>
-[...4 lines deleted...]
-      <c r="F32" s="260"/>
+      <c r="C32" s="299"/>
+      <c r="D32" s="301"/>
+      <c r="E32" s="343" t="s">
+        <v>150</v>
+      </c>
+      <c r="F32" s="344"/>
       <c r="G32" s="194" t="s">
-        <v>120</v>
+        <v>306</v>
       </c>
       <c r="H32" s="185" t="s">
         <v>109</v>
       </c>
-      <c r="I32" s="217" t="s">
-[...2 lines deleted...]
-      <c r="J32" s="218" t="s">
+      <c r="I32" s="216" t="s">
+        <v>148</v>
+      </c>
+      <c r="J32" s="217" t="s">
         <v>100</v>
       </c>
-      <c r="K32" s="223" t="s">
-        <v>127</v>
+      <c r="K32" s="222" t="s">
+        <v>126</v>
       </c>
       <c r="L32" s="134" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-      <c r="N32" s="149"/>
+        <v>132</v>
+      </c>
+      <c r="M32" s="294"/>
+      <c r="N32" s="116"/>
       <c r="O32" s="118"/>
       <c r="P32" s="119"/>
-      <c r="Q32" s="164"/>
+      <c r="Q32" s="309"/>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
     </row>
     <row r="33" spans="1:22" ht="24.75" customHeight="1" thickBot="1">
       <c r="A33" s="37"/>
       <c r="B33" s="38">
         <v>8</v>
       </c>
-      <c r="C33" s="110"/>
-[...10 lines deleted...]
-      <c r="N33" s="143"/>
+      <c r="C33" s="300"/>
+      <c r="D33" s="222"/>
+      <c r="E33" s="345"/>
+      <c r="F33" s="342"/>
+      <c r="G33" s="302"/>
+      <c r="H33" s="303"/>
+      <c r="I33" s="304"/>
+      <c r="J33" s="305"/>
+      <c r="K33" s="306"/>
+      <c r="L33" s="86"/>
+      <c r="M33" s="307"/>
+      <c r="N33" s="308"/>
       <c r="O33" s="122"/>
       <c r="P33" s="123"/>
-      <c r="Q33" s="136"/>
+      <c r="Q33" s="255"/>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
     </row>
     <row r="34" spans="1:22" ht="23.25" customHeight="1">
       <c r="A34" s="26"/>
       <c r="B34" s="35">
         <v>1</v>
       </c>
       <c r="C34" s="55" t="s">
         <v>94</v>
       </c>
-      <c r="D34" s="245" t="s">
+      <c r="D34" s="244" t="s">
         <v>65</v>
       </c>
       <c r="E34" s="183" t="s">
         <v>62</v>
       </c>
       <c r="F34" s="183"/>
       <c r="G34" s="55" t="s">
         <v>98</v>
       </c>
       <c r="H34" s="184" t="s">
         <v>50</v>
       </c>
       <c r="I34" s="98" t="s">
         <v>59</v>
       </c>
       <c r="J34" s="54" t="s">
         <v>93</v>
       </c>
       <c r="K34" s="92" t="s">
         <v>92</v>
       </c>
       <c r="L34" s="65" t="s">
-        <v>134</v>
-[...1 lines deleted...]
-      <c r="M34" s="237" t="s">
+        <v>133</v>
+      </c>
+      <c r="M34" s="236" t="s">
         <v>53</v>
       </c>
       <c r="N34" s="207" t="s">
         <v>82</v>
       </c>
       <c r="O34" s="66"/>
       <c r="P34" s="67"/>
       <c r="Q34" s="55" t="s">
         <v>50</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
     </row>
     <row r="35" spans="1:22" ht="27" customHeight="1">
       <c r="A35" s="31"/>
       <c r="B35" s="36">
         <v>2</v>
       </c>
       <c r="C35" s="69" t="s">
         <v>92</v>
       </c>
       <c r="D35" s="102" t="s">
         <v>65</v>
       </c>
-      <c r="E35" s="263" t="s">
-[...2 lines deleted...]
-      <c r="F35" s="264"/>
+      <c r="E35" s="338" t="s">
+        <v>133</v>
+      </c>
+      <c r="F35" s="337"/>
       <c r="G35" s="54" t="s">
         <v>93</v>
       </c>
       <c r="H35" s="70" t="s">
         <v>59</v>
       </c>
       <c r="I35" s="70" t="s">
         <v>72</v>
       </c>
       <c r="J35" s="76" t="s">
         <v>112</v>
       </c>
       <c r="K35" s="62" t="s">
         <v>50</v>
       </c>
       <c r="L35" s="54" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="M35" s="73" t="s">
         <v>64</v>
       </c>
       <c r="N35" s="58" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="O35" s="72"/>
       <c r="P35" s="67"/>
       <c r="Q35" s="54" t="s">
         <v>59</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
     </row>
     <row r="36" spans="1:22" ht="24" customHeight="1">
       <c r="A36" s="31" t="s">
-        <v>9</v>
+        <v>299</v>
       </c>
       <c r="B36" s="36">
         <v>3</v>
       </c>
       <c r="C36" s="54" t="s">
         <v>93</v>
       </c>
       <c r="D36" s="102" t="s">
-        <v>150</v>
-[...1 lines deleted...]
-      <c r="E36" s="263" t="s">
+        <v>149</v>
+      </c>
+      <c r="E36" s="338" t="s">
         <v>51</v>
       </c>
-      <c r="F36" s="264"/>
+      <c r="F36" s="337"/>
       <c r="G36" s="68" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="H36" s="31" t="s">
         <v>94</v>
       </c>
       <c r="I36" s="78" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="J36" s="178" t="s">
         <v>84</v>
       </c>
       <c r="K36" s="61" t="s">
         <v>57</v>
       </c>
       <c r="L36" s="54" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="M36" s="185" t="s">
         <v>54</v>
       </c>
       <c r="N36" s="69" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="O36" s="72"/>
       <c r="P36" s="67"/>
       <c r="Q36" s="69" t="s">
         <v>64</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
     </row>
     <row r="37" spans="1:22" ht="23.25">
       <c r="A37" s="31"/>
       <c r="B37" s="36">
         <v>4</v>
       </c>
       <c r="C37" s="69" t="s">
         <v>65</v>
       </c>
       <c r="D37" s="102" t="s">
-        <v>133</v>
-[...1 lines deleted...]
-      <c r="E37" s="263" t="s">
+        <v>132</v>
+      </c>
+      <c r="E37" s="338" t="s">
         <v>57</v>
       </c>
-      <c r="F37" s="264"/>
+      <c r="F37" s="337"/>
       <c r="G37" s="31" t="s">
         <v>116</v>
       </c>
       <c r="H37" s="54" t="s">
         <v>93</v>
       </c>
       <c r="I37" s="70" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="J37" s="179" t="s">
         <v>62</v>
       </c>
       <c r="K37" s="62" t="s">
         <v>98</v>
       </c>
       <c r="L37" s="54" t="s">
         <v>58</v>
       </c>
       <c r="M37" s="185" t="s">
         <v>98</v>
       </c>
       <c r="N37" s="52" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="O37" s="72"/>
       <c r="P37" s="67"/>
       <c r="Q37" s="71" t="s">
         <v>52</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
     </row>
     <row r="38" spans="1:22" ht="24" customHeight="1" thickBot="1">
       <c r="A38" s="31"/>
       <c r="B38" s="36">
         <v>5</v>
       </c>
       <c r="C38" s="54" t="s">
         <v>100</v>
       </c>
       <c r="D38" s="102" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="E38" s="178" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="F38" s="124"/>
       <c r="G38" s="180" t="s">
         <v>62</v>
       </c>
       <c r="H38" s="78" t="s">
         <v>57</v>
       </c>
       <c r="I38" s="73" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="J38" s="74" t="s">
         <v>52</v>
       </c>
       <c r="K38" s="62" t="s">
         <v>117</v>
       </c>
       <c r="L38" s="68" t="s">
         <v>85</v>
       </c>
       <c r="M38" s="198" t="s">
         <v>92</v>
       </c>
       <c r="N38" s="54" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="O38" s="66"/>
       <c r="P38" s="77"/>
       <c r="Q38" s="54" t="s">
         <v>98</v>
       </c>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
     </row>
     <row r="39" spans="1:22" ht="24" customHeight="1" thickBot="1">
       <c r="A39" s="31"/>
       <c r="B39" s="36">
         <v>6</v>
       </c>
       <c r="C39" s="196" t="s">
         <v>64</v>
       </c>
-      <c r="D39" s="246" t="s">
-[...5 lines deleted...]
-      <c r="F39" s="255"/>
+      <c r="D39" s="245" t="s">
+        <v>147</v>
+      </c>
+      <c r="E39" s="348" t="s">
+        <v>143</v>
+      </c>
+      <c r="F39" s="337"/>
       <c r="G39" s="54" t="s">
         <v>107</v>
       </c>
       <c r="H39" s="185" t="s">
         <v>52</v>
       </c>
       <c r="I39" s="78" t="s">
         <v>61</v>
       </c>
       <c r="J39" s="31" t="s">
         <v>94</v>
       </c>
       <c r="K39" s="62" t="s">
         <v>69</v>
       </c>
       <c r="L39" s="68" t="s">
         <v>66</v>
       </c>
-      <c r="M39" s="283" t="s">
-        <v>154</v>
+      <c r="M39" s="257" t="s">
+        <v>307</v>
       </c>
       <c r="N39" s="134" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="O39" s="66"/>
       <c r="P39" s="77"/>
       <c r="Q39" s="194" t="s">
         <v>95</v>
       </c>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
     </row>
     <row r="40" spans="1:22" ht="22.5" customHeight="1" thickBot="1">
       <c r="A40" s="31"/>
       <c r="B40" s="36">
         <v>7</v>
       </c>
-      <c r="C40" s="199"/>
-      <c r="D40" s="162"/>
+      <c r="C40" s="323"/>
+      <c r="D40" s="321"/>
       <c r="E40" s="201" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="F40" s="221" t="s">
+        <v>153</v>
+      </c>
+      <c r="F40" s="220" t="s">
         <v>59</v>
       </c>
       <c r="G40" s="31" t="s">
         <v>94</v>
       </c>
       <c r="H40" s="181" t="s">
         <v>87</v>
       </c>
-      <c r="I40" s="222" t="s">
+      <c r="I40" s="221" t="s">
         <v>86</v>
       </c>
-      <c r="J40" s="223" t="s">
-        <v>127</v>
+      <c r="J40" s="222" t="s">
+        <v>126</v>
       </c>
       <c r="K40" s="37" t="s">
         <v>88</v>
       </c>
       <c r="L40" s="134" t="s">
         <v>61</v>
       </c>
-      <c r="M40" s="238"/>
-      <c r="N40" s="164"/>
+      <c r="M40" s="112"/>
+      <c r="N40" s="309"/>
       <c r="O40" s="125"/>
       <c r="P40" s="126"/>
-      <c r="Q40" s="166"/>
+      <c r="Q40" s="294"/>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
     </row>
     <row r="41" spans="1:22" ht="27.75" customHeight="1" thickBot="1">
       <c r="A41" s="31"/>
       <c r="B41" s="38">
         <v>8</v>
       </c>
-      <c r="C41" s="109"/>
-[...10 lines deleted...]
-      <c r="N41" s="239"/>
+      <c r="C41" s="324"/>
+      <c r="D41" s="322"/>
+      <c r="E41" s="346"/>
+      <c r="F41" s="347"/>
+      <c r="G41" s="298"/>
+      <c r="H41" s="315"/>
+      <c r="I41" s="315"/>
+      <c r="J41" s="315"/>
+      <c r="K41" s="314"/>
+      <c r="L41" s="313"/>
+      <c r="M41" s="312"/>
+      <c r="N41" s="311"/>
       <c r="O41" s="129"/>
       <c r="P41" s="130"/>
-      <c r="Q41" s="131"/>
+      <c r="Q41" s="310"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
     </row>
     <row r="42" spans="1:22" ht="22.5" customHeight="1">
       <c r="A42" s="31"/>
       <c r="B42" s="30">
         <v>1</v>
       </c>
       <c r="C42" s="29" t="s">
         <v>64</v>
       </c>
       <c r="D42" s="63" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="E42" s="132" t="s">
         <v>58</v>
       </c>
       <c r="F42" s="82"/>
       <c r="G42" s="184" t="s">
         <v>50</v>
       </c>
       <c r="H42" s="65" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I42" s="55" t="s">
         <v>62</v>
       </c>
-      <c r="J42" s="224" t="s">
+      <c r="J42" s="223" t="s">
         <v>69</v>
       </c>
       <c r="K42" s="55" t="s">
         <v>52</v>
       </c>
       <c r="L42" s="65" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="M42" s="178" t="s">
         <v>93</v>
       </c>
       <c r="N42" s="207" t="s">
         <v>53</v>
       </c>
       <c r="O42" s="66"/>
       <c r="P42" s="77"/>
       <c r="Q42" s="55" t="s">
         <v>92</v>
       </c>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
     </row>
     <row r="43" spans="1:22" ht="22.5" customHeight="1">
       <c r="A43" s="31"/>
       <c r="B43" s="32">
         <v>2</v>
       </c>
       <c r="C43" s="69" t="s">
         <v>92</v>
       </c>
-      <c r="D43" s="228" t="s">
-        <v>149</v>
+      <c r="D43" s="227" t="s">
+        <v>148</v>
       </c>
       <c r="E43" s="75" t="s">
         <v>89</v>
       </c>
       <c r="F43" s="103"/>
       <c r="G43" s="78" t="s">
         <v>52</v>
       </c>
       <c r="H43" s="150" t="s">
         <v>50</v>
       </c>
       <c r="I43" s="68" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="J43" s="74" t="s">
         <v>64</v>
       </c>
       <c r="K43" s="69" t="s">
         <v>113</v>
       </c>
       <c r="L43" s="54" t="s">
         <v>62</v>
       </c>
-      <c r="M43" s="240" t="s">
+      <c r="M43" s="239" t="s">
         <v>68</v>
       </c>
       <c r="N43" s="54" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="O43" s="66"/>
       <c r="P43" s="77"/>
       <c r="Q43" s="54" t="s">
         <v>93</v>
       </c>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
     </row>
     <row r="44" spans="1:22" ht="22.5" customHeight="1">
       <c r="A44" s="31" t="s">
-        <v>10</v>
+        <v>300</v>
       </c>
       <c r="B44" s="32">
         <v>3</v>
       </c>
       <c r="C44" s="54" t="s">
         <v>51</v>
       </c>
       <c r="D44" s="178" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="E44" s="133" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="F44" s="103"/>
       <c r="G44" s="147" t="s">
         <v>94</v>
       </c>
       <c r="H44" s="150" t="s">
         <v>110</v>
       </c>
       <c r="I44" s="54" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="J44" s="61" t="s">
         <v>96</v>
       </c>
       <c r="K44" s="54" t="s">
         <v>58</v>
       </c>
       <c r="L44" s="68" t="s">
-        <v>130</v>
-[...1 lines deleted...]
-      <c r="M44" s="240" t="s">
+        <v>129</v>
+      </c>
+      <c r="M44" s="239" t="s">
         <v>68</v>
       </c>
       <c r="N44" s="54" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="O44" s="72"/>
       <c r="P44" s="67"/>
       <c r="Q44" s="54" t="s">
         <v>58</v>
       </c>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
     </row>
     <row r="45" spans="1:22" ht="22.5" customHeight="1">
       <c r="A45" s="31"/>
       <c r="B45" s="32">
         <v>4</v>
       </c>
       <c r="C45" s="68" t="s">
         <v>101</v>
       </c>
       <c r="D45" s="63" t="s">
-        <v>131</v>
-[...4 lines deleted...]
-      <c r="F45" s="258"/>
+        <v>130</v>
+      </c>
+      <c r="E45" s="338" t="s">
+        <v>145</v>
+      </c>
+      <c r="F45" s="337"/>
       <c r="G45" s="73" t="s">
         <v>102</v>
       </c>
       <c r="H45" s="150" t="s">
         <v>110</v>
       </c>
       <c r="I45" s="69" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="J45" s="209" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="K45" s="31" t="s">
         <v>94</v>
       </c>
       <c r="L45" s="54" t="s">
         <v>50</v>
       </c>
       <c r="M45" s="209" t="s">
         <v>94</v>
       </c>
       <c r="N45" s="68" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="O45" s="72"/>
       <c r="P45" s="77"/>
       <c r="Q45" s="54" t="s">
         <v>98</v>
       </c>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
     </row>
     <row r="46" spans="1:22" ht="22.5" customHeight="1" thickBot="1">
       <c r="A46" s="31"/>
       <c r="B46" s="32">
         <v>5</v>
       </c>
-      <c r="C46" s="223" t="s">
+      <c r="C46" s="222" t="s">
         <v>97</v>
       </c>
       <c r="D46" s="63" t="s">
         <v>91</v>
       </c>
       <c r="E46" s="75" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="F46" s="103"/>
       <c r="G46" s="73" t="s">
         <v>103</v>
       </c>
       <c r="H46" s="150" t="s">
         <v>58</v>
       </c>
       <c r="I46" s="58" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="J46" s="74" t="s">
         <v>62</v>
       </c>
       <c r="K46" s="68" t="s">
         <v>96</v>
       </c>
       <c r="L46" s="54" t="s">
         <v>57</v>
       </c>
-      <c r="M46" s="241" t="s">
+      <c r="M46" s="240" t="s">
         <v>92</v>
       </c>
       <c r="N46" s="54" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="O46" s="80"/>
       <c r="P46" s="81"/>
       <c r="Q46" s="58" t="s">
         <v>62</v>
       </c>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
     </row>
     <row r="47" spans="1:22" ht="22.5" customHeight="1" thickBot="1">
       <c r="A47" s="31"/>
       <c r="B47" s="32">
         <v>6</v>
       </c>
-      <c r="C47" s="231"/>
-[...1 lines deleted...]
-        <v>152</v>
+      <c r="C47" s="325"/>
+      <c r="D47" s="256" t="s">
+        <v>305</v>
       </c>
       <c r="E47" s="201" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="F47" s="202"/>
       <c r="G47" s="198" t="s">
         <v>58</v>
       </c>
       <c r="H47" s="31" t="s">
         <v>114</v>
       </c>
       <c r="I47" s="180" t="s">
         <v>50</v>
       </c>
-      <c r="J47" s="243" t="s">
+      <c r="J47" s="242" t="s">
         <v>51</v>
       </c>
       <c r="K47" s="68" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="L47" s="54" t="s">
-        <v>133</v>
-[...1 lines deleted...]
-      <c r="M47" s="242"/>
+        <v>132</v>
+      </c>
+      <c r="M47" s="316"/>
       <c r="N47" s="213" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="O47" s="72"/>
       <c r="P47" s="67"/>
       <c r="Q47" s="33" t="s">
         <v>94</v>
       </c>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
     </row>
     <row r="48" spans="1:22" ht="21.75" customHeight="1" thickBot="1">
       <c r="A48" s="31"/>
       <c r="B48" s="32">
         <v>7</v>
       </c>
-      <c r="C48" s="219"/>
-[...3 lines deleted...]
-      <c r="G48" s="97"/>
+      <c r="C48" s="302"/>
+      <c r="D48" s="326"/>
+      <c r="E48" s="350"/>
+      <c r="F48" s="340"/>
+      <c r="G48" s="330"/>
       <c r="H48" s="194" t="s">
         <v>97</v>
       </c>
       <c r="I48" s="134" t="s">
-        <v>133</v>
-[...1 lines deleted...]
-      <c r="J48" s="226"/>
+        <v>132</v>
+      </c>
+      <c r="J48" s="318"/>
       <c r="K48" s="134" t="s">
         <v>51</v>
       </c>
       <c r="L48" s="134" t="s">
         <v>90</v>
       </c>
-      <c r="M48" s="135"/>
-      <c r="N48" s="149"/>
+      <c r="M48" s="83"/>
+      <c r="N48" s="116"/>
       <c r="O48" s="93"/>
       <c r="P48" s="94"/>
-      <c r="Q48" s="148"/>
+      <c r="Q48" s="317"/>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
     </row>
     <row r="49" spans="1:23" ht="24" customHeight="1" thickBot="1">
       <c r="A49" s="31"/>
       <c r="B49" s="39">
         <v>8</v>
       </c>
-      <c r="C49" s="168"/>
-[...12 lines deleted...]
-      <c r="N49" s="121"/>
+      <c r="C49" s="305"/>
+      <c r="D49" s="327"/>
+      <c r="E49" s="328"/>
+      <c r="F49" s="329"/>
+      <c r="G49" s="331"/>
+      <c r="H49" s="315"/>
+      <c r="I49" s="320"/>
+      <c r="J49" s="319"/>
+      <c r="K49" s="298"/>
+      <c r="L49" s="298"/>
+      <c r="M49" s="213"/>
+      <c r="N49" s="258"/>
       <c r="O49" s="93"/>
       <c r="P49" s="94"/>
-      <c r="Q49" s="96"/>
+      <c r="Q49" s="213"/>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
     </row>
     <row r="50" spans="1:23" ht="27.75" customHeight="1" thickBot="1">
       <c r="A50" s="33" t="s">
         <v>49</v>
       </c>
       <c r="B50" s="40"/>
       <c r="C50" s="59" t="s">
         <v>43</v>
       </c>
       <c r="D50" s="59" t="s">
         <v>42</v>
       </c>
       <c r="E50" s="41" t="s">
         <v>45</v>
       </c>
       <c r="F50" s="42"/>
       <c r="G50" s="42" t="s">
         <v>46</v>
       </c>
       <c r="H50" s="160" t="s">
         <v>17</v>
       </c>
@@ -5107,72 +5307,72 @@
       <c r="P52" s="1"/>
       <c r="Q52" s="3"/>
       <c r="S52" s="1"/>
       <c r="T52" s="1"/>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
     </row>
     <row r="53" spans="1:23">
       <c r="C53" s="1"/>
       <c r="E53" s="1"/>
       <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="I53" s="1"/>
       <c r="J53" s="1"/>
       <c r="K53" s="1"/>
       <c r="L53" s="1"/>
       <c r="M53" s="1"/>
       <c r="N53" s="1"/>
       <c r="O53" s="1"/>
       <c r="P53" s="1"/>
       <c r="Q53" s="1"/>
     </row>
   </sheetData>
   <mergeCells count="22">
-    <mergeCell ref="E20:F20"/>
-[...5 lines deleted...]
-    <mergeCell ref="E15:F15"/>
     <mergeCell ref="E22:F22"/>
     <mergeCell ref="E48:F48"/>
     <mergeCell ref="E26:F26"/>
     <mergeCell ref="E39:F39"/>
     <mergeCell ref="E41:F41"/>
     <mergeCell ref="E45:F45"/>
     <mergeCell ref="E32:F32"/>
     <mergeCell ref="E33:F33"/>
     <mergeCell ref="E35:F35"/>
     <mergeCell ref="E37:F37"/>
     <mergeCell ref="E36:F36"/>
     <mergeCell ref="E24:F24"/>
     <mergeCell ref="E25:F25"/>
     <mergeCell ref="E28:F28"/>
     <mergeCell ref="E29:F29"/>
+    <mergeCell ref="E20:F20"/>
+    <mergeCell ref="E19:F19"/>
+    <mergeCell ref="E21:F21"/>
+    <mergeCell ref="E10:F10"/>
+    <mergeCell ref="E11:F11"/>
+    <mergeCell ref="E14:F14"/>
+    <mergeCell ref="E15:F15"/>
   </mergeCells>
   <printOptions gridLines="1"/>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0" footer="0"/>
   <pageSetup paperSize="9" scale="40" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:W53"/>
   <sheetViews>
     <sheetView topLeftCell="I16" zoomScale="52" zoomScaleNormal="52" zoomScaleSheetLayoutView="71" zoomScalePageLayoutView="64" workbookViewId="0">
       <selection activeCell="D47" sqref="D47"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.85546875" customWidth="1"/>
     <col min="2" max="2" width="7.5703125" customWidth="1"/>
     <col min="3" max="3" width="63.42578125" customWidth="1"/>
     <col min="4" max="4" width="72.42578125" customWidth="1"/>
     <col min="5" max="5" width="57" customWidth="1"/>
     <col min="6" max="6" width="58.28515625" customWidth="1"/>
     <col min="7" max="7" width="86.5703125" customWidth="1"/>
@@ -5435,1778 +5635,1778 @@
         <v>31</v>
       </c>
       <c r="M9" s="156" t="s">
         <v>26</v>
       </c>
       <c r="N9" s="46" t="s">
         <v>27</v>
       </c>
       <c r="O9" s="47" t="s">
         <v>2</v>
       </c>
       <c r="P9" s="47"/>
       <c r="Q9" s="48" t="s">
         <v>28</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
     </row>
     <row r="10" spans="1:22" ht="23.25" customHeight="1">
       <c r="A10" s="26"/>
       <c r="B10" s="49">
         <v>1</v>
       </c>
       <c r="C10" s="29" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="D10" s="177" t="s">
-        <v>168</v>
-[...1 lines deleted...]
-      <c r="E10" s="270" t="s">
+        <v>163</v>
+      </c>
+      <c r="E10" s="265" t="s">
+        <v>199</v>
+      </c>
+      <c r="F10" s="266"/>
+      <c r="G10" s="55" t="s">
+        <v>265</v>
+      </c>
+      <c r="H10" s="55" t="s">
+        <v>173</v>
+      </c>
+      <c r="I10" s="55" t="s">
         <v>204</v>
       </c>
-      <c r="F10" s="271"/>
-[...8 lines deleted...]
-      </c>
       <c r="J10" s="55" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="K10" s="92" t="s">
-        <v>165</v>
+        <v>160</v>
       </c>
       <c r="L10" s="65" t="s">
-        <v>235</v>
+        <v>230</v>
       </c>
       <c r="M10" s="92" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="N10" s="207" t="s">
-        <v>255</v>
+        <v>250</v>
       </c>
       <c r="O10" s="66"/>
       <c r="P10" s="77"/>
       <c r="Q10" s="55" t="s">
-        <v>266</v>
+        <v>261</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
     </row>
     <row r="11" spans="1:22" ht="24" customHeight="1">
       <c r="A11" s="31" t="s">
         <v>33</v>
       </c>
       <c r="B11" s="36">
         <v>2</v>
       </c>
       <c r="C11" s="54" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
       <c r="D11" s="69" t="s">
+        <v>199</v>
+      </c>
+      <c r="E11" s="267" t="s">
+        <v>230</v>
+      </c>
+      <c r="F11" s="260"/>
+      <c r="G11" s="54" t="s">
+        <v>270</v>
+      </c>
+      <c r="H11" s="54" t="s">
+        <v>265</v>
+      </c>
+      <c r="I11" s="68" t="s">
+        <v>239</v>
+      </c>
+      <c r="J11" s="51" t="s">
+        <v>166</v>
+      </c>
+      <c r="K11" s="54" t="s">
+        <v>173</v>
+      </c>
+      <c r="L11" s="54" t="s">
         <v>204</v>
       </c>
-      <c r="E11" s="257" t="s">
-[...12 lines deleted...]
-      <c r="J11" s="51" t="s">
+      <c r="M11" s="233" t="s">
         <v>171</v>
       </c>
-      <c r="K11" s="54" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N11" s="58" t="s">
-        <v>221</v>
+        <v>216</v>
       </c>
       <c r="O11" s="66"/>
       <c r="P11" s="77"/>
       <c r="Q11" s="54" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
     </row>
     <row r="12" spans="1:22" ht="24.75" customHeight="1">
       <c r="A12" s="31"/>
       <c r="B12" s="36">
         <v>3</v>
       </c>
       <c r="C12" s="51" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="D12" s="68" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="E12" s="189" t="s">
-        <v>244</v>
+        <v>239</v>
       </c>
       <c r="F12" s="103"/>
       <c r="G12" s="69" t="s">
-        <v>237</v>
+        <v>232</v>
       </c>
       <c r="H12" s="68" t="s">
-        <v>271</v>
+        <v>266</v>
       </c>
       <c r="I12" s="54" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="J12" s="69" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="K12" s="31" t="s">
-        <v>272</v>
+        <v>267</v>
       </c>
       <c r="L12" s="54" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="M12" s="64" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="N12" s="69" t="s">
-        <v>222</v>
+        <v>217</v>
       </c>
       <c r="O12" s="72"/>
       <c r="P12" s="67"/>
       <c r="Q12" s="31" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
     </row>
     <row r="13" spans="1:22" ht="24" customHeight="1">
       <c r="A13" s="31"/>
       <c r="B13" s="36">
         <v>4</v>
       </c>
       <c r="C13" s="54" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="D13" s="68" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="E13" s="75" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="F13" s="103"/>
       <c r="G13" s="68" t="s">
-        <v>238</v>
+        <v>233</v>
       </c>
       <c r="H13" s="68" t="s">
-        <v>285</v>
+        <v>280</v>
       </c>
       <c r="I13" s="68" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="J13" s="31" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="K13" s="62" t="s">
-        <v>270</v>
+        <v>265</v>
       </c>
       <c r="L13" s="68" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="M13" s="61" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="N13" s="54" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="O13" s="72"/>
       <c r="P13" s="67"/>
       <c r="Q13" s="54" t="s">
-        <v>270</v>
+        <v>265</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
     </row>
     <row r="14" spans="1:22" ht="21.75" customHeight="1">
       <c r="A14" s="31"/>
       <c r="B14" s="36">
         <v>5</v>
       </c>
       <c r="C14" s="31" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="D14" s="54" t="s">
-        <v>211</v>
-[...4 lines deleted...]
-      <c r="F14" s="249"/>
+        <v>206</v>
+      </c>
+      <c r="E14" s="268" t="s">
+        <v>212</v>
+      </c>
+      <c r="F14" s="264"/>
       <c r="G14" s="31" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="H14" s="69" t="s">
-        <v>265</v>
+        <v>260</v>
       </c>
       <c r="I14" s="69" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="J14" s="31" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="K14" s="79" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="L14" s="51" t="s">
-        <v>289</v>
+        <v>284</v>
       </c>
       <c r="M14" s="28" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="N14" s="71" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="O14" s="72"/>
       <c r="P14" s="67"/>
       <c r="Q14" s="69" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
     </row>
     <row r="15" spans="1:22" ht="21.75" customHeight="1" thickBot="1">
       <c r="A15" s="31"/>
       <c r="B15" s="50">
         <v>6</v>
       </c>
-      <c r="C15" s="225" t="s">
-        <v>181</v>
+      <c r="C15" s="224" t="s">
+        <v>176</v>
       </c>
       <c r="D15" s="134" t="s">
-        <v>180</v>
-[...4 lines deleted...]
-      <c r="F15" s="249"/>
+        <v>175</v>
+      </c>
+      <c r="E15" s="268" t="s">
+        <v>206</v>
+      </c>
+      <c r="F15" s="264"/>
       <c r="G15" s="69" t="s">
-        <v>262</v>
+        <v>257</v>
       </c>
       <c r="H15" s="68" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="I15" s="54" t="s">
-        <v>222</v>
+        <v>217</v>
       </c>
       <c r="J15" s="68" t="s">
-        <v>260</v>
+        <v>255</v>
       </c>
       <c r="K15" s="197" t="s">
-        <v>279</v>
+        <v>274</v>
       </c>
       <c r="L15" s="51" t="s">
-        <v>218</v>
-[...5 lines deleted...]
-        <v>205</v>
+        <v>213</v>
+      </c>
+      <c r="M15" s="234" t="s">
+        <v>176</v>
+      </c>
+      <c r="N15" s="219" t="s">
+        <v>200</v>
       </c>
       <c r="O15" s="66"/>
       <c r="P15" s="77"/>
       <c r="Q15" s="68" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
     </row>
     <row r="16" spans="1:22" ht="27" customHeight="1" thickBot="1">
       <c r="A16" s="31"/>
       <c r="B16" s="36">
         <v>7</v>
       </c>
-      <c r="C16" s="233"/>
+      <c r="C16" s="232"/>
       <c r="D16" s="200"/>
       <c r="E16" s="201"/>
       <c r="F16" s="202" t="s">
-        <v>226</v>
+        <v>221</v>
       </c>
       <c r="G16" s="31" t="s">
-        <v>272</v>
+        <v>267</v>
       </c>
       <c r="H16" s="134" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="I16" s="196" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="J16" s="134" t="s">
-        <v>195</v>
+        <v>190</v>
       </c>
       <c r="K16" s="203"/>
       <c r="L16" s="196" t="s">
-        <v>283</v>
+        <v>278</v>
       </c>
       <c r="M16" s="173"/>
       <c r="N16" s="166"/>
       <c r="O16" s="72"/>
       <c r="P16" s="77"/>
       <c r="Q16" s="134" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
     </row>
     <row r="17" spans="1:22" ht="22.5" customHeight="1" thickBot="1">
       <c r="A17" s="33"/>
       <c r="B17" s="38">
         <v>8</v>
       </c>
       <c r="C17" s="104"/>
       <c r="D17" s="140"/>
       <c r="E17" s="170"/>
       <c r="F17" s="171"/>
       <c r="G17" s="104"/>
       <c r="H17" s="172"/>
       <c r="I17" s="172"/>
       <c r="J17" s="140"/>
       <c r="K17" s="106"/>
       <c r="L17" s="141"/>
       <c r="M17" s="175"/>
       <c r="N17" s="104"/>
       <c r="O17" s="107"/>
       <c r="P17" s="108"/>
       <c r="Q17" s="105"/>
       <c r="U17" s="1"/>
     </row>
     <row r="18" spans="1:22" ht="24.75" customHeight="1">
       <c r="A18" s="26"/>
       <c r="B18" s="35">
         <v>1</v>
       </c>
-      <c r="C18" s="232" t="s">
-        <v>178</v>
+      <c r="C18" s="231" t="s">
+        <v>173</v>
       </c>
       <c r="D18" s="177" t="s">
-        <v>169</v>
-[...2 lines deleted...]
-        <v>256</v>
+        <v>164</v>
+      </c>
+      <c r="E18" s="226" t="s">
+        <v>251</v>
       </c>
       <c r="F18" s="82"/>
       <c r="G18" s="190" t="s">
-        <v>270</v>
+        <v>265</v>
       </c>
       <c r="H18" s="101" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="I18" s="65" t="s">
-        <v>248</v>
+        <v>243</v>
       </c>
       <c r="J18" s="98" t="s">
-        <v>291</v>
+        <v>286</v>
       </c>
       <c r="K18" s="64" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="L18" s="101" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="M18" s="191" t="s">
-        <v>284</v>
+        <v>279</v>
       </c>
       <c r="N18" s="192" t="s">
-        <v>254</v>
+        <v>249</v>
       </c>
       <c r="O18" s="72"/>
       <c r="P18" s="67"/>
       <c r="Q18" s="55" t="s">
-        <v>270</v>
+        <v>265</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
     </row>
     <row r="19" spans="1:22" ht="22.5" customHeight="1" thickBot="1">
       <c r="A19" s="31"/>
       <c r="B19" s="36">
         <v>2</v>
       </c>
       <c r="C19" s="79" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="D19" s="54" t="s">
-        <v>204</v>
-[...4 lines deleted...]
-      <c r="F19" s="269"/>
+        <v>199</v>
+      </c>
+      <c r="E19" s="261" t="s">
+        <v>231</v>
+      </c>
+      <c r="F19" s="262"/>
       <c r="G19" s="61" t="s">
-        <v>271</v>
+        <v>266</v>
       </c>
       <c r="H19" s="28" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="I19" s="54" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="J19" s="70" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="K19" s="61" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="L19" s="61" t="s">
-        <v>244</v>
+        <v>239</v>
       </c>
       <c r="M19" s="150" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="N19" s="102" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="O19" s="72"/>
       <c r="P19" s="67"/>
       <c r="Q19" s="68" t="s">
-        <v>271</v>
+        <v>266</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
     </row>
     <row r="20" spans="1:22" ht="21" customHeight="1">
       <c r="A20" s="31" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="36">
         <v>3</v>
       </c>
       <c r="C20" s="79" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="D20" s="54" t="s">
-        <v>215</v>
-[...4 lines deleted...]
-      <c r="F20" s="258"/>
+        <v>210</v>
+      </c>
+      <c r="E20" s="259" t="s">
+        <v>239</v>
+      </c>
+      <c r="F20" s="260"/>
       <c r="G20" s="54" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="H20" s="64" t="s">
-        <v>286</v>
+        <v>281</v>
       </c>
       <c r="I20" s="68" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="J20" s="63" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="K20" s="54" t="s">
-        <v>270</v>
-[...2 lines deleted...]
-        <v>205</v>
+        <v>265</v>
+      </c>
+      <c r="L20" s="246" t="s">
+        <v>200</v>
       </c>
       <c r="M20" s="150" t="s">
-        <v>195</v>
+        <v>190</v>
       </c>
       <c r="N20" s="70" t="s">
-        <v>277</v>
+        <v>272</v>
       </c>
       <c r="O20" s="72"/>
       <c r="P20" s="67"/>
       <c r="Q20" s="54" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="T20" s="55"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
     </row>
     <row r="21" spans="1:22" ht="24.75" customHeight="1">
       <c r="A21" s="31"/>
       <c r="B21" s="36">
         <v>4</v>
       </c>
       <c r="C21" s="64" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="D21" s="54" t="s">
-        <v>219</v>
-[...4 lines deleted...]
-      <c r="F21" s="249"/>
+        <v>214</v>
+      </c>
+      <c r="E21" s="263" t="s">
+        <v>252</v>
+      </c>
+      <c r="F21" s="264"/>
       <c r="G21" s="54" t="s">
-        <v>276</v>
+        <v>271</v>
       </c>
       <c r="H21" s="62" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="I21" s="54" t="s">
+        <v>199</v>
+      </c>
+      <c r="J21" s="53" t="s">
+        <v>168</v>
+      </c>
+      <c r="K21" s="31" t="s">
+        <v>251</v>
+      </c>
+      <c r="L21" s="62" t="s">
         <v>204</v>
       </c>
-      <c r="J21" s="53" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M21" s="150" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
       <c r="N21" s="70" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="O21" s="72"/>
       <c r="P21" s="67"/>
       <c r="Q21" s="54" t="s">
-        <v>195</v>
+        <v>190</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
     </row>
     <row r="22" spans="1:22" ht="24.75" customHeight="1">
       <c r="A22" s="31"/>
       <c r="B22" s="36">
         <v>5</v>
       </c>
       <c r="C22" s="61" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="D22" s="69" t="s">
-        <v>220</v>
-[...4 lines deleted...]
-      <c r="F22" s="249"/>
+        <v>215</v>
+      </c>
+      <c r="E22" s="263" t="s">
+        <v>209</v>
+      </c>
+      <c r="F22" s="264"/>
       <c r="G22" s="61" t="s">
-        <v>241</v>
+        <v>236</v>
       </c>
       <c r="H22" s="152" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="I22" s="68" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="J22" s="53" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="K22" s="54" t="s">
-        <v>290</v>
+        <v>285</v>
       </c>
       <c r="L22" s="62" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="M22" s="150" t="s">
-        <v>181</v>
+        <v>176</v>
       </c>
       <c r="N22" s="85" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="O22" s="72"/>
       <c r="P22" s="67"/>
       <c r="Q22" s="54" t="s">
-        <v>165</v>
+        <v>160</v>
       </c>
       <c r="T22" s="1"/>
       <c r="V22" s="1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:22" ht="24" customHeight="1" thickBot="1">
       <c r="A23" s="31"/>
       <c r="B23" s="36">
         <v>6</v>
       </c>
       <c r="C23" s="182" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
       <c r="D23" s="134" t="s">
+        <v>207</v>
+      </c>
+      <c r="E23" s="193" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
       <c r="F23" s="147"/>
       <c r="G23" s="64" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="H23" s="152" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="I23" s="54" t="s">
-        <v>273</v>
+        <v>268</v>
       </c>
       <c r="J23" s="73" t="s">
-        <v>279</v>
+        <v>274</v>
       </c>
       <c r="K23" s="54" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="L23" s="64" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="M23" s="194" t="s">
-        <v>209</v>
-[...2 lines deleted...]
-        <v>261</v>
+        <v>204</v>
+      </c>
+      <c r="N23" s="250" t="s">
+        <v>256</v>
       </c>
       <c r="O23" s="72"/>
       <c r="P23" s="67"/>
       <c r="Q23" s="54" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="T23" s="186"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
     </row>
     <row r="24" spans="1:22" ht="21" customHeight="1" thickBot="1">
       <c r="A24" s="31"/>
       <c r="B24" s="50">
         <v>7</v>
       </c>
       <c r="C24" s="195"/>
       <c r="D24" s="173"/>
-      <c r="E24" s="276" t="s">
-[...2 lines deleted...]
-      <c r="F24" s="277"/>
+      <c r="E24" s="284" t="s">
+        <v>256</v>
+      </c>
+      <c r="F24" s="285"/>
       <c r="G24" s="146"/>
       <c r="H24" s="145" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="I24" s="134" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
       <c r="J24" s="181" t="s">
-        <v>292</v>
+        <v>287</v>
       </c>
       <c r="K24" s="31" t="s">
-        <v>272</v>
+        <v>267</v>
       </c>
       <c r="L24" s="134" t="s">
-        <v>207</v>
-[...1 lines deleted...]
-      <c r="M24" s="236"/>
+        <v>202</v>
+      </c>
+      <c r="M24" s="235"/>
       <c r="N24" s="166"/>
       <c r="O24" s="80"/>
       <c r="P24" s="81"/>
-      <c r="Q24" s="274" t="s">
-        <v>269</v>
+      <c r="Q24" s="251" t="s">
+        <v>264</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
     </row>
     <row r="25" spans="1:22" ht="1.5" customHeight="1" thickBot="1">
       <c r="A25" s="33"/>
       <c r="B25" s="38">
         <v>8</v>
       </c>
       <c r="C25" s="95"/>
       <c r="D25" s="142"/>
-      <c r="E25" s="265"/>
-      <c r="F25" s="266"/>
+      <c r="E25" s="281"/>
+      <c r="F25" s="282"/>
       <c r="G25" s="204"/>
       <c r="H25" s="137"/>
       <c r="I25" s="168"/>
       <c r="J25" s="138"/>
       <c r="K25" s="174"/>
       <c r="L25" s="174"/>
       <c r="M25" s="176"/>
       <c r="N25" s="96"/>
       <c r="O25" s="72"/>
       <c r="P25" s="67"/>
       <c r="Q25" s="158"/>
       <c r="U25" s="1"/>
     </row>
     <row r="26" spans="1:22" ht="27.75" customHeight="1">
       <c r="A26" s="34"/>
       <c r="B26" s="35">
         <v>1</v>
       </c>
       <c r="C26" s="205" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="D26" s="55" t="s">
-        <v>221</v>
-[...4 lines deleted...]
-      <c r="F26" s="253"/>
+        <v>216</v>
+      </c>
+      <c r="E26" s="271" t="s">
+        <v>230</v>
+      </c>
+      <c r="F26" s="272"/>
       <c r="G26" s="54" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="H26" s="31" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="I26" s="98" t="s">
-        <v>277</v>
+        <v>272</v>
       </c>
       <c r="J26" s="65" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="K26" s="26" t="s">
-        <v>270</v>
+        <v>265</v>
       </c>
       <c r="L26" s="65" t="s">
-        <v>244</v>
+        <v>239</v>
       </c>
       <c r="M26" s="206" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="N26" s="207" t="s">
-        <v>253</v>
+        <v>248</v>
       </c>
       <c r="O26" s="112"/>
       <c r="P26" s="113"/>
       <c r="Q26" s="65" t="s">
-        <v>271</v>
+        <v>266</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
     </row>
     <row r="27" spans="1:22" ht="24.75" customHeight="1">
       <c r="A27" s="28"/>
       <c r="B27" s="36">
         <v>2</v>
       </c>
       <c r="C27" s="28" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="D27" s="69" t="s">
-        <v>222</v>
+        <v>217</v>
       </c>
       <c r="E27" s="193" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="F27" s="124"/>
       <c r="G27" s="68" t="s">
-        <v>271</v>
+        <v>266</v>
       </c>
       <c r="H27" s="78" t="s">
-        <v>165</v>
+        <v>160</v>
       </c>
       <c r="I27" s="78" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="J27" s="68" t="s">
-        <v>280</v>
+        <v>275</v>
       </c>
       <c r="K27" s="54" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="L27" s="68" t="s">
-        <v>235</v>
+        <v>230</v>
       </c>
       <c r="M27" s="54" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="N27" s="54" t="s">
-        <v>242</v>
+        <v>237</v>
       </c>
       <c r="O27" s="114"/>
       <c r="P27" s="115"/>
       <c r="Q27" s="69" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
     </row>
     <row r="28" spans="1:22" ht="27.75" customHeight="1">
       <c r="A28" s="28" t="s">
         <v>8</v>
       </c>
       <c r="B28" s="36">
         <v>3</v>
       </c>
       <c r="C28" s="62" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
       <c r="D28" s="51" t="s">
-        <v>170</v>
-[...4 lines deleted...]
-      <c r="F28" s="264"/>
+        <v>165</v>
+      </c>
+      <c r="E28" s="259" t="s">
+        <v>240</v>
+      </c>
+      <c r="F28" s="280"/>
       <c r="G28" s="54" t="s">
-        <v>239</v>
+        <v>234</v>
       </c>
       <c r="H28" s="73" t="s">
-        <v>286</v>
+        <v>281</v>
       </c>
       <c r="I28" s="78" t="s">
-        <v>233</v>
+        <v>228</v>
       </c>
       <c r="J28" s="31" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="K28" s="68" t="s">
-        <v>271</v>
+        <v>266</v>
       </c>
       <c r="L28" s="54" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="M28" s="71" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
       <c r="N28" s="54" t="s">
-        <v>242</v>
+        <v>237</v>
       </c>
       <c r="O28" s="114"/>
       <c r="P28" s="115"/>
       <c r="Q28" s="68" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
     </row>
     <row r="29" spans="1:22" ht="24.75" customHeight="1">
       <c r="A29" s="28"/>
       <c r="B29" s="36">
         <v>4</v>
       </c>
       <c r="C29" s="64" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="D29" s="68" t="s">
-        <v>233</v>
-[...4 lines deleted...]
-      <c r="F29" s="267"/>
+        <v>228</v>
+      </c>
+      <c r="E29" s="263" t="s">
+        <v>252</v>
+      </c>
+      <c r="F29" s="283"/>
       <c r="G29" s="150" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="H29" s="78" t="s">
-        <v>287</v>
+        <v>282</v>
       </c>
       <c r="I29" s="78" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="J29" s="51" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="K29" s="68" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="L29" s="69" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="M29" s="69" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="N29" s="52" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
       <c r="O29" s="116"/>
       <c r="P29" s="114"/>
       <c r="Q29" s="54" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
     </row>
     <row r="30" spans="1:22" ht="24.75" customHeight="1">
       <c r="A30" s="28"/>
       <c r="B30" s="36">
         <v>5</v>
       </c>
       <c r="C30" s="64" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="D30" s="54" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="E30" s="208" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="F30" s="209"/>
       <c r="G30" s="68" t="s">
-        <v>165</v>
+        <v>160</v>
       </c>
       <c r="H30" s="78" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="I30" s="78" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="J30" s="84" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="K30" s="54" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="L30" s="69" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="M30" s="68" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="N30" s="31" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="O30" s="114"/>
       <c r="P30" s="115"/>
       <c r="Q30" s="31" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
     </row>
     <row r="31" spans="1:22" ht="26.25" customHeight="1" thickBot="1">
       <c r="A31" s="28"/>
       <c r="B31" s="36">
         <v>6</v>
       </c>
-      <c r="C31" s="278" t="s">
-        <v>200</v>
+      <c r="C31" s="253" t="s">
+        <v>195</v>
       </c>
       <c r="D31" s="210" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="E31" s="211" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="F31" s="212"/>
       <c r="G31" s="54" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="H31" s="86" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="I31" s="134" t="s">
-        <v>273</v>
+        <v>268</v>
       </c>
       <c r="J31" s="69" t="s">
-        <v>165</v>
+        <v>160</v>
       </c>
       <c r="K31" s="68" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="L31" s="68" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="M31" s="33" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="N31" s="214" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="O31" s="83"/>
       <c r="P31" s="114"/>
       <c r="Q31" s="134" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="T31" s="1"/>
       <c r="V31" s="1"/>
     </row>
     <row r="32" spans="1:22" ht="27.75" customHeight="1" thickBot="1">
       <c r="A32" s="28"/>
       <c r="B32" s="36">
         <v>7</v>
       </c>
       <c r="C32" s="159"/>
-      <c r="D32" s="216"/>
-[...5 lines deleted...]
-        <v>264</v>
+      <c r="D32" s="215"/>
+      <c r="E32" s="276" t="s">
+        <v>201</v>
+      </c>
+      <c r="F32" s="277"/>
+      <c r="G32" s="251" t="s">
+        <v>259</v>
       </c>
       <c r="H32" s="185" t="s">
-        <v>163</v>
-[...8 lines deleted...]
-        <v>166</v>
+        <v>158</v>
+      </c>
+      <c r="I32" s="216" t="s">
+        <v>224</v>
+      </c>
+      <c r="J32" s="217" t="s">
+        <v>183</v>
+      </c>
+      <c r="K32" s="222" t="s">
+        <v>161</v>
       </c>
       <c r="L32" s="134" t="s">
-        <v>273</v>
+        <v>268</v>
       </c>
       <c r="M32" s="166"/>
       <c r="N32" s="149"/>
       <c r="O32" s="118"/>
       <c r="P32" s="119"/>
       <c r="Q32" s="164"/>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
     </row>
     <row r="33" spans="1:22" ht="24.75" customHeight="1" thickBot="1">
       <c r="A33" s="37"/>
       <c r="B33" s="38">
         <v>8</v>
       </c>
       <c r="C33" s="110"/>
       <c r="D33" s="117"/>
-      <c r="E33" s="261"/>
-[...1 lines deleted...]
-      <c r="G33" s="219"/>
+      <c r="E33" s="278"/>
+      <c r="F33" s="279"/>
+      <c r="G33" s="218"/>
       <c r="H33" s="137"/>
       <c r="I33" s="169"/>
       <c r="J33" s="168"/>
       <c r="K33" s="127"/>
       <c r="L33" s="167"/>
       <c r="M33" s="111"/>
       <c r="N33" s="143"/>
       <c r="O33" s="122"/>
       <c r="P33" s="123"/>
       <c r="Q33" s="136"/>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
     </row>
     <row r="34" spans="1:22" ht="23.25" customHeight="1">
       <c r="A34" s="26"/>
       <c r="B34" s="35">
         <v>1</v>
       </c>
       <c r="C34" s="55" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-        <v>167</v>
+        <v>174</v>
+      </c>
+      <c r="D34" s="244" t="s">
+        <v>162</v>
       </c>
       <c r="E34" s="183" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="F34" s="183"/>
       <c r="G34" s="55" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="H34" s="184" t="s">
-        <v>270</v>
+        <v>265</v>
       </c>
       <c r="I34" s="98" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="J34" s="54" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="K34" s="92" t="s">
-        <v>280</v>
+        <v>275</v>
       </c>
       <c r="L34" s="65" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-        <v>168</v>
+        <v>230</v>
+      </c>
+      <c r="M34" s="236" t="s">
+        <v>163</v>
       </c>
       <c r="N34" s="207" t="s">
-        <v>252</v>
+        <v>247</v>
       </c>
       <c r="O34" s="66"/>
       <c r="P34" s="67"/>
       <c r="Q34" s="55" t="s">
-        <v>270</v>
+        <v>265</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
     </row>
     <row r="35" spans="1:22" ht="27" customHeight="1">
       <c r="A35" s="31"/>
       <c r="B35" s="36">
         <v>2</v>
       </c>
       <c r="C35" s="69" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="D35" s="102" t="s">
-        <v>167</v>
-[...4 lines deleted...]
-      <c r="F35" s="264"/>
+        <v>162</v>
+      </c>
+      <c r="E35" s="259" t="s">
+        <v>230</v>
+      </c>
+      <c r="F35" s="280"/>
       <c r="G35" s="54" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="H35" s="70" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="I35" s="70" t="s">
-        <v>207</v>
+        <v>202</v>
       </c>
       <c r="J35" s="76" t="s">
-        <v>281</v>
+        <v>276</v>
       </c>
       <c r="K35" s="62" t="s">
-        <v>270</v>
+        <v>265</v>
       </c>
       <c r="L35" s="54" t="s">
-        <v>273</v>
+        <v>268</v>
       </c>
       <c r="M35" s="73" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="N35" s="58" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="O35" s="72"/>
       <c r="P35" s="67"/>
       <c r="Q35" s="54" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
     </row>
     <row r="36" spans="1:22" ht="24" customHeight="1">
       <c r="A36" s="31" t="s">
         <v>9</v>
       </c>
       <c r="B36" s="36">
         <v>3</v>
       </c>
       <c r="C36" s="54" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="D36" s="102" t="s">
-        <v>205</v>
-[...4 lines deleted...]
-      <c r="F36" s="264"/>
+        <v>200</v>
+      </c>
+      <c r="E36" s="259" t="s">
+        <v>204</v>
+      </c>
+      <c r="F36" s="280"/>
       <c r="G36" s="68" t="s">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="H36" s="31" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="I36" s="78" t="s">
-        <v>233</v>
+        <v>228</v>
       </c>
       <c r="J36" s="178" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
       <c r="K36" s="61" t="s">
-        <v>271</v>
+        <v>266</v>
       </c>
       <c r="L36" s="54" t="s">
-        <v>277</v>
+        <v>272</v>
       </c>
       <c r="M36" s="185" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
       <c r="N36" s="69" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
       <c r="O36" s="72"/>
       <c r="P36" s="67"/>
       <c r="Q36" s="69" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
     </row>
     <row r="37" spans="1:22" ht="23.25">
       <c r="A37" s="31"/>
       <c r="B37" s="36">
         <v>4</v>
       </c>
       <c r="C37" s="69" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="D37" s="102" t="s">
-        <v>180</v>
-[...4 lines deleted...]
-      <c r="F37" s="264"/>
+        <v>175</v>
+      </c>
+      <c r="E37" s="259" t="s">
+        <v>241</v>
+      </c>
+      <c r="F37" s="280"/>
       <c r="G37" s="31" t="s">
-        <v>190</v>
+        <v>185</v>
       </c>
       <c r="H37" s="54" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="I37" s="70" t="s">
-        <v>277</v>
+        <v>272</v>
       </c>
       <c r="J37" s="179" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="K37" s="62" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="L37" s="54" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="M37" s="185" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="N37" s="52" t="s">
-        <v>277</v>
+        <v>272</v>
       </c>
       <c r="O37" s="72"/>
       <c r="P37" s="67"/>
       <c r="Q37" s="71" t="s">
-        <v>165</v>
+        <v>160</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
     </row>
     <row r="38" spans="1:22" ht="24" customHeight="1" thickBot="1">
       <c r="A38" s="31"/>
       <c r="B38" s="36">
         <v>5</v>
       </c>
       <c r="C38" s="54" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="D38" s="102" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="E38" s="178" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="F38" s="124"/>
       <c r="G38" s="180" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="H38" s="78" t="s">
-        <v>271</v>
+        <v>266</v>
       </c>
       <c r="I38" s="73" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="J38" s="74" t="s">
-        <v>165</v>
+        <v>160</v>
       </c>
       <c r="K38" s="62" t="s">
-        <v>294</v>
+        <v>289</v>
       </c>
       <c r="L38" s="68" t="s">
-        <v>250</v>
+        <v>245</v>
       </c>
       <c r="M38" s="198" t="s">
-        <v>280</v>
+        <v>275</v>
       </c>
       <c r="N38" s="54" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="O38" s="66"/>
       <c r="P38" s="77"/>
       <c r="Q38" s="54" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
     </row>
     <row r="39" spans="1:22" ht="24" customHeight="1" thickBot="1">
       <c r="A39" s="31"/>
       <c r="B39" s="36">
         <v>6</v>
       </c>
       <c r="C39" s="196" t="s">
-        <v>184</v>
-[...1 lines deleted...]
-      <c r="D39" s="246" t="s">
+        <v>179</v>
+      </c>
+      <c r="D39" s="245" t="s">
+        <v>208</v>
+      </c>
+      <c r="E39" s="273" t="s">
+        <v>218</v>
+      </c>
+      <c r="F39" s="274"/>
+      <c r="G39" s="54" t="s">
+        <v>269</v>
+      </c>
+      <c r="H39" s="185" t="s">
+        <v>160</v>
+      </c>
+      <c r="I39" s="78" t="s">
         <v>213</v>
       </c>
-      <c r="E39" s="254" t="s">
-[...11 lines deleted...]
-      </c>
       <c r="J39" s="31" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="K39" s="62" t="s">
-        <v>266</v>
+        <v>261</v>
       </c>
       <c r="L39" s="68" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>203</v>
+        <v>240</v>
+      </c>
+      <c r="M39" s="252" t="s">
+        <v>198</v>
       </c>
       <c r="N39" s="134" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="O39" s="66"/>
       <c r="P39" s="77"/>
       <c r="Q39" s="194" t="s">
-        <v>181</v>
+        <v>176</v>
       </c>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
     </row>
     <row r="40" spans="1:22" ht="22.5" customHeight="1" thickBot="1">
       <c r="A40" s="31"/>
       <c r="B40" s="36">
         <v>7</v>
       </c>
       <c r="C40" s="199"/>
       <c r="D40" s="162"/>
       <c r="E40" s="201" t="s">
-        <v>225</v>
-[...2 lines deleted...]
-        <v>259</v>
+        <v>220</v>
+      </c>
+      <c r="F40" s="220" t="s">
+        <v>254</v>
       </c>
       <c r="G40" s="31" t="s">
-        <v>272</v>
+        <v>267</v>
       </c>
       <c r="H40" s="181" t="s">
-        <v>192</v>
-[...5 lines deleted...]
-        <v>166</v>
+        <v>187</v>
+      </c>
+      <c r="I40" s="221" t="s">
+        <v>203</v>
+      </c>
+      <c r="J40" s="222" t="s">
+        <v>161</v>
       </c>
       <c r="K40" s="37" t="s">
-        <v>267</v>
+        <v>262</v>
       </c>
       <c r="L40" s="134" t="s">
-        <v>218</v>
-[...1 lines deleted...]
-      <c r="M40" s="238"/>
+        <v>213</v>
+      </c>
+      <c r="M40" s="237"/>
       <c r="N40" s="164"/>
       <c r="O40" s="125"/>
       <c r="P40" s="126"/>
       <c r="Q40" s="166"/>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
     </row>
     <row r="41" spans="1:22" ht="27.75" customHeight="1" thickBot="1">
       <c r="A41" s="31"/>
       <c r="B41" s="38">
         <v>8</v>
       </c>
       <c r="C41" s="109"/>
       <c r="D41" s="144"/>
-      <c r="E41" s="256"/>
-      <c r="F41" s="256"/>
+      <c r="E41" s="275"/>
+      <c r="F41" s="275"/>
       <c r="G41" s="146"/>
       <c r="H41" s="163"/>
       <c r="I41" s="163"/>
       <c r="J41" s="163"/>
       <c r="K41" s="139"/>
       <c r="L41" s="161"/>
       <c r="M41" s="128"/>
-      <c r="N41" s="239"/>
+      <c r="N41" s="238"/>
       <c r="O41" s="129"/>
       <c r="P41" s="130"/>
       <c r="Q41" s="131"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
     </row>
     <row r="42" spans="1:22" ht="22.5" customHeight="1">
       <c r="A42" s="31"/>
       <c r="B42" s="30">
         <v>1</v>
       </c>
       <c r="C42" s="29" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="D42" s="63" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="E42" s="132" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="F42" s="82"/>
       <c r="G42" s="184" t="s">
-        <v>270</v>
+        <v>265</v>
       </c>
       <c r="H42" s="65" t="s">
-        <v>288</v>
+        <v>283</v>
       </c>
       <c r="I42" s="55" t="s">
-        <v>256</v>
-[...2 lines deleted...]
-        <v>260</v>
+        <v>251</v>
+      </c>
+      <c r="J42" s="223" t="s">
+        <v>255</v>
       </c>
       <c r="K42" s="55" t="s">
-        <v>165</v>
+        <v>160</v>
       </c>
       <c r="L42" s="65" t="s">
-        <v>277</v>
+        <v>272</v>
       </c>
       <c r="M42" s="178" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="N42" s="207" t="s">
-        <v>251</v>
+        <v>246</v>
       </c>
       <c r="O42" s="66"/>
       <c r="P42" s="77"/>
       <c r="Q42" s="55" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
     </row>
     <row r="43" spans="1:22" ht="22.5" customHeight="1">
       <c r="A43" s="31"/>
       <c r="B43" s="32">
         <v>2</v>
       </c>
       <c r="C43" s="69" t="s">
-        <v>161</v>
-[...2 lines deleted...]
-        <v>229</v>
+        <v>156</v>
+      </c>
+      <c r="D43" s="227" t="s">
+        <v>224</v>
       </c>
       <c r="E43" s="75" t="s">
-        <v>247</v>
+        <v>242</v>
       </c>
       <c r="F43" s="103"/>
       <c r="G43" s="78" t="s">
-        <v>165</v>
+        <v>160</v>
       </c>
       <c r="H43" s="150" t="s">
-        <v>270</v>
+        <v>265</v>
       </c>
       <c r="I43" s="68" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
       <c r="J43" s="74" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="K43" s="69" t="s">
-        <v>282</v>
+        <v>277</v>
       </c>
       <c r="L43" s="54" t="s">
-        <v>256</v>
-[...2 lines deleted...]
-        <v>176</v>
+        <v>251</v>
+      </c>
+      <c r="M43" s="239" t="s">
+        <v>171</v>
       </c>
       <c r="N43" s="54" t="s">
-        <v>235</v>
+        <v>230</v>
       </c>
       <c r="O43" s="66"/>
       <c r="P43" s="77"/>
       <c r="Q43" s="54" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
     </row>
     <row r="44" spans="1:22" ht="22.5" customHeight="1">
       <c r="A44" s="31" t="s">
         <v>10</v>
       </c>
       <c r="B44" s="32">
         <v>3</v>
       </c>
       <c r="C44" s="54" t="s">
-        <v>201</v>
+        <v>196</v>
       </c>
       <c r="D44" s="178" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="E44" s="133" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="F44" s="103"/>
       <c r="G44" s="147" t="s">
-        <v>272</v>
+        <v>267</v>
       </c>
       <c r="H44" s="150" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="I44" s="54" t="s">
-        <v>278</v>
+        <v>273</v>
       </c>
       <c r="J44" s="61" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="K44" s="54" t="s">
-        <v>263</v>
+        <v>258</v>
       </c>
       <c r="L44" s="68" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-        <v>176</v>
+        <v>199</v>
+      </c>
+      <c r="M44" s="239" t="s">
+        <v>171</v>
       </c>
       <c r="N44" s="54" t="s">
-        <v>235</v>
+        <v>230</v>
       </c>
       <c r="O44" s="72"/>
       <c r="P44" s="67"/>
       <c r="Q44" s="54" t="s">
-        <v>263</v>
+        <v>258</v>
       </c>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
     </row>
     <row r="45" spans="1:22" ht="22.5" customHeight="1">
       <c r="A45" s="31"/>
       <c r="B45" s="32">
         <v>4</v>
       </c>
       <c r="C45" s="68" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="D45" s="63" t="s">
-        <v>232</v>
-[...4 lines deleted...]
-      <c r="F45" s="258"/>
+        <v>227</v>
+      </c>
+      <c r="E45" s="267" t="s">
+        <v>215</v>
+      </c>
+      <c r="F45" s="260"/>
       <c r="G45" s="73" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="H45" s="150" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="I45" s="69" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="J45" s="209" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="K45" s="31" t="s">
-        <v>272</v>
+        <v>267</v>
       </c>
       <c r="L45" s="54" t="s">
-        <v>249</v>
+        <v>244</v>
       </c>
       <c r="M45" s="209" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="N45" s="68" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="O45" s="72"/>
       <c r="P45" s="77"/>
       <c r="Q45" s="54" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
     </row>
     <row r="46" spans="1:22" ht="22.5" customHeight="1" thickBot="1">
       <c r="A46" s="31"/>
       <c r="B46" s="32">
         <v>5</v>
       </c>
-      <c r="C46" s="223" t="s">
-        <v>189</v>
+      <c r="C46" s="222" t="s">
+        <v>184</v>
       </c>
       <c r="D46" s="63" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="E46" s="75" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="F46" s="103"/>
       <c r="G46" s="73" t="s">
-        <v>231</v>
+        <v>226</v>
       </c>
       <c r="H46" s="150" t="s">
-        <v>263</v>
+        <v>258</v>
       </c>
       <c r="I46" s="58" t="s">
-        <v>205</v>
+        <v>200</v>
       </c>
       <c r="J46" s="74" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="K46" s="68" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="L46" s="54" t="s">
-        <v>246</v>
-[...2 lines deleted...]
-        <v>280</v>
+        <v>241</v>
+      </c>
+      <c r="M46" s="240" t="s">
+        <v>275</v>
       </c>
       <c r="N46" s="54" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="O46" s="80"/>
       <c r="P46" s="81"/>
       <c r="Q46" s="58" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
     </row>
     <row r="47" spans="1:22" ht="22.5" customHeight="1" thickBot="1">
       <c r="A47" s="31"/>
       <c r="B47" s="32">
         <v>6</v>
       </c>
-      <c r="C47" s="231"/>
-[...1 lines deleted...]
-        <v>202</v>
+      <c r="C47" s="230"/>
+      <c r="D47" s="254" t="s">
+        <v>197</v>
       </c>
       <c r="E47" s="201" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="F47" s="202"/>
       <c r="G47" s="198" t="s">
-        <v>263</v>
+        <v>258</v>
       </c>
       <c r="H47" s="31" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
       <c r="I47" s="180" t="s">
-        <v>249</v>
-[...2 lines deleted...]
-        <v>209</v>
+        <v>244</v>
+      </c>
+      <c r="J47" s="242" t="s">
+        <v>204</v>
       </c>
       <c r="K47" s="68" t="s">
-        <v>295</v>
+        <v>290</v>
       </c>
       <c r="L47" s="54" t="s">
-        <v>273</v>
-[...1 lines deleted...]
-      <c r="M47" s="242"/>
+        <v>268</v>
+      </c>
+      <c r="M47" s="241"/>
       <c r="N47" s="213" t="s">
-        <v>277</v>
+        <v>272</v>
       </c>
       <c r="O47" s="72"/>
       <c r="P47" s="67"/>
       <c r="Q47" s="33" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
     </row>
     <row r="48" spans="1:22" ht="21.75" customHeight="1" thickBot="1">
       <c r="A48" s="31"/>
       <c r="B48" s="32">
         <v>7</v>
       </c>
-      <c r="C48" s="219"/>
-[...2 lines deleted...]
-      <c r="F48" s="251"/>
+      <c r="C48" s="218"/>
+      <c r="D48" s="228"/>
+      <c r="E48" s="269"/>
+      <c r="F48" s="270"/>
       <c r="G48" s="97"/>
       <c r="H48" s="194" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="I48" s="134" t="s">
-        <v>273</v>
-[...1 lines deleted...]
-      <c r="J48" s="226"/>
+        <v>268</v>
+      </c>
+      <c r="J48" s="225"/>
       <c r="K48" s="134" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="L48" s="134" t="s">
-        <v>268</v>
+        <v>263</v>
       </c>
       <c r="M48" s="135"/>
       <c r="N48" s="149"/>
       <c r="O48" s="93"/>
       <c r="P48" s="94"/>
       <c r="Q48" s="148"/>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
     </row>
     <row r="49" spans="1:23" ht="24" customHeight="1" thickBot="1">
       <c r="A49" s="31"/>
       <c r="B49" s="39">
         <v>8</v>
       </c>
       <c r="C49" s="168"/>
-      <c r="D49" s="230"/>
+      <c r="D49" s="229"/>
       <c r="E49" s="187"/>
       <c r="F49" s="188"/>
       <c r="G49" s="151" t="s">
         <v>44</v>
       </c>
       <c r="H49" s="163"/>
-      <c r="I49" s="244"/>
+      <c r="I49" s="243"/>
       <c r="J49" s="120"/>
       <c r="K49" s="146"/>
       <c r="L49" s="146"/>
       <c r="M49" s="96"/>
       <c r="N49" s="121"/>
       <c r="O49" s="93"/>
       <c r="P49" s="94"/>
       <c r="Q49" s="96"/>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
     </row>
     <row r="50" spans="1:23" ht="27.75" customHeight="1" thickBot="1">
       <c r="A50" s="33" t="s">
         <v>49</v>
       </c>
       <c r="B50" s="40"/>
       <c r="C50" s="59" t="s">
         <v>43</v>
       </c>
       <c r="D50" s="59" t="s">
         <v>42</v>
       </c>
       <c r="E50" s="41" t="s">
         <v>45</v>
@@ -7300,72 +7500,72 @@
       <c r="P52" s="1"/>
       <c r="Q52" s="3"/>
       <c r="S52" s="1"/>
       <c r="T52" s="1"/>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
     </row>
     <row r="53" spans="1:23">
       <c r="C53" s="1"/>
       <c r="E53" s="1"/>
       <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="I53" s="1"/>
       <c r="J53" s="1"/>
       <c r="K53" s="1"/>
       <c r="L53" s="1"/>
       <c r="M53" s="1"/>
       <c r="N53" s="1"/>
       <c r="O53" s="1"/>
       <c r="P53" s="1"/>
       <c r="Q53" s="1"/>
     </row>
   </sheetData>
   <mergeCells count="22">
+    <mergeCell ref="E39:F39"/>
+    <mergeCell ref="E41:F41"/>
+    <mergeCell ref="E45:F45"/>
+    <mergeCell ref="E48:F48"/>
+    <mergeCell ref="E29:F29"/>
+    <mergeCell ref="E32:F32"/>
+    <mergeCell ref="E33:F33"/>
+    <mergeCell ref="E35:F35"/>
+    <mergeCell ref="E36:F36"/>
+    <mergeCell ref="E37:F37"/>
     <mergeCell ref="E28:F28"/>
     <mergeCell ref="E10:F10"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="E14:F14"/>
     <mergeCell ref="E15:F15"/>
     <mergeCell ref="E19:F19"/>
     <mergeCell ref="E20:F20"/>
     <mergeCell ref="E21:F21"/>
     <mergeCell ref="E22:F22"/>
     <mergeCell ref="E24:F24"/>
     <mergeCell ref="E25:F25"/>
     <mergeCell ref="E26:F26"/>
-    <mergeCell ref="E39:F39"/>
-[...8 lines deleted...]
-    <mergeCell ref="E37:F37"/>
   </mergeCells>
   <printOptions gridLines="1"/>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0" footer="0"/>
   <pageSetup paperSize="9" scale="40" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">