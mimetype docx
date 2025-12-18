--- v0 (2025-12-18)
+++ v1 (2025-12-18)
@@ -7,7243 +7,6594 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6371"/>
-        <w:gridCol w:w="4007"/>
+        <w:gridCol w:w="6389"/>
+        <w:gridCol w:w="3989"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidTr="00562B8B">
+      <w:tr w:rsidR="00230300" w:rsidRPr="00230300" w:rsidTr="00562B8B">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
+            <w:r w:rsidRPr="00230300">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+          <w:p w:rsidR="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00516079">
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Приложение 11 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>к Приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Министра образования и науки</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00516079">
-[...14 lines deleted...]
-            <w:r w:rsidRPr="00516079">
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00516079">
-[...33 lines deleted...]
-          <w:p w:rsidR="00516079" w:rsidRPr="00516079" w:rsidRDefault="00516079" w:rsidP="00516079">
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>от 24 апреля 2020 года № 158</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="z287"/>
-      <w:r w:rsidRPr="00516079">
+      <w:bookmarkStart w:id="0" w:name="z747"/>
+      <w:r w:rsidRPr="00230300">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Мемлекеттік білім беру мекемелеріндегі білім алушылар мен тәрбиенушілердің жекелеген санаттарына қ</w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> сыртындағы және мектеп жанындағы лагерьлерде демалуы үшін құжаттар қабылдау және жолдама беру" мемлекеттік қызметті көрсету қағидалары</w:t>
+        <w:t xml:space="preserve"> Правила оказания государственной услуги "Прием документов и выдача направлений на предоставление отдыха в загородных и пришкольных лагерях отдельным категориям обучающихся и воспитанников государственных учреждений образования"</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="z288"/>
+      <w:bookmarkStart w:id="1" w:name="z748"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00516079">
+      <w:r w:rsidRPr="00230300">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="z289"/>
+      <w:bookmarkStart w:id="2" w:name="z749"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="00516079">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">       1. Осы "Мемлекеттік білім беру мекемелеріндегі білім алушылар мен тәрбиенушілердің жекелеген санаттарына қала сыртындағы және мектеп жанындағы лагерьлерде демалуы үшін құжаттар қабылдау және жолдама беру" мемлекеттік қызметті көрсету қағидалары (бұдан әрі – Қағидалар) "Мемлекеттік </w:t>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00516079">
-[...6 lines deleted...]
-        <w:t>к</w:t>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Настоящие Правила оказания государственной услуги "Прием документов и выдача направлений на предоставление отдыха в загородных и пришкольных лагерях отдельным категориям обучающихся и воспитанников государственных учреждений образования" (далее – Правила) разработаны в соответствии с подпунктом 1) статьи 10 Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" (далее - Закон) и определяют порядок приема документов и выдачи направлений на предоставление отдыха</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00516079">
-[...26 lines deleted...]
-        <w:t>і – Заң) 10-бабының 1) тармақшасына сәйкес әзірленді және мемлекеттік білім беру мекемелеріндегі білім алушылар мен тәрбиенушілердің жекелеген санаттарына қала сыртындағы және мектеп жанындағы лагерьлерде демалуы үшін құжаттар қабылдау және жолдама беру тәртібін айқындайды.</w:t>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в загородных и пришкольных лагерях отдельным категориям обучающихся и воспитанников государственных учреждений образования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00516079">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00516079">
+      <w:r w:rsidRPr="00230300">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>2. Алып тасталды - Қ</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00516079">
+        <w:t xml:space="preserve">      2. Исключен приказом Министра образования и науки РК от 21.02.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>№ 55</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00230300">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Р</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="z756"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z757"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для получения государственной услуги "Прием документов и выдача направлений на предоставление отдыха в загородных и пришкольных лагерях отдельным категориям обучающихся и воспитанников государственных учреждений образования" (далее – государственная услуга) физические лица (далее - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) подают в управления образования областей, городов республиканского значения, столицы, отделы образования районов, городов областного значения, организации образования (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>), Государственную корпорацию "Правительство для граждан" (далее – Государственная корпорация) или</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00516079">
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">через </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>веб-портал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "электронного правительства" (далее – портал) заявление, по форме, согласно приложению 1 к настоящим Правилам с приложением документов, предусмотренных стандартом государственной услуги "Прием документов и выдача направлений на предоставление отдыха в загородных и пришкольных лагерях отдельным категориям обучающихся и воспитанников государственных учреждений образования" (далее – Стандарт) согласно приложению 2 к настоящим Правилам.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Перечень основных требований к оказанию государственной услуги, включающий характеристику процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги приведен в Стандарте.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00230300">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Білім және ғылым министрінің 21.02.2022 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00516079">
+        <w:t xml:space="preserve">Сноска. Пункт 3 - в редакции приказа Министра образования и науки РК от 21.02.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00230300">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>№ 55</w:t>
       </w:r>
-      <w:r w:rsidRPr="00516079">
+      <w:r w:rsidRPr="00230300">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00516079">
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00230300">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="z291"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> 2-тарау. Мемлекеттік қызмет көрсету тәртібі</w:t>
+      <w:bookmarkStart w:id="5" w:name="z758"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4. При приеме документов через Государственную корпорацию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выдается расписка о приеме соответствующих документов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+    <w:bookmarkEnd w:id="5"/>
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="z292"/>
-[...88 lines deleted...]
-        <w:t>өрсетілетін қызмет стандартында (бұдан әрі – Стандарт) көзделген құжаттарды қоса бере отырып, осы Қағидаларға 1-қосымшаға сәйкес нысан бойынша өтініш береді.</w:t>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Исключен приказом Министра образования и науки РК от 21.02.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>№ 55</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="z760"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6. Государственная корпорация осуществляет доставку пакета документов через курьера </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в течение 1 (одного) рабочего дня.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00516079">
-[...26 lines deleted...]
-        <w:t>ілген.</w:t>
+      <w:bookmarkStart w:id="7" w:name="z761"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       При обращении в Государственную корпорацию день приема не входит в срок оказания государственной услуги. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00516079">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00516079">
+      <w:bookmarkStart w:id="8" w:name="z762"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7. В случае обращения через портал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в "личный кабинет" направляется статус о принятии запроса на государственную услугу, а также уведомление с указанием даты и времени получения результата государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z763"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в течение 1 (одного) рабочего дня с момента получения документов, проверяет полноту представленных документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">       В случае предоставления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> неполного пакета документов и (или) документов с истекшим сроком действия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дает мотивированный отказ в дальнейшем рассмотрении заявления, а работник Государственной корпорации отказывает в приеме заявления и выдает расписку об отказе в приеме документов по форме, согласно приложению 3 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00230300">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Ескерту. 3-тармақ жаңа редакцияда - Қ</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00516079">
+        <w:t xml:space="preserve">      Сноска. Пункт 8 - в редакции приказа Министра образования и науки РК от 21.02.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>№ 55</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00230300">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Р</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00516079">
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="z764"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9. Сведения о документах, удостоверяющих личность, свидетельстве о рождении ребенка, свидетельстве о заключении брака (при отсутствии сведений в информационной системе "Регистрационный пункт ЗАГС") работник Государственной корпорации и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или Работник Государственной корпорации получает согласие </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственной услуги, если иное не предусмотрено законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Услугодатели</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получают цифровые документы из сервиса цифровых документов через реализованную интеграцию при условии согласия владельца документа, предоставленного посредством зарегистрированного на портале абонентского номера сотовой связи пользователя путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление портала.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00230300">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Білім және ғылым министрінің 21.02.2022 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00516079">
+        <w:t xml:space="preserve">Сноска. Пункт 9 - в редакции приказа Министра образования и науки РК от 21.02.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00230300">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>№ 55</w:t>
       </w:r>
-      <w:r w:rsidRPr="00516079">
+      <w:r w:rsidRPr="00230300">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00516079">
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00230300">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="z293"/>
-[...27 lines deleted...]
-        <w:t>і құжаттардың қабылданғаны туралы қолхат беріледі.</w:t>
+      <w:bookmarkStart w:id="11" w:name="z767"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10. По итогам проверки документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в течение 3 (трех) рабочих дней готовит направление (путевка) в загородные и пришкольные лагеря (далее - направление) либо мотивированный ответ об отказе в оказании государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+    <w:bookmarkEnd w:id="11"/>
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00516079">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00516079">
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       В случае выявления оснований для отказа в оказании государственной услуги по основаниям, указанным в пункте 9 Стандарта настоящих Правил </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>позднее</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> чем за 3 (три) рабочих дня до завершения срока оказания государственной услуги согласно статьи 73 Административного процедурно-процессуального кодекса Республики Казахстан (далее – АППК РК) направляет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уведомление о предварительном решений об отказе в оказании государственной услуги, а также о времени и месте проведения заслушивания для возможности выразить </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> позицию по предварительному решению.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Процедура заслушивания проводится в соответствии со статьей 73 АППК РК.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      По результатам заслушивания </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в течение 1 (одного) рабочего дня направляет направление либо мотивированный отказ в оказании государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или в Государственную корпорацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00230300">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>5. Алып тасталды - Қ</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00516079">
+        <w:t xml:space="preserve">      Сноска. Пункт 10 - в редакции приказа Министра образования и науки РК от 21.02.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>№ 55</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00230300">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Р</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00516079">
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00230300">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Білім және ғылым министрінің 21.02.2022 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00516079">
+        <w:t xml:space="preserve">      11. Исключен приказом Министра образования и науки РК от 21.02.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00230300">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>№ 55</w:t>
       </w:r>
-      <w:r w:rsidRPr="00516079">
+      <w:r w:rsidRPr="00230300">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00516079">
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00230300">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="z295"/>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> корпорация құжаттар топтамасын көрсетілетін қызметті берушіге курьер арқылы жеткізуді 1 (бір) жұмыс күні ішінде жүзеге асырады.</w:t>
+      <w:bookmarkStart w:id="12" w:name="z769"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      12. В Государственной корпорации выдача готовых документов осуществляется при предъявлении удостоверения личности (либо его представителя по доверенности, удостоверенный нотариально).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00516079">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">      Мемлекеттік </w:t>
+      <w:bookmarkStart w:id="13" w:name="z770"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Государственная корпорация обеспечивает хранение результата в течение одного месяца, после чего передает его </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для дальнейшего хранения. При обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00516079">
-[...6 lines deleted...]
-        <w:t>корпорация</w:t>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>по</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00516079">
-[...6 lines deleted...]
-        <w:t>ға жүгінген кезде құжаттарды қабылдау күні мемлекеттік қызмет көрсету мерзіміне кірмейді.</w:t>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>истечении</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> одного месяца по запросу Государственной корпорации </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в течение одного рабочего дня направляет готовые документы в Государственную корпорацию для выдачи </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="z296"/>
-[...27 lines deleted...]
-        <w:t>өрсетілетін қызметке сұрау салудың қабылданғаны туралы мәртебе, сондай-ақ мемлекеттік көрсетілетін қызмет нәтижесін алу күні мен уақыты көрсетілген хабарлама жіберіледі.</w:t>
+      <w:bookmarkStart w:id="14" w:name="z771"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      13. Общий срок рассмотрения документов и получение направления либо отказ в оказании государственной услуги составляет 5 (пять) рабочих дней.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="z297"/>
-[...10 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="15" w:name="z936"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       13-1. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обеспечивает внесение данных в информационную систему мониторинга оказания государственных услуг о стадии оказания государственной услуги в порядке, установленном уполномоченным органом в сфере информатизации в соответствии с подпунктом 11) пункта 2 статьи 5 Закона.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+    <w:bookmarkEnd w:id="15"/>
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00516079">
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> кеткен құжаттарды ұсынған жағдайда, көрсетілетін қызметті беруші өтінішті одан әрі қараудан дәлелді бас тартады, ал мемлекеттік корпорацияның қызметкері өтінішті қабылдаудан бас тартады және осы Қағидаларға 3-қосымшаға сәйкес нысан бойынша құжаттарды қабылдаудан бас тарту туралы қолхат береді.</w:t>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В случае сбоя информационной системы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> незамедлительно с момента обнаружения уведомляет сотрудника структурного подразделения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, ответственного за информационно-коммуникационную инфраструктуру.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00516079">
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В этом случае ответственный сотрудник за информационно-коммуникационную инфраструктуру в течение срока, указанного в части второй настоящего пункта Правил, составляет протокол о технической проблеме и подписывает его </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00230300">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>      Ескерту. 8-тармақ жаңа редакцияда - Қ</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00516079">
+        <w:t xml:space="preserve">Сноска. Правила дополнены пунктом 13-1 в соответствии с приказом Министра образования и науки РК от 21.02.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>№ 55</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00230300">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Р</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="16" w:name="z772"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) его должностных лиц в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z773"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      14. Жалоба на решение, действий (бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг подается на имя руководителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, в уполномоченный орган по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00516079">
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственных услуг (далее – орган, рассматривающий жалобу), в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Рассмотрение жалобы по вопросам оказания государственных услуг производится вышестоящим административным органом, должностным лицом, органом, рассматривающим жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Жалоба подается </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) должностному лицу, чье решение, действие (бездействие) обжалуются.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должностное лицо, чье решение, действие (бездействие) обжалуются, не позднее 3 (трех) рабочих дней со дня поступления жалобы направляют ее в орган, рассматривающий жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      При этом </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, должностное лицо, решение, действие (бездействие) обжалуются, не направляет жалобу в орган, рассматривающий жалобу, если он в течение 3 (трех) рабочих дней примет </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>решение</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> либо административное действие, полностью удовлетворяющие требования, указанные в жалобе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, в соответствии с пунктом 2 статьи 25 Закона подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, поступившая в адрес органа, рассматривающего жалобу, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Если иное не предусмотрено законом, обращение в суд допускается после обжалования в досудебном порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00230300">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Білім және ғылым министрінің 21.02.2022 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00516079">
+        <w:t xml:space="preserve">      Сноска. Пункт 14 - в редакции приказа Министра образования и науки РК от 21.02.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00230300">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>№ 55</w:t>
       </w:r>
-      <w:r w:rsidRPr="00516079">
+      <w:r w:rsidRPr="00230300">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00516079">
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00230300">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="z298"/>
-[...47 lines deleted...]
-        <w:t>үйелерден алады.</w:t>
+      <w:bookmarkStart w:id="18" w:name="z776"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      15. В случаях несогласия с результатами оказания государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обращается в суд в установленном законодательством Республики Казахстан порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-[...1268 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="18"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6123"/>
-        <w:gridCol w:w="4255"/>
+        <w:gridCol w:w="5402"/>
+        <w:gridCol w:w="4961"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidTr="00562B8B">
+      <w:tr w:rsidR="00230300" w:rsidRPr="00230300" w:rsidTr="00230300">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>к Правилам оказания</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>государственной услуги</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>"Прием документов и выдача</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>направлений на предоставление</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>отдыха в загородных</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>и пришкольных лагерях</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>отдельным категориям</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>обучающихся и воспитанников</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>государственных учреждений</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>образования"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00230300" w:rsidRPr="00230300" w:rsidTr="00230300">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00230300" w:rsidRPr="00230300" w:rsidTr="00230300">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Руководителю _______________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>(наименование органа)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>от гражданина (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ки</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>) ___________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>(Ф.И.О. (при его наличии)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>и индивидуальный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>идентификационный номер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>заявителя) проживающег</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>о(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>-ей)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>по адресу:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>__________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z938"/>
+    </w:p>
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сноска. Приложение 1 - в редакции приказа Министра образования и науки РК от 21.02.2022 № 55 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Прошу Вас включить моего несовершеннолетнего ребенка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(Ф.И.О. (при его наличии) и индивидуальный идентификационный номер, дата</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>рождения), обучающегося в (указать № школы, № и литер класса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>в список обучающихся и воспитанников, обеспечивающихся путевкой</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>в загородные и пришкольные лагеря.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Согласе</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>н(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а) на использования сведений, составляющих охраняемую Законом</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Республики Казахстан от 21 мая 2013 года "О персональных данных и их защите"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тайну, содержащихся в информационных системах.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>"___"__________20__года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Подпись гражданин</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ки</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="center"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6333"/>
+        <w:gridCol w:w="4045"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00230300" w:rsidRPr="00230300" w:rsidTr="00230300">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="16"/>
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+          <w:p w:rsidR="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...259 lines deleted...]
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00516079">
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00516079">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00516079">
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>к Правилам оказания</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00516079">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00516079">
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>государственной услуги</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00516079">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00516079">
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>"Прием документов и выдача</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00516079">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00516079">
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>направлений на предоставление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00516079">
-[...21 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>отдыха в загородных</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>и пришкольных лагерях</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>отдельным категориям</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>обучающихся и воспитанников</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>государственных учреждений</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>образования"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="z307"/>
-      <w:r w:rsidRPr="00516079">
+      <w:bookmarkStart w:id="20" w:name="z939"/>
+      <w:r w:rsidRPr="00230300">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Өтініш</w:t>
+        <w:t xml:space="preserve"> Стандарт государственной услуги "Прием документов и выдача направлений на предоставление отдыха в загородных и пришкольных лагерях отдельным категориям обучающихся и воспитанников государственных учреждений образования"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+    <w:bookmarkEnd w:id="20"/>
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00516079">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00516079">
+      <w:r w:rsidRPr="00230300">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Ескерту. 1-қосымша жаңа редакцияда - Қ</w:t>
-[...649 lines deleted...]
-        <w:t xml:space="preserve"> Білім және ғылым министрінің 21.02.2022 № 55 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve">       Сноска. Приложение 2 - в редакции приказа Министра образования и науки РК от 21.02.2022 № 55 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10328" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="609"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="5959"/>
+        <w:gridCol w:w="467"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="845"/>
+        <w:gridCol w:w="6101"/>
         <w:gridCol w:w="80"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidTr="00516079">
+      <w:tr w:rsidR="00230300" w:rsidRPr="00230300" w:rsidTr="00230300">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="609" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
+            <w:r w:rsidRPr="00230300">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...7 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наименование </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6662" w:type="dxa"/>
+            <w:tcW w:w="6946" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...26 lines deleted...]
-              <w:t>ім басқармалары, аудандардағы, облыстық маңызы бар қалалардағы білім бөлімдері, білім беру ұйымдары</w:t>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Управления образования областей, городов республиканского значения, столицы, отделы образования районов, городов областного значения, организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidTr="00516079">
+      <w:tr w:rsidR="00230300" w:rsidRPr="00230300" w:rsidTr="00230300">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="609" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
+            <w:r w:rsidRPr="00230300">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...6 lines deleted...]
-              <w:t>Мемлекеттік қызметті ұсыну тәсілдері</w:t>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Способы предоставления государственной услуги (каналы доступа)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6662" w:type="dxa"/>
+            <w:tcW w:w="6946" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...6 lines deleted...]
-              <w:t>Өтіні</w:t>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Прием заявления и выдача результата оказания государственной услуги осуществляются </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00516079">
-[...6 lines deleted...]
-              <w:t>шт</w:t>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>через</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00516079">
-[...9 lines deleted...]
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...9 lines deleted...]
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1)канцелярию </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...29 lines deleted...]
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2) некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...67 lines deleted...]
-              <w:t>і - портал) арқылы жүзеге асырылады.</w:t>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>веб-портал</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "электронного правительства" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>www.egov.kz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее – портал).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidTr="00516079">
+      <w:tr w:rsidR="00230300" w:rsidRPr="00230300" w:rsidTr="00230300">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="609" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
+            <w:r w:rsidRPr="00230300">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...26 lines deleted...]
-              <w:t>і</w:t>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Срок оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6662" w:type="dxa"/>
+            <w:tcW w:w="6946" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...29 lines deleted...]
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) с момента сдачи документов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, в Государственную корпорацию, а также при обращении на портал – 5 (пять) рабочих дней.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...29 lines deleted...]
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) максимально допустимое время ожидания для сдачи документов у </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или Государственной корпорации – 15 минут;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...26 lines deleted...]
-              <w:t>ұқсат берілетін ең ұзақ уақыты – 30 минут, Мемлекеттік корпорацияда – 15 минут.</w:t>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) максимально допустимое время обслуживания у </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 30 минут, в Государственной корпорации – 15 минут.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidTr="00516079">
+      <w:tr w:rsidR="00230300" w:rsidRPr="00230300" w:rsidTr="00230300">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="609" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
+            <w:r w:rsidRPr="00230300">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...6 lines deleted...]
-              <w:t>Көрсету нысаны</w:t>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Форма оказания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6662" w:type="dxa"/>
+            <w:tcW w:w="6946" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...26 lines deleted...]
-              <w:t>үзінде</w:t>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Электронная (частично автоматизированная)\ бумажная</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidTr="00516079">
+      <w:tr w:rsidR="00230300" w:rsidRPr="00230300" w:rsidTr="00230300">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="609" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
+            <w:r w:rsidRPr="00230300">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...6 lines deleted...]
-              <w:t>Мемлекеттік қызметті көрсету нәтижесі</w:t>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6662" w:type="dxa"/>
+            <w:tcW w:w="6946" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...29 lines deleted...]
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Направление (путевка) в загородные и пришкольные лагеря либо мотивированный ответ об отказе в оказании государственной услуги в случаях и по основаниям, предусмотренным пунктом 9 настоящего стандарта государственной услуги.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...26 lines deleted...]
-              <w:t>іберіледі және сақталады.</w:t>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">На портале результат оказания государственной услуги направляется и хранится в "личном кабинете" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidTr="00516079">
+      <w:tr w:rsidR="00230300" w:rsidRPr="00230300" w:rsidTr="00230300">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="609" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
+            <w:r w:rsidRPr="00230300">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...26 lines deleted...]
-              <w:t>өлшері  Қазақстан Республикасының заңнамасында көзделген жағдайларда мемлекеттік қызмет көрсету кезінде мемлекеттік қызмет көрсету тәртібі және оны алу тәсілдері</w:t>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Размер оплаты, взимаемой с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6662" w:type="dxa"/>
+            <w:tcW w:w="6946" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...6 lines deleted...]
-              <w:t>Тегін</w:t>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Бесплатно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidTr="00516079">
+      <w:tr w:rsidR="00230300" w:rsidRPr="00230300" w:rsidTr="00230300">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="609" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
+            <w:r w:rsidRPr="00230300">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...17 lines deleted...]
-              <w:t>ұмыс кестесі</w:t>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>График работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6662" w:type="dxa"/>
+            <w:tcW w:w="6946" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...11 lines deleted...]
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>: с понедельника по пятницу включительно, с 9.00 до 18.30 часов, с перерывом на обед с 13.00 часов до 14.30 часов, кроме выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...9 lines deleted...]
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2) Государственной корпорации: с понедельника по субботу включительно в соответствии с установленным графиком работы с 9.00 до 20.00 часов без перерыва на обед, за исключением воскресенья и праздничных дней, согласно трудовому законодательству.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...9 lines deleted...]
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Прием осуществляется в порядке "электронной" очереди, по месту регистрации </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, без ускоренного обслуживания, возможно "бронирование" электронной очереди посредством портала.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...49 lines deleted...]
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) портала: круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...9 lines deleted...]
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Адреса мест оказания государственной услуги размещены </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...29 lines deleted...]
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>интернет-ресурсе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министерства образования и науки Республики Казахстан: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>www.edu.gov.kz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...6 lines deleted...]
-              <w:t>2) www.egov.kz порталында орналасқан.</w:t>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>портале</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>www.egov.kz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidTr="00516079">
+      <w:tr w:rsidR="00230300" w:rsidRPr="00230300" w:rsidTr="00230300">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="609" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...6 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...6 lines deleted...]
-              <w:t>Құжаттардың тізбесі</w:t>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Перечень документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6662" w:type="dxa"/>
+            <w:tcW w:w="6946" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...29 lines deleted...]
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и в Государственную корпорацию:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...9 lines deleted...]
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1) заявление;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...29 lines deleted...]
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (требуется для </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>идентификации личности);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...29 lines deleted...]
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3) копия свидетельства о рождении ребенка (при отсутствии сведений в информационной системе "Регистрационный пункт ЗАГС" (далее – ИС ЗАГС)) либо родившегося за пределами Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...29 lines deleted...]
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4) копия свидетельства о заключении или расторжении брака (при отсутствии сведений в ИС ЗАГС) либо за пределами Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> 5) "Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының. 2020 жылғы 30 қазандағы № Қ</w:t>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5) медицинская справка на школьника, отъезжающего в оздоровительный лагерь в соответствии с формой № 071/у в соответствии с формой, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан "Об утверждении форм учетной документации в области здравоохранения" от 30 октября 2020 года № Қ</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00516079">
+            <w:r w:rsidRPr="00230300">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Р</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00516079">
-[...29 lines deleted...]
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДСМ-175/2020 (далее – приказ №ҚР ДСМ-175/2020) (зарегистрирован в Реестре государственной регистрации нормативных правовых актов Республики Казахстан под № 21579);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...9 lines deleted...]
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6) копия документа, подтверждающего статус:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...29 lines deleted...]
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">для детей из семей, имеющих право на получение государственной адресной социальной помощи - справка, подтверждающая принадлежность </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (семьи) к получателям государственной адресной социальной помощи, предоставляемая местными исполнительными органами;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...7 lines deleted...]
-            </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00516079">
-[...6 lines deleted...]
-              <w:t>к</w:t>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>для детей из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума - документы о полученных доходах (справка о заработной плате работающих родителей или лиц их заменяющих, о доходах от предпринимательской и других видов деятельности, о доходах в виде алиментов на детей и других иждивенцев);</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00516079">
-[...29 lines deleted...]
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+          </w:p>
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...11 lines deleted...]
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>для детей - сирот и детей, оставшиеся без попечения родителей, проживающих в семьях - решение уполномоченного органа об утверждении опеки (попечительства), патронатного воспитания для детей-сирот и детей, оставшихся без попечения родителей, воспитывающихся в семьях;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...29 lines deleted...]
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>для детей из семей, требующих экстренной помощи в результате чрезвычайных ситуаций и иных категории обучающихся и воспитанников, определяемых коллегиальным органом управления организации образования - решение коллегиального органа на основании обследования материально-бытового положения семьи.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...9 lines deleted...]
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>на портал:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...39 lines deleted...]
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) заявление в форме электронного документа, подписанное ЭЦП </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или удостоверенное одноразовым паролем, в случае регистрации и подключения абонентского номера </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, предоставленного оператором сотовой связи, к учетной записи портала;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...29 lines deleted...]
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2) электронная копия свидетельства о рождении ребенка (при отсутствии сведений в ИС ЗАГС) либо родившегося за пределами Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...29 lines deleted...]
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) электронная копия свидетельства о заключении или расторжении брака (при отсутствии сведений в ИС ЗАГС) либо за </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>пределами Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...6 lines deleted...]
-              <w:t>4) № Қ</w:t>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4) электронная копия медицинской справки на школьника, отъезжающего в оздоровительный лагерь в соответствии с формой, утвержденной приказом № Қ</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00516079">
+            <w:r w:rsidRPr="00230300">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Р</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00516079">
-[...9 lines deleted...]
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДСМ-175/2020;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...9 lines deleted...]
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5) электронная копия документа, подтверждающего статус:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...29 lines deleted...]
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">для детей из семей, имеющих право на получение государственной адресной социальной помощи - справка, подтверждающая принадлежность </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (семьи) к получателям государственной адресной социальной помощи, предоставляемая местными исполнительными органами;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...7 lines deleted...]
-            </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00516079">
-[...6 lines deleted...]
-              <w:t>к</w:t>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>для детей из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума - документы о полученных доходах (справка о заработной плате работающих родителей или лиц их заменяющих, о доходах от предпринимательской и других видов деятельности, о доходах в виде алиментов на детей и других иждивенцев);</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00516079">
-[...29 lines deleted...]
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+          </w:p>
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...11 lines deleted...]
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>для детей - сирот и детей, оставшиеся без попечения родителей, проживающих в семьях - решение уполномоченного органа об утверждении опеки (попечительства), патронатного воспитания для детей-сирот и детей, оставшихся без попечения родителей, воспитывающихся в семьях;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...26 lines deleted...]
-              <w:t>тұрмыстық жағдайын тексеру негізінде алқалы органның шешімі.</w:t>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>для детей из семей, требующих экстренной помощи в результате чрезвычайных ситуаций и иных категории обучающихся и воспитанников, определяемых коллегиальным органом управления организации образования - решение коллегиального органа на основании обследования материально-бытового положения семьи.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidTr="00516079">
+      <w:tr w:rsidR="00230300" w:rsidRPr="00230300" w:rsidTr="00230300">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="609" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
+            <w:r w:rsidRPr="00230300">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...6 lines deleted...]
-              <w:t>Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6662" w:type="dxa"/>
+            <w:tcW w:w="6946" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...29 lines deleted...]
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) установление недостоверности документов, представленных </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>услугополучателем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> 2) "Мемлекеттік білім беру мекемелерінің мемлекеттік атаулы әлеуметтік </w:t>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00516079">
-[...6 lines deleted...]
-              <w:t>к</w:t>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) несоответствие </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> требованиям, установленным постановлением Правительства Республики Казахстан от 25 января 2008 года № 64 "Об утверждении Правил формирования, направления расходования и учета средств, выделяемых на оказание финансовой и материальной помощи обучающимся и воспитанникам государственных учреждений образования из семей, имеющих право на получение государственной адресной социальной помощи, а также из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00516079">
-[...59 lines deleted...]
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> доход ниже величины прожиточного минимума, и детям - сиротам, детям, оставшимся без попечения родителей, проживающим в семьях, детям из семей, требующих экстренной помощи в результате чрезвычайных ситуаций, и иным категориям обучающихся и воспитанников";</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">3) көрсетілетін қызметті алушыға қатысты соттың заңды күшіне енген шешімінің болуы, оның негізінде көрсетілетін қызметті алушының мемлекеттік </w:t>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) в отношении </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имеется вступившее в законную силу решение суда, на основании которого </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00516079">
-[...6 lines deleted...]
-              <w:t>к</w:t>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лишен</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00516079">
-[...6 lines deleted...]
-              <w:t>өрсетілетін қызметті алумен байланысты арнайы құқығынан айырылуы.</w:t>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> специального права, связанного с получением государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidTr="00516079">
+      <w:tr w:rsidR="00230300" w:rsidRPr="00230300" w:rsidTr="00230300">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="609" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...6 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> Мемлекеттік қызмет көрсетудің, оның ішінде электрондық нысанда көрсетілетін қызметтің ерекшеліктерін ескере отырып қойылатын өзге де талаптар </w:t>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Иные требования с учетом особенностей оказания государственной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">услуги, в том числе оказываемой в электронной форме </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6662" w:type="dxa"/>
+            <w:tcW w:w="6946" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...29 lines deleted...]
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имеет возможность получения государственной услуги в электронной форме через портал при условии наличия </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ЭЦП.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...7 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Информацию о порядке и статусе оказания государственной услуги </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> получает посредством Единого </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00516079">
-[...7 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>контакт-центра</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00516079">
-[...9 lines deleted...]
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>: 1414, 8 800 080 7777.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...9 lines deleted...]
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сервис цифровых документов доступен для пользователей, авторизованных в мобильном приложении.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...26 lines deleted...]
-              <w:t>цифрлық қолтаңбаны немесе бір реттік парольді пайдалана отырып, мобильді қосымшада авторландырудан өту, одан әрі "цифрлық құжаттар" бөліміне өтіп, қажетті құжатты таңдау қажет.</w:t>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Для использования цифрового документа необходимо пройти авторизацию в мобильном приложении с использованием электронно-цифровой подписи или одноразового пароля, далее перейти в раздел "Цифровые документы" и выбрать необходимый документ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidTr="00516079">
+      <w:tr w:rsidR="00230300" w:rsidRPr="00230300" w:rsidTr="00230300">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4289" w:type="dxa"/>
+            <w:tcW w:w="4147" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...5 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6039" w:type="dxa"/>
+            <w:tcW w:w="6181" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00516079" w:rsidRDefault="00516079" w:rsidP="00516079">
+          <w:p w:rsidR="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Приложение 3 к Правилам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>оказания государственной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>услуги "Прием документов и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>выдача направлений на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>предоставление отдыха в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>загородных и пришкольных</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>лагерях отдельным категориям</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>обучающихся и воспитанников</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>государственных учреждений</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00230300">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>образования"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00516079">
-[...176 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z821"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">                          Расписка об отказе в приеме документов</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00516079">
-[...7 lines deleted...]
-        <w:t>Құжаттарды қабылдаудан бас тарту туралы қолхат</w:t>
+      <w:bookmarkStart w:id="22" w:name="z822"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Руководствуясь пунктом 2 статьи 20 Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах", отдел №__ филиала Некоммерческого акционерного общества "Государственная корпорация "Правительства для граждан" (указать адрес) отказывает в приеме документов на оказание государственной услуги ___________________ ввиду представления Вами неполного пакета документов согласно перечню, предусмотренному стандартом государственной услуги, а именно:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+    <w:bookmarkEnd w:id="22"/>
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00516079">
-[...26 lines deleted...]
-        <w:t xml:space="preserve">өрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі </w:t>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наименование отсутствующих документов:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00516079">
-[...26 lines deleted...]
-        <w:t xml:space="preserve">аңының 20-бабының 2-тармағын басшылыққа алып, </w:t>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1) ________________________________________;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00516079">
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> Үкімет" Мемлекеттік корпорацияның коммерциялық емес </w:t>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2) ________________________________________;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00516079">
-[...26 lines deleted...]
-        <w:t xml:space="preserve">імі____________________________________ </w:t>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3) ….</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00516079">
-[...26 lines deleted...]
-        <w:t xml:space="preserve">өрсетілетін қызмет стандартында көзделген </w:t>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Настоящая расписка составлена в двух экземплярах, по одному для каждой стороны.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00516079">
-[...26 lines deleted...]
-        <w:t xml:space="preserve">із ұсынған құжаттар топтамасының толық болмауына байланысты </w:t>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_________________________________________ ________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00516079">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">       _________________________________________________________________ </w:t>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Фамилия, имя, отчество (при его наличии) (подпись) работника Государственной корпорации</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00516079">
-[...26 lines deleted...]
-        <w:t xml:space="preserve">өрсетілетін қызметтің атауы) мемлекеттік қызмет көрсетуге </w:t>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Исполнитель: ____________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00516079">
-[...6 lines deleted...]
-        <w:t>      құжаттарды қабылдаудан бас тартады, атап айтқанда:</w:t>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Фамилия, имя, отчество (при его наличии)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00516079">
-[...6 lines deleted...]
-        <w:t>      Жоқ құжаттардың атауы:</w:t>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Телефон: __________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00516079">
-[...6 lines deleted...]
-        <w:t>      1) ____________________________________________________;</w:t>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Получил: __________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00516079">
-[...7 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Фамилия, имя, отчество (при его наличии) подпись </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
+    <w:p w:rsidR="00230300" w:rsidRPr="00230300" w:rsidRDefault="00230300" w:rsidP="00230300">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00516079">
-[...6 lines deleted...]
-        <w:t>      3) ____________________________________________________.</w:t>
+      <w:r w:rsidRPr="00230300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>"___" _________ 20__ г.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w:rsidR="00A71A5D" w:rsidRPr="00230300" w:rsidRDefault="00A71A5D" w:rsidP="00230300">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00516079">
-[...27 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00D17483" w:rsidRPr="00516079" w:rsidRDefault="00D17483" w:rsidP="00516079">
-[...89 lines deleted...]
-    <w:sectPr w:rsidR="00A71A5D" w:rsidRPr="00516079" w:rsidSect="00943823">
+    <w:sectPr w:rsidR="00A71A5D" w:rsidRPr="00230300" w:rsidSect="00943823">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="707" w:bottom="426" w:left="851" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -7565,130 +6916,127 @@
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="98"/>
-  <w:hideSpellingErrors/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00693451"/>
     <w:rsid w:val="00074129"/>
     <w:rsid w:val="000B5AF2"/>
     <w:rsid w:val="000B78B5"/>
     <w:rsid w:val="000D72D0"/>
     <w:rsid w:val="000F4491"/>
     <w:rsid w:val="000F66AE"/>
     <w:rsid w:val="001163F5"/>
     <w:rsid w:val="00134BD6"/>
     <w:rsid w:val="00137921"/>
     <w:rsid w:val="00151DDE"/>
     <w:rsid w:val="00186A43"/>
     <w:rsid w:val="001C4DD8"/>
     <w:rsid w:val="001D5A67"/>
     <w:rsid w:val="001E66D7"/>
     <w:rsid w:val="001F27AE"/>
     <w:rsid w:val="001F2A52"/>
     <w:rsid w:val="00230300"/>
     <w:rsid w:val="00282D3A"/>
     <w:rsid w:val="003765CB"/>
     <w:rsid w:val="003A25E8"/>
     <w:rsid w:val="003C0254"/>
     <w:rsid w:val="003E2AAB"/>
     <w:rsid w:val="00460313"/>
     <w:rsid w:val="00501EB0"/>
     <w:rsid w:val="00506602"/>
-    <w:rsid w:val="00516079"/>
     <w:rsid w:val="00577D14"/>
     <w:rsid w:val="00591440"/>
     <w:rsid w:val="005D76DD"/>
     <w:rsid w:val="005E13EB"/>
     <w:rsid w:val="005E3D44"/>
     <w:rsid w:val="005F2D29"/>
     <w:rsid w:val="00605C7E"/>
     <w:rsid w:val="00631583"/>
     <w:rsid w:val="00632A3F"/>
     <w:rsid w:val="006340C6"/>
     <w:rsid w:val="006407A7"/>
     <w:rsid w:val="0064768F"/>
     <w:rsid w:val="00661D4D"/>
     <w:rsid w:val="00662BAF"/>
     <w:rsid w:val="00692DAF"/>
     <w:rsid w:val="00693451"/>
     <w:rsid w:val="006C6EA9"/>
     <w:rsid w:val="00712B5B"/>
     <w:rsid w:val="00745DDF"/>
     <w:rsid w:val="007728A5"/>
     <w:rsid w:val="00782B4D"/>
     <w:rsid w:val="00785200"/>
     <w:rsid w:val="007C0834"/>
     <w:rsid w:val="007D0376"/>
     <w:rsid w:val="008A2EDF"/>
     <w:rsid w:val="008F5E6C"/>
     <w:rsid w:val="00933F9B"/>
     <w:rsid w:val="00943823"/>
     <w:rsid w:val="00953F67"/>
     <w:rsid w:val="00A1353D"/>
     <w:rsid w:val="00A163EA"/>
     <w:rsid w:val="00A20180"/>
     <w:rsid w:val="00A31D9E"/>
     <w:rsid w:val="00A372A4"/>
     <w:rsid w:val="00A6117D"/>
     <w:rsid w:val="00A613CE"/>
     <w:rsid w:val="00A71A5D"/>
     <w:rsid w:val="00AA64F3"/>
     <w:rsid w:val="00B6492E"/>
     <w:rsid w:val="00B90608"/>
     <w:rsid w:val="00BA15FA"/>
     <w:rsid w:val="00BC42B3"/>
     <w:rsid w:val="00BD02A6"/>
     <w:rsid w:val="00C52517"/>
     <w:rsid w:val="00C53559"/>
     <w:rsid w:val="00CA5E80"/>
-    <w:rsid w:val="00D17483"/>
     <w:rsid w:val="00DC4912"/>
     <w:rsid w:val="00E75808"/>
     <w:rsid w:val="00EB2F99"/>
     <w:rsid w:val="00EC4551"/>
     <w:rsid w:val="00F80F3D"/>
     <w:rsid w:val="00FC3A04"/>
     <w:rsid w:val="00FF216D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="23554"/>
@@ -8278,66 +7626,66 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>3612</Words>
-  <Characters>20590</Characters>
+  <Words>3479</Words>
+  <Characters>19836</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>171</Lines>
-  <Paragraphs>48</Paragraphs>
+  <Lines>165</Lines>
+  <Paragraphs>46</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Home</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>24154</CharactersWithSpaces>
+  <CharactersWithSpaces>23269</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Comp</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>