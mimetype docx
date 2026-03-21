--- v0 (2025-12-04)
+++ v1 (2026-03-21)
@@ -1,5543 +1,7788 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="009372E9" w:rsidRPr="00CD6571" w:rsidRDefault="009372E9">
+    <w:p w:rsidR="000E157A" w:rsidRDefault="000E157A">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...5 lines deleted...]
-    <w:p w:rsidR="009372E9" w:rsidRPr="00CD6571" w:rsidRDefault="00453735" w:rsidP="00CD6571">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000E157A" w:rsidRPr="009F4B9B" w:rsidRDefault="004C6437" w:rsidP="009F4B9B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00CD6571">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F4B9B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="009372E9" w:rsidRPr="00CD6571" w:rsidRDefault="00453735">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>О внесении изменений в приказ Министра образования и науки Республики Казахстан от 8 апреля 2015 года № 179 "Об утверждении стандартов государственных услуг в сфере среднего образования, оказываемых местными исполнительными органами"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F4B9B" w:rsidRDefault="009F4B9B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="009372E9" w:rsidRPr="00CD6571" w:rsidRDefault="00453735">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000E157A" w:rsidRPr="009F4B9B" w:rsidRDefault="009F4B9B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00CD6571">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приказ Министра образования и науки Республики Казахстан от 22 января 2016 года № 68. Зарегистрирован в Министерстве юстиции Республики Казахстан 29 февраля 2016 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 13346</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E157A" w:rsidRPr="009F4B9B" w:rsidRDefault="004C6437">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F4B9B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>      РҚАО-ның ескертпесі!</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00CD6571">
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="009372E9" w:rsidRPr="00CD6571" w:rsidRDefault="00453735">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Примечание РЦПИ!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Вводится в действие с 01.03.2016 г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E157A" w:rsidRPr="009F4B9B" w:rsidRDefault="004C6437">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="z1"/>
-      <w:r w:rsidRPr="00CD6571">
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Внести в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>приказ Министра образования и науки Республики Казахстан от 8 апреля 2015 года № 179 «Об утверждении стандартов государственных услуг в сфере среднего образования, оказываемых местными исполнительными органами» (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 11057, опубликован в информационно-правовой системе нормативных правовых актов Республики Казахстан «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Әділет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>» от 22 мая 2015 года), следующие изменения:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> c</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тандарт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной услуги «Выдача разрешения на обучение в форме экстерната в организациях основного среднего, общего среднего образования», утвержденный указанным приказом изложить в новой редакции согласно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>приложению 1 к настоящему приказу;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> c</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тандарт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной услуги «Выдача дубликатов документов об основном среднем, общем среднем образовании», утвержденных указанным приказом изложить в новой редакции согласно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073775F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2 к настоящему приказу.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073775F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073775F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Департаменту дошкольного и среднего образования, информационных технологий (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Жонтаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ж.) в установленном законодательством порядке обеспечить:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) в течение десяти календарных дней после государственной регистрации настоящего приказа направление его копии на официальное опубликование в периодических печатных изданиях и Информационно-правовой системе «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Әділет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», а также в Республиканское государственное предприятие на праве хозяйственного ведения «Республиканский центр правовой </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>информаци</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства юстиции Республики Казахстан» для размещения в Эталонном контрольном банке нормативных правовых актов Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) размещение настоящего приказа на Интернет-ресурсе Министерства образования и науки Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) в течении десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан представление в Юридический департамент Министерства образования и науки Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1), 2) и 3) пункта 2 настоящего приказа.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра образования и науки Республики Казахстан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Имангалиева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Е.Н.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Настоящий приказ вводится в действие </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 марта 2016 года и подлежит официальному опубликованию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="000E157A" w:rsidRPr="009F4B9B" w:rsidRDefault="004C6437" w:rsidP="009F4B9B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2850"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министр</w:t>
+      </w:r>
+      <w:r w:rsidR="009F4B9B" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования и науки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Саринжипов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="000E157A" w:rsidRPr="009F4B9B" w:rsidRDefault="004C6437">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00CD6571">
-[...57 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>СОГЛАСОВАН»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министр национальной экономики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>     </w:t>
       </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ______________ Е. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Досаев</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 29 января 2016 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E157A" w:rsidRDefault="004C6437">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>СОГЛАСОВАН»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00CD6571">
-[...189 lines deleted...]
-    <w:p w:rsidR="009372E9" w:rsidRPr="00CD6571" w:rsidRDefault="00453735">
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Исполняющий обязанности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра по инвестициям и развитию</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ______________ Ж. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Касымбек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> « » ____________ 2016 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F4B9B" w:rsidRDefault="009F4B9B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00CD6571">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009F4B9B" w:rsidRDefault="009F4B9B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="009372E9" w:rsidRPr="00CD6571" w:rsidRDefault="00453735">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009F4B9B" w:rsidRDefault="009F4B9B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00CD6571">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009F4B9B" w:rsidRDefault="009F4B9B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00CD6571">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009F4B9B" w:rsidRDefault="009F4B9B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00CD6571">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009F4B9B" w:rsidRDefault="009F4B9B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00CD6571">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009F4B9B" w:rsidRDefault="009F4B9B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="00453735" w:rsidRPr="00CD6571" w:rsidRDefault="00453735" w:rsidP="00CD6571">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009F4B9B" w:rsidRDefault="009F4B9B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00CD6571">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009F4B9B" w:rsidRDefault="009F4B9B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00CD6571">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009F4B9B" w:rsidRDefault="009F4B9B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00CD6571">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009F4B9B" w:rsidRDefault="009F4B9B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009F4B9B" w:rsidRDefault="009F4B9B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...34 lines deleted...]
-    <w:p w:rsidR="00453735" w:rsidRPr="00CD6571" w:rsidRDefault="00453735">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009F4B9B" w:rsidRDefault="009F4B9B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009F4B9B" w:rsidRDefault="009F4B9B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009F4B9B" w:rsidRDefault="009F4B9B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009F4B9B" w:rsidRDefault="009F4B9B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009F4B9B" w:rsidRDefault="009F4B9B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009F4B9B" w:rsidRDefault="009F4B9B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009F4B9B" w:rsidRDefault="009F4B9B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009F4B9B" w:rsidRDefault="009F4B9B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009F4B9B" w:rsidRDefault="009F4B9B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009F4B9B" w:rsidRDefault="009F4B9B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009F4B9B" w:rsidRDefault="009F4B9B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009F4B9B" w:rsidRDefault="009F4B9B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009F4B9B" w:rsidRDefault="009F4B9B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009F4B9B" w:rsidRDefault="009F4B9B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009F4B9B" w:rsidRDefault="009F4B9B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009F4B9B" w:rsidRDefault="009F4B9B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009F4B9B" w:rsidRDefault="009F4B9B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009F4B9B" w:rsidRDefault="009F4B9B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009F4B9B" w:rsidRDefault="009F4B9B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009F4B9B" w:rsidRDefault="009F4B9B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009F4B9B" w:rsidRDefault="009F4B9B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009F4B9B" w:rsidRDefault="009F4B9B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009F4B9B" w:rsidRDefault="009F4B9B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009F4B9B" w:rsidRDefault="009F4B9B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009F4B9B" w:rsidRDefault="009F4B9B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009F4B9B" w:rsidRDefault="009F4B9B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009F4B9B" w:rsidRDefault="009F4B9B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009F4B9B" w:rsidRPr="009F4B9B" w:rsidRDefault="009F4B9B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C6437" w:rsidRPr="009F4B9B" w:rsidRDefault="004C6437">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00453735" w:rsidRPr="00CD6571" w:rsidRDefault="00453735">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z9"/>
+    </w:p>
+    <w:p w:rsidR="000E157A" w:rsidRPr="009F4B9B" w:rsidRDefault="004C6437">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00453735" w:rsidRPr="00CD6571" w:rsidRDefault="00453735">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к приказу </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Министра </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и науки </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>от 22 января 2016 года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 68</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w:rsidR="000E157A" w:rsidRPr="009F4B9B" w:rsidRDefault="004C6437">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00453735" w:rsidRPr="00CD6571" w:rsidRDefault="00453735">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к приказу </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Министра </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и науки </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>от 8 апреля 2015 года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 179</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E157A" w:rsidRPr="009F4B9B" w:rsidRDefault="004C6437" w:rsidP="009F4B9B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z37"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Стандарт государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidR="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«Выдача дубликатов документов об основном среднем, общем среднем образовании»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E157A" w:rsidRPr="009F4B9B" w:rsidRDefault="004C6437" w:rsidP="009F4B9B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z60"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E157A" w:rsidRPr="009F4B9B" w:rsidRDefault="004C6437" w:rsidP="00EB547E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z38"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Государственная услуга «Выдача дубликатов документов об основном среднем, общем среднем образовании» (далее - государственная услуга).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее - Министерство).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Государственная услуга оказывается организациями основного среднего и общего среднего образования Республики Казахстан (далее - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Прием заявления и выдача результата оказания государственной услуги осуществляется </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>через:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) Некоммерческое акционерное общество «Государственная корпорация «Правительство для граждан» (далее - Государственная корпорация).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E157A" w:rsidRPr="009F4B9B" w:rsidRDefault="004C6437" w:rsidP="009F4B9B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z41"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0073775F" w:rsidRDefault="004C6437" w:rsidP="0073775F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z42"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Срок оказания государственной </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услуги:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) с момента сдачи </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документов при обращении к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или в Государственную корпорацию - 15 рабочих дней;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) максимально допустимое время ожидания в очереди для сдачи пакета документов - 15 минут;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) максимально допустимое время обслуживания - 15 минут.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Форма оказания государственной услуги: бумажная.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. Результатом оказания государственной услуги является выдача дубликата свидетельства об основном среднем образовании, дубликата аттестата об общем среднем образовании.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Форма предоставления результата оказания государственной услуги: бумажная.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. Государственная услуга оказывается бесплатно физическим лицам (далее - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8. График </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: с понедельника по пятницу включительно, за исключением выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан, в соответствии </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> установленным графиком работы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с 9.00 до 18.30 часов, с перерывом на обед с 13.00 до 14.30 часов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Прием заявления и выдача результатов осуществляется с 9.00 до 18.30 часов, с перерывом на обед с 13.00 до 14.30 часов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Государственная услуга оказывается в порядке очереди без предварительной записи и ускоренного обслуживания.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) Государственной корпорации: с понедельника по субботу включительно, за исключением воскресенья и праздничных дней согласно трудовому законодательству Республики Казахстан, в соответствии с установленным графиком работы с 9.00 до 20.00 часов, без перерыва на обед.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Прием осуществляется в порядке «электронной» очереди по выбору </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> без ускоренного обслуживания, также посредством «бронирования» электронной очереди на веб-портале «электронного правительства».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9. Перечень документов, необходимых для оказания государственной услуги:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> при обращении к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) заявление </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, утерявшего документ, на имя руководителя организации образования по форме согласно приложению 1 к настоящему стандарту государственной услуги, в котором излагаются обстоятельства утери документа или другие причины;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) копия свидетельства о рождении (в случае рождения до 2008 года) с документом, удостоверяющим личность (паспорта) родителя (законного представителя) несовершеннолетнего ребенка, или документом, удостоверяющий личность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (требуется для идентификации личности);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сведения о документах, удостоверяющих личность, свидетельстве о рождении, произведенным на территории Республики Казахстан после 2008 года, сотрудник </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и работник Государственной корпорации получает из соответствующих государственных информационных систем через шлюз «электронного правительства».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При обращении в Государственную корпорацию:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) заявление </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по форме согласно приложению 1 к настоящему стандарту государственной услуги, в котором излагаются обстоятельства утери документа или другие причины;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) копия свидетельства о рождении (в случае рождения до 2008 года) с документом, удостоверяющим личность (паспорта) родителя (законного представителя) несовершеннолетнего ребенка, или документом, удостоверяющим личность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (требуется для идентификации личности);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сведения о документах, удостоверяющих личность, свидетельстве о рождении, произведенным на территории Республики Казахстан после 2008 года, содержащиеся в государственных информационных системах, сотрудник </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получает из соответствующих государственных информационных систем.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и работник Государственной корпорации получает согласие </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При приеме документов через Государственную корпорацию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выдается расписка о приеме соответствующих документов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В Государственной корпорации выдача готовых документов осуществляется на основании расписки о приеме соответствующих документов, при предъявлении документа, удостоверяющего личность (либо его представителя по нотариально заверенной доверенности). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Государственная корпорация обеспечивает хранение результата в течение одного месяца, после чего передает их </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для дальнейшего хранения. При обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по истечении одного месяца по запросу Государственной корпорации </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в течение одного рабочего дня направляет готовые документы в Государственную корпорацию для выдачи </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10. В случае предоставления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> неполного пакета документов согласно пункту 9 настоящего стандарта государственной услуги работник Государственной корпорации отказывает в приеме заявления и выдает расписку об отказе в приеме документов по форме согласно приложению 2 к настоящему стандарту государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB547E" w:rsidRPr="0073775F" w:rsidRDefault="00EB547E" w:rsidP="0073775F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="7"/>
+    </w:p>
+    <w:p w:rsidR="000E157A" w:rsidRDefault="004C6437" w:rsidP="0073775F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z49"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Порядок обжалования решений, действий (бездействия)</w:t>
+      </w:r>
+      <w:r w:rsidR="0073775F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) его должностных лиц, Государственной</w:t>
+      </w:r>
+      <w:r w:rsidR="0073775F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>корпорации и (или) их работников по вопросам оказания</w:t>
+      </w:r>
+      <w:r w:rsidR="0073775F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0073775F" w:rsidRPr="009F4B9B" w:rsidRDefault="0073775F" w:rsidP="0073775F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000E157A" w:rsidRPr="009F4B9B" w:rsidRDefault="004C6437" w:rsidP="0073775F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z50"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11. Для обжалования решений, действий (бездействий) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) его должностных лиц по вопросам оказания государственных услуг:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подается жалоба в письменном виде на имя руководителя местного исполнительного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>органа города республиканского значения и столицы, района (города областного значения) на адрес, который размещен на:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>egov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в разделе «Государственные услуги»;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> местных исполнительных органов города республиканского значения и столицы, района (города областного значения) с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата) в канцелярии местного исполнительного органа города республиканского значения и столицы, района (города областного значения), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба на действия (бездействия) работника Государственной корпорации направляется руководителю Государственной корпорации по адресам и телефонам, указанным на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Государственной корпорации: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>con</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг, поступившая в адрес местного исполнительного органа города республиканского значения и столицы, района (города областного значения), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, Государственной корпорации подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В случае несогласия с результатами оказанной государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> может обратиться с жалобой в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Информация о порядке обжалования предоставляется посредством единого контакт-центра по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В жалобе физического лица указываются его фамилия, имя, отчество (при наличии), почтовый адрес.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12. В случае несогласия с результатами оказания государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет право обратиться в суд в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0073775F" w:rsidRPr="0073775F" w:rsidRDefault="004C6437" w:rsidP="0073775F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z52"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Иные требования с учетом особенностей оказания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>государственной услуги, в том числе оказываемой через</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Государственную корпорацию</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E157A" w:rsidRPr="009F4B9B" w:rsidRDefault="004C6437" w:rsidP="0073775F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z53"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугополучателям</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеющим нарушение здоровья со стойким расстройством функций организма ограничивающее его жизнедеятельность, в случае необходимости прием документов, для оказания государственной услуги, производится работником Государственной корпорацией с выездом по месту жительства посредством обращения через Единый контакт- центр 1414, 8 800 080 7777.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14. Адреса мест оказания государственной услуги размещены на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ресурсах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>: местных исполнительных органов города республиканского значения и столицы, района (города областного значения);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) Государственной корпорации: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>con</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15. При обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> через портал требуется наличие ЭЦП.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 16. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет возможность получения информации о статусе оказания государственной услуги в режиме удаленного доступа посредством справочных служб </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, единого контакт-центра по вопросам оказания государственной услуги.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 17. Контактные телефоны справочных служб размещены на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>edu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в разделе «Государственные услуги». Единый контакт-центр по вопросам оказания государственных услуг: 8-800-080-7777, 1414.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C6437" w:rsidRPr="009F4B9B" w:rsidRDefault="004C6437" w:rsidP="0073775F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z58"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C6437" w:rsidRPr="009F4B9B" w:rsidRDefault="004C6437" w:rsidP="0073775F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C6437" w:rsidRPr="009F4B9B" w:rsidRDefault="004C6437" w:rsidP="0073775F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C6437" w:rsidRPr="009F4B9B" w:rsidRDefault="004C6437" w:rsidP="0073775F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009F4B9B" w:rsidRDefault="009F4B9B" w:rsidP="0073775F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009F4B9B" w:rsidRDefault="009F4B9B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00453735" w:rsidRPr="00CD6571" w:rsidRDefault="00453735">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009F4B9B" w:rsidRPr="009F4B9B" w:rsidRDefault="009F4B9B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00453735" w:rsidRPr="00CD6571" w:rsidRDefault="00453735">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000E157A" w:rsidRPr="009F4B9B" w:rsidRDefault="004C6437">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00453735" w:rsidRPr="00CD6571" w:rsidRDefault="00453735">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Приложение 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к стандарту государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Выдача дубликатов документов </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">об </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> основном</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> среднем, общем среднем </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образовании»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p w:rsidR="000E157A" w:rsidRPr="009F4B9B" w:rsidRDefault="004C6437">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00453735" w:rsidRPr="00CD6571" w:rsidRDefault="00453735">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (наименование учебного заведения)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от ______________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Ф. И. О. (при наличии) полностью и ИИН)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                                          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (год окончания)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> наименование и адрес учебного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заведения, в случае изменения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E157A" w:rsidRPr="009F4B9B" w:rsidRDefault="004C6437">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00453735" w:rsidRPr="00CD6571" w:rsidRDefault="00453735">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E157A" w:rsidRPr="009F4B9B" w:rsidRDefault="004C6437" w:rsidP="0073775F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0073775F" w:rsidRDefault="004C6437">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E157A" w:rsidRPr="009F4B9B" w:rsidRDefault="0073775F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Прошу Вас выдать мне дубликат аттестата (свидетельства) в связи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с (нужный документ необходимо </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>подчеркнуть)</w:t>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_________________________ (указать причину)</w:t>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Согласен на использование сведений, составляющих охраняемою</w:t>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>законом тайну, содержащихся в информационных системах.</w:t>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                                   </w:t>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> __________ «___» _______ 20___ г</w:t>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                           </w:t>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C6437" w:rsidRPr="009F4B9B" w:rsidRDefault="004C6437">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00453735" w:rsidRPr="00CD6571" w:rsidRDefault="00453735">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z59"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C6437" w:rsidRPr="009F4B9B" w:rsidRDefault="004C6437">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00453735" w:rsidRPr="00CD6571" w:rsidRDefault="00453735">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C6437" w:rsidRPr="009F4B9B" w:rsidRDefault="004C6437">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00453735" w:rsidRPr="00CD6571" w:rsidRDefault="00453735">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C6437" w:rsidRPr="009F4B9B" w:rsidRDefault="004C6437">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00453735" w:rsidRPr="00CD6571" w:rsidRDefault="00453735">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C6437" w:rsidRPr="009F4B9B" w:rsidRDefault="004C6437">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00453735" w:rsidRPr="00CD6571" w:rsidRDefault="00453735">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C6437" w:rsidRPr="009F4B9B" w:rsidRDefault="004C6437">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00453735" w:rsidRDefault="00453735">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C6437" w:rsidRPr="009F4B9B" w:rsidRDefault="004C6437">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00CD6571" w:rsidRDefault="00CD6571">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C6437" w:rsidRPr="009F4B9B" w:rsidRDefault="004C6437">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00CD6571" w:rsidRDefault="00CD6571">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C6437" w:rsidRPr="009F4B9B" w:rsidRDefault="004C6437">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00CD6571" w:rsidRDefault="00CD6571">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C6437" w:rsidRPr="009F4B9B" w:rsidRDefault="004C6437">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00CD6571" w:rsidRDefault="00CD6571">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C6437" w:rsidRPr="009F4B9B" w:rsidRDefault="004C6437">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00CD6571" w:rsidRDefault="00CD6571">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C6437" w:rsidRPr="009F4B9B" w:rsidRDefault="004C6437">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00CD6571" w:rsidRDefault="00CD6571">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C6437" w:rsidRPr="009F4B9B" w:rsidRDefault="004C6437">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00CD6571" w:rsidRDefault="00CD6571">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C6437" w:rsidRPr="009F4B9B" w:rsidRDefault="004C6437">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00CD6571" w:rsidRDefault="00CD6571">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C6437" w:rsidRPr="009F4B9B" w:rsidRDefault="004C6437">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00CD6571" w:rsidRDefault="00CD6571">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C6437" w:rsidRPr="009F4B9B" w:rsidRDefault="004C6437">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00CD6571" w:rsidRDefault="00CD6571">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C6437" w:rsidRPr="009F4B9B" w:rsidRDefault="004C6437">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00CD6571" w:rsidRDefault="00CD6571">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000E157A" w:rsidRPr="009F4B9B" w:rsidRDefault="004C6437">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00CD6571" w:rsidRDefault="00CD6571">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> Приложение 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к стандарту государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Выдача дубликатов документов </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">об </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> основном</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> среднем, общем среднем </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образовании»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p w:rsidR="000E157A" w:rsidRPr="009F4B9B" w:rsidRDefault="004C6437" w:rsidP="009F4B9B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...251 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ___________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                                  </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00CD6571">
-[...34 lines deleted...]
-        <w:t>Білім</w:t>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00CD6571">
-[...264 lines deleted...]
-    <w:p w:rsidR="00CD6571" w:rsidRPr="00CD6571" w:rsidRDefault="00453735" w:rsidP="00747EDE">
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Фамилия, имя, отчество (при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> наличии)(далее- Ф.И.О.), либо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> наименование организации </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (адрес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E157A" w:rsidRPr="009F4B9B" w:rsidRDefault="004C6437" w:rsidP="009F4B9B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...708 lines deleted...]
-    <w:p w:rsidR="00CD6571" w:rsidRDefault="00CD6571" w:rsidP="00CD6571">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E157A" w:rsidRPr="009F4B9B" w:rsidRDefault="004C6437" w:rsidP="009F4B9B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-    <w:p w:rsidR="00CD6571" w:rsidRDefault="00CD6571" w:rsidP="00CD6571">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Расписка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>об отказе в приеме документов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0073775F" w:rsidRPr="00EB547E" w:rsidRDefault="004C6437">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:jc w:val="center"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="00CD6571" w:rsidRDefault="00CD6571" w:rsidP="00CD6571">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E157A" w:rsidRPr="009F4B9B" w:rsidRDefault="0073775F" w:rsidP="0073775F">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:jc w:val="center"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="00CD6571" w:rsidRDefault="00CD6571" w:rsidP="00CD6571">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Руководствуясь подпунктом 2</w:t>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>статьи 20 Закона Республики от 15</w:t>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>апреля 2013 года «О государственных услугах», отдел № _____ филиала</w:t>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Государственной корпорации «Правительство для граждан» (указать</w:t>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>адрес) отказывает в приеме документов на оказание государственной</w:t>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услуги (указать наименование государственной услуги в соответствии со</w:t>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>стандартом государственной услуги) ввиду представления Вами неполного</w:t>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>пакета документов согласно перечню, предусмотренному стандартом</w:t>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>государственной услуги, а именно:</w:t>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Наименование отсутствующих документов:</w:t>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1.___________________________________________________________;</w:t>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. __________________________________________________________.</w:t>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) …</w:t>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Настоящая расписка составлена в 2-х экземплярах по одному для</w:t>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>каждой стороны.</w:t>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф. И. О. (при его наличии) работника Государственной</w:t>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>корпорации)</w:t>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ______________________</w:t>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                      </w:t>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (подпись)</w:t>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Исполнитель: Ф. И. О.___________________</w:t>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Телефон ______________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Получил: Ф.И.О. / подпись </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="004C6437" w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «___» ______________________ 20___ года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E157A" w:rsidRPr="009F4B9B" w:rsidRDefault="004C6437">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:jc w:val="center"/>
-[...3189 lines deleted...]
-    <w:p w:rsidR="009372E9" w:rsidRPr="00CD6571" w:rsidRDefault="00453735">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E157A" w:rsidRPr="009F4B9B" w:rsidRDefault="004C6437">
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...11 lines deleted...]
-    <w:sectPr w:rsidR="009372E9" w:rsidRPr="00CD6571" w:rsidSect="00453735">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F4B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>© 2012. РГП на ПХВ Республиканский центр правовой информации Министерства юстиции Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="000E157A" w:rsidRPr="009F4B9B" w:rsidSect="004C6437">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
-      <w:pgMar w:top="426" w:right="1080" w:bottom="709" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="568" w:right="1080" w:bottom="851" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
-  <w:doNotDisplayPageBoundaries/>
-[...1 lines deleted...]
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="009372E9"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00CD6571"/>
+    <w:rsidRoot w:val="000E157A"/>
+    <w:rsid w:val="000E157A"/>
+    <w:rsid w:val="004C6437"/>
+    <w:rsid w:val="0073775F"/>
+    <w:rsid w:val="009F4B9B"/>
+    <w:rsid w:val="00EB547E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{47CD8060-B539-4DFF-8DB7-7EB6DB797FF8}"/>
+  <w15:docId w15:val="{4E092955-751E-4250-A04B-6ACC08F9ED89}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6182,67 +8427,67 @@
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00453735"/>
+    <w:rsid w:val="004C6437"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00453735"/>
+    <w:rsid w:val="004C6437"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Consolas" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
@@ -6509,49 +8754,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2486</Words>
-  <Characters>14173</Characters>
+  <Words>2502</Words>
+  <Characters>14264</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>118</Lines>
   <Paragraphs>33</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16626</CharactersWithSpaces>
+  <CharactersWithSpaces>16733</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>