--- v0 (2025-10-19)
+++ v1 (2025-12-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1eb7ebe" w14:textId="1eb7ebe">
+    <w:p w14:paraId="120ed1c" w14:textId="120ed1c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,399 +76,359 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об утверждении Санитарных правил "Санитарно-эпидемиологические требования к дошкольным организациям и домам ребенка"</w:t>
+        <w:t>"Мектепке дейінгі ұйымдарға және сәбилер үйлеріне қойылатын санитариялық-эпидемиологиялық талаптар" санитариялық қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра здравоохранения Республики Казахстан от 9 июля 2021 года № ҚР ДСМ-59. Зарегистрирован в Министерстве юстиции Республики Казахстан 13 июля 2021 года № 23469</w:t>
+        <w:t>Қазақстан Республикасы Денсаулық сақтау министрінің 2021 жылғы 9 шілдедегі № ҚР ДСМ-59 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2021 жылғы 13 шiлдеде № 23469 болып тіркелді</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
-[...53 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>      Осы бұйрықтың қолданысқа енгізілу тәртібін 5 т. қараңыз.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="0"/>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В соответствии с </w:t>
+      Қазақстан Республикасы Үкiметiнiң 2017 жығы 17 ақпандағы № 71 қаулысымен бекітілген Қазақстан Республикасының Денсаулық сақтау министрлігі туралы ережесінің 16-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>подпунктом 132-1)</w:t>
+        <w:t>132-1) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> пункта 16 Положения о Министерстве здравоохранения Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 17 февраля 2017 года № 71 ПРИКАЗЫВАЮ:</w:t>
+        <w:t xml:space="preserve"> сәйкес БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z7" w:id="1"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Утвердить прилагаемые </w:t>
+      1. Қоса беріліп отырған "Мектепке дейінгі ұйымдарға және сәбилер үйлеріне қойылатын санитариялық-эпидемиологиялық талаптар" санитариялық </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Санитарные правила</w:t>
+        <w:t>қағидалары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Санитарно-эпидемиологические требования к дошкольным организациям и домам ребенка".</w:t>
+        <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z8" w:id="2"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Признать утратившим силу некоторые приказы Министерства здравоохранения Республики Казахстан по перечню согласно </w:t>
+      2. Осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>приложению</w:t>
+        <w:t>қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
+        <w:t xml:space="preserve"> сәйкес тізбе бойынша Қазақстан Республикасы Денсаулық сақтау министрлігінің кейбір бұйрықтарының күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z9" w:id="3"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Комитету санитарно-эпидемиологического контроля Министерства здравоохранения Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
+      3. Қазақстан Республикасы Денсаулық сақтау министрлігінің Санитариялық-эпидемиологиялық бақылау комитеті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z10" w:id="4"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      1) осы бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z11" w:id="5"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) размещение настоящего приказа на интернет-ресурсе Министерства здравоохранения Республики Казахстан;</w:t>
+      2) осы бұйрықты Қазақстан Республикасы Денсаулық сақтау министрлігінің интернет-ресурсында орналастыруды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z12" w:id="6"/>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) в течение десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан представление в Юридический департамент Министерства здравоохранения Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1) и 2) настоящего пункта.</w:t>
+      3) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде осы тармақтың 1) және 2) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді Қазақстан Республикасы Денсаулық сақтау министрлігінің Заң департаментіне ұсынуды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z13" w:id="7"/>
+    <w:bookmarkStart w:name="z8" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра здравоохранения Республики Казахстан.</w:t>
+      4. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Денсаулық сақтау вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z14" w:id="8"/>
+    <w:bookmarkStart w:name="z9" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Настоящий приказ вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования.</w:t>
+      5. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7795"/>
         <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -486,74 +446,64 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      </w:t>
+              <w:t>      Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Министр здравоохранения</w:t>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Республики Казахстан </w:t>
+              <w:t>Денсаулық сақтау министрі</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -578,155 +528,176 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>А. Цой</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z16" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "СОГЛАСОВАН"</w:t>
-[...25 lines deleted...]
-        <w:t>Республики Казахстан</w:t>
+      "КЕЛІСІЛДІ"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z17" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "СОГЛАСОВАН"</w:t>
-[...3 lines deleted...]
-      </w:r>
+      Қазақстан Республикасының</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Министерство индустрии и</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t>
+      Білім және ғылым министрлігі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>инфраструктурного развития</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t>
+      "КЕЛІСІЛДІ"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Республики Казахстан</w:t>
+        <w:t>
+      Қазақстан Республикасының</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Индустрия және инфрақұрылымдық </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      даму министрлігі</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -760,6660 +731,6404 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Утверждены приказом</w:t>
+              <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Министра здравоохранения</w:t>
+              <w:t>Денсаулық сақтау министрі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республики Казахстан</w:t>
+              <w:t>2021 жылғы 9 шілдедегі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 9 июля 2021 года</w:t>
+              <w:t>№ ҚР ДСМ- 59 бұйрығымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ ҚР ДСМ- 59</w:t>
+              <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z19" w:id="11"/>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Санитарные правила</w:t>
-[...11 lines deleted...]
-        <w:t>"Санитарно-эпидемиологические требования к дошкольным организациям и домам ребенка"</w:t>
+        <w:t xml:space="preserve"> "Мектепке дейінгі ұйымдарға және сәбилер үйлеріне қойылатын санитариялық-эпидемиологиялық талаптар" санитариялық қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z20" w:id="12"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z21" w:id="13"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Настоящие Санитарные правила "Санитарно-эпидемиологические требования к дошкольным организациям и домам ребенка" (далее – Санитарные правила) разработаны в соответствии с </w:t>
+      1. Осы "Мектепке дейінгі ұйымдарға және сәбилер үйлеріне қойылатын санитариялық-эпидемиологиялық талаптар" санитариялық қағидалары (бұдан әрі – Санитариялық қағидалар) Қазақстан Республикасы Үкiметiнiң 2017 жығы 17 ақпандағы № 71 қаулысымен бекітілген, Қазақстан Республикасының Денсаулық сақтау министрлігі туралы ережесінің 16-тармағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>подпунктом 132-1)</w:t>
+        <w:t>132-1) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> пункта 16 положения о Министерстве здравоохранения Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 17 февраля 2017 года № 71 и устанавливают санитарно-эпидемиологические требования к выбору земельного участка под строительство объекта, проектированию, реконструкции, эксплуатации, водоснабжению, водоотведению, теплоснабжению, освещению, вентиляции, кондиционированию, ремонту и содержанию, к условиям воспитания и обучения, проживания, питания, производственному контролю, условиям труда и бытовому обслуживанию персонала, медицинскому обеспечению детей, медицинским осмотрам персонала в дошкольных организациях всех видов независимо от форм собственности с полным, неполным, круглосуточным пребыванием детей (далее – ДО) и домах ребенка.</w:t>
+        <w:t xml:space="preserve"> сәйкес әзірленген және объектінің құрылысына жер учаскесін таңдауға, жобалауға, реконструкциялауға, пайдалануға, сумен жабдықтауға, су бұруға, жылумен жабдықтауға, жарықтандыруға, желдетуге, ауа баптауға, жөндеуге және күтіп-ұстауға, тәрбиелеу мен оқыту, тұру, тамақтану жағдайларына, өндірістік бақылауға, персоналдың еңбек және тұрмыстық қызмет көрсету жағдайларына, балаларды медициналық қамтамасыз етуге, меншік нысанына қарамастан балалар толық, толық емес, тәулік бойы болатын барлық түрдегі мектепке дейінгі ұйымдардағы (бұдан әрі – МДҰ) және сәбилер үйлеріндегі персоналды медициналық тексеріп-қарауға қойылатын санитариялық-эпидемиологиялық талаптарды белгілейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z22" w:id="14"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Настоящие Санитарные правила распространяются на ДО и дома ребенка (далее – объекты).</w:t>
+      2. Осы Санитариялық қағидалар МДҰ және сәбилер үйлеріне (бұдан әрі – объектілер) қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z23" w:id="15"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. Эксплуатация объекта допускается при наличии разрешительных документов, предусмотренных </w:t>
+      3. "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының 2014 жылғы 16 мамырдағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Законом</w:t>
+        <w:t>Заңында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан от 16 мая 2014 года "О разрешениях и уведомлениях".</w:t>
+        <w:t xml:space="preserve"> көзделген рұқсат беру құжаттары болған кезде объектіні пайдалануға жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z24" w:id="16"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4. На объектах проводятся лабораторно-инструментальные исследования в соответствии с </w:t>
+      4. Объектілерде осы Санитариялық қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>приложением 1</w:t>
+        <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> к настоящим Санитарным правилам.</w:t>
+        <w:t xml:space="preserve"> сәйкес зертханалық-құрал-саймандық зерттеулер жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z25" w:id="17"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z17" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. В настоящих Санитарных правилах используются следующие понятия:</w:t>
+      5. Осы Санитариялық қағидаларда мынадай ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z26" w:id="18"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) санитарная специальная одежда (далее – специальная одежда) – комплект защитной одежды персонала, предназначенный для защиты сырья, вспомогательных материалов и готового продукта от загрязнения механическими частицами, микроорганизмами и другими загрязнениями;</w:t>
+      1) арнайы санитариялық киім (бұдан әрі – арнайы киім) – шикізатты, қосымша материалдарды және дайын өнімді механикалық бөлшектермен, микроорганизмдермен ластанудан және басқа да ластанулардан қорғауға арналған персоналдың қорғаныш киімінің жиынтығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z27" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) детская игровая площадка (далее – игровая площадка) – специально оборудованная территория, предназначенная для игры детей, включающая в себя оборудование и покрытие для детской игровой площадки;</w:t>
+      2) балалардың ойын алаңы (бұдан әрі – ойын алаңы) – жабдықты және балалардың ойын алаңына арналған жабынды қамтитын балалардың ойынына арналған арнайы жабдықталған аумақ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z28" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) оборудование для детской игровой площадки – оборудование, установленное на детской игровой площадке, с которым или на котором пользователи играет индивидуально или группой по своему усмотрению и правилам;</w:t>
+      3) балалардың ойын алаңдарына арналған жабдық – пайдаланушылар онымен немесе онда жеке немесе топпен өздерінің қалауы және қағидалары бойынша ойнау алатын балалардың ойын алаңында орнатылған жабдық;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z29" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) ДО с неполным пребыванием детей – ДО с пребыванием детей не более четырех часов без организации питания и сна;</w:t>
+      4) балалар толық емес уақыт болатын МДҰ – тамақтандыруды және ұйқыны ұйымдастырмай, төрт сағаттан аспайтын уақытқа балалар болатын МДҰ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z30" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бракераж – оценка качества продуктов питания и готовых блюд по органолептическим показателям;</w:t>
+      5) бракераж – органолептикалық көрсеткiштері бойынша тамақ өнiмдерiнiң және дайын тағамдардың сапасын бағалау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z31" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) физическое воспитание – педагогический процесс, направленный на формирование здорового, физически и духовно совершенного подрастающего поколения;</w:t>
+      6) дене тәрбиесі – денi сау, дене бiтiмi және рухани жағынан жетiлген өскелең ұрпақты қалыптастыруға бағытталған педагогикалық процесс;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z32" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) личная медицинская книжка – персональный документ, в который заносятся результаты обязательных медицинских осмотров с отметкой о допуске к работе;</w:t>
+      7) жеке медициналық кітапша – жұмысқа жіберілу туралы белгі қойылып, міндетті медициналық қарап-тексерудің нәтижелері енгізілетін дербес құжат;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z33" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) изолятор – помещение для временного размещения инфекционных больных, а также лиц, у которых подозревают инфекционную болезнь, представляющих эпидемическую опасность для окружающих;</w:t>
+      8) изолятор – инфекциялық науқастарды, сондай-ақ айналасындағыларға эпидемиялық қауіп төндіретін инфекциялық ауруға күдікті адамдарды уақытша орналастыруға арналған үй-жай;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z34" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) дошкольное воспитание и обучение – развитие физических, личностных, интеллектуальных качеств детей, формирование ключевых компетентностей, необходимых для обеспечения их социальной успешности и конкурентоспособности на протяжении всей жизни;</w:t>
+      9) мектепке дейінгі тәрбиелеу мен оқыту – балалардың дене, тұлғалық, зияткерлік қасиеттерін дамыту, олардың әлеуметтік жетістігі мен бүкіл өмірінің бойында бәсекеге қабілеттілігін қамтамасыз ету үшін қажетті негізгі құзыреттілігін қалыптастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z35" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10) дошкольные организации – организации, реализующие образовательные учебные программы дошкольного воспитания и обучения с учетом специфичных для детей дошкольного возраста видов деятельности, также оказывающие дополнительные услуги предусмотренные законодательством Республики Казахстан;</w:t>
+      10) мектепке дейінгі ұйымдар – мектепке дейінгі жастағы балаларға арналған ерекше қызмет түрлерін есепке ала отырып, мектепке дейінгі тәрбиелеу мен оқытудың міндетті оқу бағдарламаларын іске асыратын, сондай-ақ Қазақстан Республикасының заңнамасында көзделген қосымша қызметтерді көрсететін ұйымдар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z36" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11) оптимальные микроклиматические условия – сочетание количественных показателей микроклимата, которые при длительном и систематическом воздействии на детей обеспечивают сохранение нормального теплового состояния организма без напряжения механизмов терморегуляции;</w:t>
+      11) оңтайлы микроклиматтық жағдайлар – балаларға ұзақ және жүйелі әсер ету кезінде термореттегіш тетіктерінің көмегінсіз организмнің қалыпты жылу жағдайын сақтауды қамтамасыз ететін микроклиматтың сандық көрсеткіштерінің үйлесімдігі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z37" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12) производственный контроль – комплекс мероприятий, в том числе лабораторных исследований и испытаний производимой продукции, работ и услуг, выполняемых индивидуальным предпринимателем или юридическим лицом, направленных на обеспечение безопасности и (или) безвредности для человека и среды обитания;</w:t>
+      12) өндірістік бақылау – өндірілетін өнімнің, дара кәсіпкер немесе заңды тұлға орындайтын жұмыстар мен көрсетілетін қызметтердің адам және оның тіршілік ететін ортасы үшін қауіпсіздігін және (немесе) зиянсыздығын қамтамасыз етуге бағытталған іс-шаралар кешені, оның ішінде зертханалық зерттеулер мен сынақтар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z38" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13) санитарно-дворовые установки (далее – СДУ) – туалет, не связанный с централизованной канализацией, расположенный на территории объекта, имеющий надземную часть и выгребную яму;</w:t>
+      13) санитариялық-аулалық қондырғылар (бұдан әрі – САҚ) – орталықтандырылған кәрізбен байланысы жоқ, объектінің аумағында орналасқан жер үстіндегі бөлігі мен қазылған шұңқыры бар дәретхана;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z39" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14) санитарно-защитная зона – территория, отделяющая зоны специального назначения, а также промышленные организации и другие производственные, коммунальные и складские объекты в населенном пункте от близлежащих селитебных территорий, зданий и сооружений жилищно-гражданского назначения в целях ослабления воздействия на них неблагоприятных факторов;</w:t>
+      14) санитариялық қорғаныш аймағы – елді мекендегі арнайы мақсаттағы аймақтарды, сондай-ақ өнеркәсіптік ұйымдар мен басқа да өндірістік, коммуналдық және қойма объектілерін жақын жатқан селитебті аймақтардан, тұрғын-азаматтық мақсаттағы ғимараттар мен құрылыстардан оларға қолайсыз факторлардың әсерін әлсірету мақсатында бөлетін аумақ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z40" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15) дом ребенка – государственная медицинская организация для детей-сирот, детей, оставшихся без попечения родителей, и детей, находящихся в трудной жизненной ситуации, до достижения ими возраста трех лет включительно, с дефектами психического и физического развития от рождения до четырех лет;</w:t>
+      15) сәбилер үйі – жетім балаларға, ата-анасының қамқорлығынсыз қалған балаларға және өмірлік қиын жағдайда жүрген балаларға, олардың үш жасты қоса алғанға дейін, туғаннан бастап төрт жасқа дейінгі психикалық және дене бітімінің дамуында кемістігі бар балаларға арналған мемлекеттік медициналық ұйым;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z41" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16) септик – сооружение для очистки небольших количеств бытовых сточных вод;</w:t>
+      16) септик – тұрмыстық сарқынды судың аз мөлшерін тазалауға арналған құрылыс;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z42" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17) технологическое оборудование – совокупность механизмов, машин, устройств, приборов, необходимых для работы производства;</w:t>
+      17) технологиялық жабдық – өндіріс жұмысы үшін қажетті тетіктер, машиналар, құрылғылар, аспаптар жиынтығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z43" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18) технологическая карта – документ, в соответствии с которым осуществляется изготовление пищевой продукции, содержащий наименование пищевой продукции с указанием состава пищевых продуктов, перечня и описания процесса производства, включающие технологические операции;</w:t>
+      18) технологиялық карта – тамақ өнімдерінің құрамы, тізбесі мен технологиялық операцияларды қамтитын өндіріс процесін сипаттау көрсетілген тамақ өнімінің атауы бар, тамақ өнімі негізделіп дайындалатын құжат;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z44" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      19) групповые помещения (групповая ячейка) – помещения объекта для детей одной возрастной группы объекта;</w:t>
+      19) топтық үй-жайлар (топтық ұяшық) – объектінің бір жас ерекшелік тобындағы балаларына арналған объектінің үй-жайлары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z45" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20) рациональное питание – сбалансированное питание, с учетом физиологических и возрастных норм питании;</w:t>
+      20) тиімді тамақтандыру – тамақтандырудың физиологиялық және жас ерекшелігі нормаларын ескере отырып, теңестірілген тамақтандыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z46" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      21) групповая изоляция – изоляция групп от административно-хозяйственных, бытовых помещений и друг от друга;</w:t>
+      21) топтық оқшаулау – топтарды әкімшілік-шаруашылық, тұрмыстық үй-жайлардан және бір-бірінен оқшаулау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z47" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      22) наполняемость групп – нормируемое количество детей в группе.</w:t>
+      22) топтардың толықтырылуы – топтағы балалардың нормаланған саны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z48" w:id="40"/>
+    <w:bookmarkStart w:name="z18" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 2. Санитарно-эпидемиологические требования к выбору земельного участка под строительство,</w:t>
-[...11 lines deleted...]
-        <w:t>проектированию, эксплуатации, реконструкции объектов</w:t>
+        <w:t xml:space="preserve"> 2-тарау. Объектілердің құрылысына жер учаскесін таңдауға, жобалауға, пайдалануға, реконструкциялауға қойылатын санитариялық-эпидемиологиялық талаптар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z49" w:id="41"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z19" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      6. Земельный участок под строительство объектов выделяется на расстоянии от транспортных магистралей, в соответствии с Санитарными правилами "Санитарно-эпидемиологические требования по установлению санитарно-защитной зоны объектов, являющихся объектами воздействия на среду обитания и здоровье человека", утверждаемыми согласно </w:t>
+      6. Объектілердің құрылысына жер учаскесі Қазақстан Республикасы Үкiметiнiң 2017 жығы 17 ақпандағы № 71 қаулысымен бекітілген Қазақстан Республикасының Денсаулық сақтау министрлігі туралы ережесінің 16-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>подпункту 132-1)</w:t>
+        <w:t>132-1) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> пункта 16 Положения о Министерстве здравоохранения Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 17 февраля 2017 года № 71 на поверхности с уклонами, обеспечивающими отвод поверхностных вод, и размещается на территориях жилых микрорайонов, за пределами санитарно-защитных зон.</w:t>
+        <w:t xml:space="preserve"> сәйкес бекітілетін "Адамның денсаулығы мен өмір сүру ортасына әсер ету объектілері болып табылатын объектілердің санитариялық-қорғаныш аймағын белгілеу бойынша санитариялық-эпидемиологиялық талаптар" санитариялық қағидаларына сәйкес көлік магистралдарынан қашықтықта бөлінеді және жер үстіндегі суларды бұруды қамтамасыз ететін еңістері бар, тұрғын шағын аудандардың аумақтарында, санитариялық-қорғаныш аймақтарынан тыс орналасады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z50" w:id="42"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z20" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Для ДО с неполным пребыванием детей, размещаемых в многоквартирных жилых домах, во встроено-пристроенных помещениях не предусматривается отдельный земельный участок.</w:t>
+      7. Көп пәтерлі тұрғын үйлерде, ішіне-жапсарлас салынған үй-жайларда орналастырылатын, балалар толық емес уақыт болатын МДҰ үшін жеке жер учаскесі көзделмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z51" w:id="43"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z21" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      8. Площадь при выборе земельного участка под строительство объектов, определяется требованиями государственных нормативов в области архитектуры, градостроительства и строительства согласно подпункту 23-16) </w:t>
+      8. Объектілердің құрылысына жер учаскесін таңдау кезінде алаң "Қазақстан Республикасындағы сәулет, қала құрылысы және құрылыс қызметі туралы" Қазақстан Республикасының 2001 жылғы 16 шілдедегі Заңының 20-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>статьи 20</w:t>
+        <w:t>23-16) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Закона Республики Казахстан от 16 июля 2001 года "Об архитектурной, градостроительной и строительной деятельности в Республике Казахстан" (далее – государственные нормативы в области архитектуры, градостроительства и строительства).</w:t>
+        <w:t xml:space="preserve"> сәйкес сәулет, қала құрылысы және құрылыс саласындағы мемлекеттік нормативтер (бұдан әрі – сәулет, қала құрылысы және құрылыс саласындағы мемлекеттік нормативтер) талаптарымен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z52" w:id="44"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z22" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. При проектировании на территории объектов предусматриваются отдельные игровые площадки для каждой возрастной группы детей. Размеры площадок ДО принимаются не менее 4 квадратных метров (далее – м</w:t>
+      9. Жобалау кезінде объектілердің аумағында балалардың әрбір жас топтары үшін жеке ойын алаңдары көзделеді. МДҰ алаңдарының көлемдері балалардың санына қарай бір орынға кемінде 4 шаршы метр (бұдан әрі – м</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>) на одно место от количества детей.</w:t>
+        <w:t>) қабылданады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z53" w:id="45"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z23" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. На каждой игровой площадке предусматривается огражденный с трех сторон теневой навес не менее 20 м</w:t>
+      10. Әрбір топтық алаңда күн мен жауын-шашыннан қорғау үшін үш жағынан қоршалған кемінде 20 м</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> для защиты от солнца и осадков. Пол теневых навесов предусматривается деревянный.</w:t>
+        <w:t xml:space="preserve"> көлеңке қалқа көзделеді. Көлеңке қалқалардың едені ағаштан болуы көзделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z54" w:id="46"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z24" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. При проектировании и реконструкции объектов набор и площадь помещений определяется заданием на проектирование в соответствии с требованиями государственных нормативов в области архитектуры, градостроительства и строительства.</w:t>
+      11. Объектілерді жобалау және реконструкциялау кезінде үй-жайлардың жиыны мен алаңы сәулет, қала құрылысы және құрылыс саласындағы мемлекеттік нормативтер талаптарына сәйкес жобалауға арналған тапсырмамен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z55" w:id="47"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z25" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. При проектировании объектов в здании и на участке соблюдается принцип групповой изоляции от административно-хозяйственных, бытовых помещений и друг от друга.</w:t>
+      12. Объектілерді жобалау кезінде ғимаратта және учаскеде әкімшілік-шаруашылық, тұрмыстық үй-жайлардан және бір-бірінен топтық оқшаулау қағидаты сақталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z56" w:id="48"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z26" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. При проектировании объектов предусматривают основные и вспомогательные помещения:</w:t>
+      13. Объектілерді жобалау кезінде негізгі және қосалқы үй-жайлар көзделеді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z57" w:id="49"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) возрастные групповые помещения - изолированные автономные помещения;</w:t>
+      1) жас ерекшелігіне байланысты топтық үй-жайлар – оқшауланған автономды үй-жайлар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z58" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) специализированные помещения (музыкальные, спортивные залы) для занятий с детьми, предназначенные для поочередного использования всеми или несколькими возрастными группами;</w:t>
+      2) мамандандырылған үй-жайлар (музыка, спорт залдары) балалармен сабақ өткізу үшін, барлық немесе бірнеше жас топтарының кезекпен пайдалануына арналған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z59" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) сопутствующие помещения (медицинские, пищеблок, прачечная) и служебно-бытовые помещения для персонала.</w:t>
+      3) ілеспе үй-жайлар (медициналық, ас блогы, кір жуатын орын) және персоналға арналған қызметтік-тұрмыстық үй-жайлар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z60" w:id="52"/>
+    <w:bookmarkStart w:name="z27" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. При проектировании в состав возрастных групповых помещений ДО входят раздевальная, игровая, спальня, буфетная-раздаточная, туалетная.</w:t>
+      14. Жобалау кезінде МДҰ-ның жас ерекшелігіне байланысты топтық үй-жайларының құрамына киім шешетін бөлме, ойын, жатын бөлмесі, буфет-тарату орны, дәретхана кіреді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z61" w:id="53"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Состав возрастных групповых помещений ДО и их площади соответствуют </w:t>
+      МДҰ-ның жас ерекшелігіне байланысты топтық үй-жайларының құрамы және олардың ауданы осы Санитариялық қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>приложению 2</w:t>
+        <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> к настоящим Санитарным правилам.</w:t>
+        <w:t xml:space="preserve"> сәйкес келеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z62" w:id="54"/>
+    <w:bookmarkStart w:name="z28" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15. По заданию на проектирование в ДО с неполным пребыванием детей допускается совмещение спальни с групповой (игровой) в соответствии с требованиями государственных нормативов в области архитектуры, градостроительства и строительства.</w:t>
+      15. Балалар толық уақыт болмайтын МДҰ-ны жобалау кезінде сәулет, қала құрылысы және құрылыс саласындағы мемлекеттік нормативтер талаптарына сәйкес жатын бөлмені ойын бөлмесімен біріктіруге жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z63" w:id="55"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В ДО с неполным пребыванием детей и дошкольных мини-центрах допускается устройство общей раздевальной.</w:t>
+      Балалар толық уақыт болмайтын МДҰ және мектепке дейінгі шағын орталықтарда жалпы киім шешетін орынды орнатуға жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z64" w:id="56"/>
+    <w:bookmarkStart w:name="z29" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16. На первом этаже зданий объектов предусматриваются медицинские помещения и изолятор. Изолятор предусматривается не проходным, размещается смежно с медицинским кабинетом с устройством между ними остекленной перегородки на высоте 1,2 м.</w:t>
+      16. Объектілер ғимараттарының бірінші қабатында медициналық үй-жайлар және изолятор көзделеді. Изолятордың өтпелі болмауы көзделеді, олардың арасында 1,2 м биіктікте әйнектелген қалқа құрылғысын орнату арқылы медициналық кабинетпен көрші орналастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z65" w:id="57"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z30" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17. В подвальных и цокольных этажах зданий не размещаются помещения для пребывания детей и помещения медицинского назначения.</w:t>
+      17. Ғимараттардың жертөле және цоколдық қабаттарында балалар болатын үй-жайларды және медициналық мақсаттағы үй-жайларды орналастырмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z66" w:id="58"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z31" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18. Помещения (бойлерные с насосными установками, производственные помещения, ремонтные мастерские, охлаждаемые камеры с насосным отделением, вентиляционные камеры, компрессорные), режим использования которых сопровождается шумом и причиняет беспокойство детям, мешает или нарушает работу педагогического, медицинского, административного персонала не размещают смежно, над и под спальными комнатами, групповыми, медицинскими кабинетами.</w:t>
+      18. Пайдалану режимі шумен қоса жүретін және балаларды алаңдатын, педагогикалық, медициналық, әкімшілік персоналдың жұмысына кедергі келтіретін немесе бұзатын үй-жайларды (сорғы қондырғысы бар бойлерлер, өндірістік үй-жайлар, жөндеу шеберханалары, сорғы бөлімшесі бар салқындатқыш камералар, желдеткіш камералары, компрессорлық) жатын бөлмелеріне, топтық үй-жайларында, медициналық кабинеттерге көрші, олардың астында немесе үстінде орналастырмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z67" w:id="59"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z32" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      19. Комнаты личной гигиены, санитарные узлы для персонала располагаются в зоне административных помещений.</w:t>
+      19. Жеке гигиена бөлмелерін, персоналға арналған санитариялық тораптарды әкімшілік үй-жайлар аймағында орналастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z68" w:id="60"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z33" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20. Для отделки помещений используют строительные материалы, имеющие документы, подтверждающие их качество и безопасность. Подвесные потолки различных конструкций допускается применять в рекреациях, холлах, актовых залах, административных помещениях.</w:t>
+      20. Үй-жайларды әрлеу үшін олардың сапасы мен қауіпсіздігін растайтын құжаттары бар құрылыс материалдары пайдаланылады. Рекреацияларда, холлдарда, акт залдарында, әкімшілік үй-жайларда әртүрлі конструкциялық аспалы төбелер қолдануға жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z69" w:id="61"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z34" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      21. В помещениях с обычным режимом работы стены, оборудование имеют гладкую, матовую поверхность, допускающую уборку влажным способом.</w:t>
+      21. Қалыпты режимде жұмыс істейтін үй-жайлардағы қабырғалардың, жабдықтың беті ылғалды тәсілмен жинауға жол беретіндей тегіс, күңгірт болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z70" w:id="62"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В помещениях с влажным режимом работы (медицинского назначения, пищеблок, санитарные узлы, прачечные, моечные) стены облицовывают плиткой или другими материалами на высоту не менее 1,5 м, в душевых на высоту не менее 1,8 м, допускающими уборку влажным способом с применением моющих и дезинфицирующих средств.</w:t>
+      Ылғалды режимде жұмыс істейтін үй-жайлардың (медициналық мақсаттағы, ас блогы, санитариялық тораптар, кір жуу, жуыну орындар) қабырғаларын кемінде 1,5 м биіктікте, себезгі бөлмелерінде кемінде 1,8 м биіктікте тақтаймен немесе жуу және дезинфекциялау құралдарын қолдана отырып, ылғалды тәсілмен жинауға жол беретін басқа да материалдармен қаптайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z71" w:id="63"/>
+    <w:bookmarkStart w:name="z35" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      22. Полы в помещениях имеют дощатое или паркетное покрытие. Допускается покрытие полов синтетическими полимерными материалами, утепленным линолеумом, допускающими обработку влажным способом и дезинфекцию.</w:t>
+      22. Үй-жайлардағы еден ағаш тақтаймен немесе паркетпен жабылады. Едендердің бетіне ылғалды тәсілмен өңдеуге және дезинфекциялауға жол беретін синтетикалық полимерлі материалдар, жылы линолеум төсеуге жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z72" w:id="64"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Поверхность пола во всех помещениях должна быть ровной, без щелей, изъянов и механических повреждений.</w:t>
+      Барлық үй-жайлардағы еденнің беті тегіс, саңылаусыз, ақаусыз және механикалық зақымданбаған болуы тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z73" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Пол спортивного зала имеет деревянное или специальное покрытие.</w:t>
+      Спорт залдың едені ағаштан немесе арнайы жабыны болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z74" w:id="66"/>
+    <w:bookmarkStart w:name="z36" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      23. Радиаторы системы отопления располагаются в нишах под окнами и закрываются решетками, на окнах и осветительных приборах предусматриваются заградительные устройства.</w:t>
+      23. Жылыту жүйесінің радиаторлары терезе астындағы қуыстарда орналастырылады және тормен жабылады, терезелерде және жарықтандыру құралдарында қоршау құрылғылары көзделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z75" w:id="67"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z37" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      24. ДО размещается в отдельно стоящем здании, в частных домовладениях, на первых двух этажах многоквартирного жилого дома, а также во встроено-пристроенных помещениях.</w:t>
+      24. МДҰ-ны жеке тұрған ғимаратта, жеке үй иеліктерінде, көп пәтерлі тұрғын үйдің алғашқы екі қабаттарында, сондай-ақ ішіне-жапсарлас салынған үй-жайларда орналастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z76" w:id="68"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z38" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      25. Размещение ДО на втором этаже многоквартирного жилого дома допускается при отсутствии жилых помещений на первом этаже.</w:t>
+      25. МДҰ-ны көп пәтерлі тұрғын үйдің бірінші қабатында тұрғын үй-жайлар болмаған жағдайда оның екінші қабатына орналастыруға жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z77" w:id="69"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ДО размещаемые, на первых двух этажах многоквартирного жилого дома имеют отдельный вход, не совмещенный с подъездом жилого дома.</w:t>
+      Көп пәтерлі тұрғын үйдің алғашқы екі қабаттарында орналасқан МДҰ-ның тұрғын үйдің кіреберісімен біріктірілмеген жеке кіретін есігі болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z78" w:id="70"/>
+    <w:bookmarkStart w:name="z39" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      26. При размещении ДО на первых двух этажах многоквартирного жилого дома не допускается ухудшение санитарно-гигиенических условий жизнедеятельности жильцов (шум, запах от пищи).</w:t>
+      26. МДҰ-ны көп пәтерлі тұрғын үйдің алғашқы екі қабаттарында орналастыру кезінде тұрғындардың тіршілік әрекетінің санитариялық-гигиеналық жағдайларының нашарлауына жол берілмейді (шу, тамақ иісі).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z79" w:id="71"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z40" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      27. Не допускается эксплуатация объектов в аварийных зданиях и помещениях.</w:t>
+      27. Авариялық ғимараттарда және үй-жайлардағы объектілерді пайдалануға жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z80" w:id="72"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z41" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      28. При эксплуатации объектов территория имеет ограждение, без повреждений.</w:t>
+      28. Объектілерді пайдалану кезінде аумағында бұзылмаған қоршауы болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z81" w:id="73"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z42" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      29. На территории и в помещениях ДО объектов не размещают объекты, функционально с ними не связанные.</w:t>
+      29. Объектілердің аумағында және үй-жайларында олармен функционалдық жағынан байланысы жоқ объектілерді орналастырмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z82" w:id="74"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z43" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      30. Въезды и входы на участок объектов, проезды, дорожки к хозяйственным постройкам, к площадкам для мусоросборников, к санитарно-дворовым установкам покрываются асфальтом, бетоном или другим твердым покрытием, доступным для очистки.</w:t>
+      30. Объектінің учаскесіне кiру жолдары, көлiкпен өту жолдары, шаруашылық құрылыстарға, қоқыс жинағыштарға арналған алаңдарға, санитариялық-аулалық қондырғыларға өтетiн жолдар асфальтпен, бетонмен немесе тазалауға қолжетімді басқа да қатты жабынмен жабылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z83" w:id="75"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z44" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      31. При реконструкции объектов соблюдаются требования предусмотренные пунктами с 6 по 29 настоящих Санитарных правил.</w:t>
+      31. Объектілерді реконструкциялау кезінде осы Санитариялық қағидалардың 6-29-тармағы аралығында көзделген талаптар сақталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z84" w:id="76"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z45" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 3. Санитарно-эпидемиологические требования к водоснабжению, водоотведению,</w:t>
-[...11 lines deleted...]
-        <w:t>теплоснабжению, освещению, вентиляции, кондиционированию объектов</w:t>
+        <w:t xml:space="preserve"> 3-тарау. Объектілерді сумен жабдықтауға, су бұруға, жылумен жабдықтауға, жарықтандыруға, желдетуге, ауаны баптауға қойылатын санитариялық-эпидемиологиялық талаптар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z85" w:id="77"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z46" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      32. На объектах предусматриваются в исправном состоянии централизованное хозяйственно-питьевое, горячее водоснабжение, водоотведение, теплоснабжение.</w:t>
+      32. Объектілерде орталықтандырылған шаруашылық-ауыз су, ыстық сумен жабдықтау, су бұру, жылумен жабдықтау жарамды жағдайда көзделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z86" w:id="78"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z47" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      33. Объекты обеспечиваются безопасной и качественной питьевой водой в соответствии с установленными требованиями санитарных правил, гигиенических нормативов, утвержденных согласно </w:t>
+      33. Объектілер Қазақстан Республикасы Үкiметiнiң 2017 жығы 17 ақпандағы № 71 қаулысымен бекітілген Қазақстан Республикасының Денсаулық сақтау министрлігі туралы ережесінің 16-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>подпункту 132-1)</w:t>
+        <w:t>132-1) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> пункта 16 положения о Министерстве здравоохранения Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 17 февраля 2017 года № 71 (далее – документы нормирования).</w:t>
+        <w:t xml:space="preserve"> сәйкес бекітілген санитариялық қағидалардың, гигиеналық нормативтердің (бұдан әрі – нормалау құжаттары) белгіленген талаптарына сәйкес қауіпсіз және сапалы ауыз сумен қамтамасыз етіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z87" w:id="79"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z48" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      34. На объектах организовывается питьевой режим. Питьевая вода, в том числе расфасованная в емкости (графины, чайники) или бутилированная, по показателям качества и безопасности должны соответствовать требованиям документов нормирования.</w:t>
+      34. Объектілерде ауыз су режимі ұйымдастырылады. Ауыз су, оның ішінде сыйымдылықтарға (графиндерге, шәйнектерге) өлшеп-құйылған және бөтелкедегі су сапасы мен қауіпсіздік көрсеткіштері бойынша нормалау құжаттарының талаптарына сәйкес келуі тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z88" w:id="80"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Кулеры (диспенсеры) для воды регулярно очищаются согласно инструкции производителя.</w:t>
+      Суға арналған кулерлер (диспенсерлер) өндірушінің нұсқаулығына сәйкес тұрақты түрде тазартылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z89" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Допускается использование кипяченой питьевой воды при условии ее хранения не более трех часов.</w:t>
+      Қайнатылған ауыз су үш сағаттан аспайтын уақыт сақталған жағдайда оны пайдалануға жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z90" w:id="82"/>
+    <w:bookmarkStart w:name="z49" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      35. Для питья используют чистую посуду (стеклянная, фаянсовая или одноразовые стаканчики), выделяют отдельные маркированные подносы для чистой и использованной посуды или контейнеры для сбора использованной посуды одноразового применения.</w:t>
+      35. Су ішу үшін таза ыдысты (шыны, фаянс ыдыс немесе бір рет қолданылатын стақандар) пайдаланады, таза және пайдаланылған ыдыс үшін таңбаланған жеке подностар немесе бір рет қолданылатын ыдысты жинау үшін контейнерлер бөлінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z91" w:id="83"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z50" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      36. При отсутствии централизованной системы водоснабжения допускается использование воды из местных источников питьевого назначения с устройством внутреннего водопровода и водоотведения.</w:t>
+      36. Орталықтандырылған сумен жабдықтау жүйесі болмаған жағдайда ішкі су құбыры мен су бұру құрылғылары бар ауыз су мақсатындағы жергілікті көздерден алынған суды пайдалануға жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z92" w:id="84"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z51" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      37. На объектах, работающих на привозной воде, предусматривают отдельное помещение с установкой емкостей для хранения запаса питьевой воды. Емкости имеют маркировку ("Питьевая вода"), подвергаются еженедельной очистке и дезинфекции с применением моющих и дезинфицирующих средств. Емкости для питьевой воды не используются для других целей.</w:t>
+      37. Әкелінетін сумен жұмыс істейтін объектілерде ауыз су қорын сақтауға арналған сыйымдылықтар орналастырылған жеке үй-жай көзделеді. Сыйымдылықтардың таңбалауы ("Ауыз су") болады, апта сайын (және қажеттілігіне қарай) жуу және дезинфекциялау құралдарын қолдана отырып, тазалауға және дезинфекциялауға жатады. Ауыз суға арналған сыйымдылықтар басқа мақсаттарда пайдаланылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z93" w:id="85"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z52" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      38. Доставка питьевой воды проводится специализированным автотранспортом, в специальных промаркированных емкостях, выполненных из материалов, разрешенных для контакта с питьевой водой, своевременно очищаемых, промываемых и дезинфицируемых.</w:t>
+      38. Ауыз су уақтылы тазартылатын, жуылатын және дезинфекцияланатын, ауыз сумен жанасуға рұқсат етілген материалдардан орындалған арнайы таңбаланған сыйымдылықтармен, арнайы автокөлікпен әкелінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z94" w:id="86"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z53" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      39. При отсутствии централизованной системы горячего водоснабжения устанавливаются водонагреватели. Горячая и холодная вода подводится ко всем ваннам, душевым, умывальникам в местах проживания, в помещениях медицинского назначения, а также к необходимому технологическому оборудованию на пищеблоке с установкой смесителей.</w:t>
+      39. Орталықтандырылған ыстық сумен жабдықтау болмаған жағдайда су жылытқыштар орнатылады. Ыстық және суық су барлық ванналарға, себезгі бөлмелеріне, тұратын орындарындағы, медициналық мақсаттағы үй-жайлардағы қолжуғыштарға, сондай-ақ ас блогындағы араластырғыш қондырғысы бар қажетті технологиялық жабдықтарға тартылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z95" w:id="87"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z54" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      40. При размещении ДО в неканализованной и частично канализованной местности предусматривается устройство местной канализации (ямы, септики). Прием сточных вод осуществляется в общую или раздельные подземные водонепроницаемые емкости, оснащенные крышками с гидравлическими затворами (сифонами), расположенные в хозяйственной зоне территории объекта, очистка которых проводится своевременно.</w:t>
+      40. МДҰ-ны кәрізделмеген және ішінара кәрізделген жерлерде орналастырған жағдайда жергілікті кәріз құрылғысы (шұңқырлар, септиктер) көзделеді. Сарқынды суды қабылдауды гидравликалық бекітпесі (сифон) бар қақпақпен жабдықталған, объекті аумағының шаруашылық аймағында орналастырылатын, уақтылы тазартылып отыратын жерасты су өткізбейтін жалпы немесе бөлек сыйымдылықта (шұңқырда, септиктерде) жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z96" w:id="88"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В проектируемых, строящихся и реконструируемых ДО в неканализованной и частично канализованной местности санитарные узлы располагаются в здании ДО.</w:t>
+      Жобаланатын, салынып жатқан және реконструкцияланатын МДҰ-да кәріздендірілмеген және ішінара кәріздендірілген жерде санитариялық тораптар МДҰ ғимаратында орналасады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z97" w:id="89"/>
+    <w:bookmarkStart w:name="z55" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      41. Канализационные стояки для водоотведения в складских помещениях, бытовых помещениях прокладывают в оштукатуренных коробах.</w:t>
+      41. Қойма үй-жайларында, тұрмыстық үй-жайларда су бұруға арналған кәріз бағандарын сыланған қораптарға салады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z98" w:id="90"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z56" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      42. Сброс сточных вод в открытые водоемы и на прилегающую территорию не допускается.</w:t>
+      42. Сарқынды суды ашық су айдындарына және іргелес аумаққа ағызуға жол берiлмейдi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z99" w:id="91"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z57" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      43. СДУ для персонала имеют надземные помещения и выгребную яму из водонепроницаемого материала.</w:t>
+      43. Персоналға арналған САҚ-та жер үсті үй-жайлары мен су өткізбейтін материалдан жасалған қазылған шұңқыры болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z100" w:id="92"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Уборку СДУ проводит ежедневно с использованием дезинфицирующих средств. Выгребную яму СДУ своевременно очищают.</w:t>
+      САҚ-ты жинауды дезинфекциялық құралдарын қолдана отырып күн сайын жүргізеді. САҚ-тың қазылған шұңқырын уақтылы тазалайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z101" w:id="93"/>
+    <w:bookmarkStart w:name="z58" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      44. При отсутствии централизованного источника теплоснабжения предусматривается автономная котельная.</w:t>
+      44. Жылумен жабдықтаудың орталықтандырылған көзі болмаған жағдайда автономды қазандық көзделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z102" w:id="94"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z59" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      45. В отопительный период температура воздуха соответствует показателям документов нормирования.</w:t>
+      45. Жылыту кезеңінде ауаның температурасы нормалау құжаттарынің көрсеткіштеріне сәйкес келеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z103" w:id="95"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z60" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      46. Естественное и искусственное освещение помещений определяется в соответствии с государственными нормативами в области архитектуры, градостроительства и строительства. В одном помещении применяют лампы одного типа.</w:t>
+      46. Үй-жайларды табиғи және жасанды жарықтандыру сәулет, қала құрылысы және құрылыс саласындағы мемлекеттік нормативтерге сәйкес айқындалады. Бір үй-жайда бір типті шамдарды қолданады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z104" w:id="96"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z61" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      47. Показатели искусственной освещенности нормируются в соответствии с документами нормирования.</w:t>
+      47. Жасанды жарықтандыру көрсеткіштері нормалау құжаттарына сәйкес нормаланады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z105" w:id="97"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z62" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      48. На территории объектов устанавливаются наружное искусственное освещение.</w:t>
+      48. Объектілердің аумағында сыртқы жасанды жарықтандыру орнатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z106" w:id="98"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z63" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      49. Во всех помещениях объектов предусматриваются естественное освещение. Без естественного освещения допускаются: помещения коммуникационных систем (насосные водопровода и канализации, камеры вентиляционные и кондиционирования воздуха, бойлерные), коридоры, не являющиеся рекреационными помещениями, фойе, кладовые, складские, инвентарные, помещения для приготовления дезинфицирующих средств, раздевалки, гардеробы, душевые, туалеты, помещения для установки и управления инженерным и технологическим оборудованием здания и производственные помещения пищеблока.</w:t>
+      49. Объектілердің барлық үй-жайларында табиғи жарықтандыру көзделеді. Мыналарды: коммуникациялық жүйелер үй-жайларына (су құбырлары мен кәріз сорғылары, желдету және ауа баптау камералары, бойлер бөлмелері), рекреациялық үй-жайлар болып табылмайтын дәліздерге, фойеге, қоймаларға, мүкәммал тұратын орындарға, дезинфекциялау құралдарын дайындайтын бөлмелерге, киім шешетін бөлмелерге, киім ілетін орындарға, себезгі бөлмелеріне, дәретханаларға, ғимараттың инженерлік және технологиялық жабдығын орнату және басқару үй-жайларына және ас блогының өндірістік үй-жайларына табиғи жарықтандырусыз жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z107" w:id="99"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z64" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      50. Не допускается закрашивание оконных стекол в групповых и учебных помещениях. Световые проемы оборудуют регулируемыми солнцезащитными устройствами.</w:t>
+      50. Топтық және оқу үй-жайларында терезе әйнектерін бояуға жол берілмейді. Жарық ойықтарын реттелетін күннен қорғайтын құрылғылармен жабдықтайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z108" w:id="100"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z65" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      51. Лампы, вышедшие из строя заменяются. Неисправные, ртутьсодержащие (светодиодные, люминесцентные, энергосберегающие) лампы хранятся в отдельном помещении, недоступном для детей. Не допускается выброс отработанных ртутьсодержащих ламп в мусоросборники.</w:t>
+      51. Істен шыққан шамдар ауыстырылады. Жарамсыз, құрамында сынап бар (жарық диодты, люминесцентті, энергия үнемдегіш) шамдар балалардың қолы жетпейтін жеке үй-жайда сақталады. Істен шыққан құрамында сынап бар шамдарды қоқыс жинағышқа тастауға жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z109" w:id="101"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z66" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      52. Хранение и вывоз отработанных ртутьсодержащих ламп возлагается приказом руководителя объекта на ответственное лицо.</w:t>
+      52. Істен шыққан құрамында сынап бар шамдарды сақтау және шығару объекті басшысының бұйрығымен жауапты адамға жүктеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z110" w:id="102"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z67" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      53. При эксплуатации систем вентиляции и кондиционирования воздуха соблюдаются требования документов нормирования.</w:t>
+      53. Желдету және ауа баптау жүйелерін пайдалану кезінде нормалау құжаттарының талаптары сақталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z111" w:id="103"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z68" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      54. На пищеблоке предусматривается вентиляция на механическом побуждении. Над оборудованием, являющимся источником выделения тепла и влаги, предусматриваются вытяжные зонты.</w:t>
+      54. Ас блогында механикалық түрде іске қосылатын желдету көзделеді. Жылу және ылғал бөлу көзі болып табылатын жабдықтың үстінде сыртқа тарту шатырлары көзделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z112" w:id="104"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z69" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      55. К вентиляции пищеблока объектов в части, не противоречащей требованиям настоящих Санитарных правил применяются требования документов нормирования к объектам общественного питания.</w:t>
+      55. Объектілердің ас блогын желдетуге осы Санитариялық қағидалардың талаптарына қайшы келмейтін бөлікте қоғамдық тамақтану объектілеріне қойылатын нормалау құжаттарының талаптары қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z113" w:id="105"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z70" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      56. Конструкция окон предусматривает возможность проветривания помещений, предназначенных для пребывания детей, в любое время года. Остекление окон выполняется из цельного стеклополотна.</w:t>
+      56. Терезелердің конструкциясы балалардың болуына арналған үй-жайларды жылдың кез келген уақытында желдетуді ұйымдастыру мүмкіндігін көздейді. Терезелердің әйнектелуі бүтін шыны төсемнен орындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z114" w:id="106"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z71" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      57. Сквозное или угловое проветривание проводится при отсутствии детей. Сквозное проветривание не проводится через туалетные помещения.</w:t>
+      57. Өтпелі немесе бұрыштан желдету балалар болмаған кезде жүргізіледі. Өтпелі желдету дәретхана үй-жайлары арқылы өткізілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z115" w:id="107"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z72" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      58. На объектах создаются оптимальные микроклиматические условия (температура, скорость движения воздуха и относительная влажность воздуха), согласно документам нормирования.</w:t>
+      58. Объектілерде нормалау құжаттарына сәйкес оңтайлы микроклиматтық жағдайлар (температура, ауа қозғалысының жылдамдығы және ауаның салыстырмалы ылғалдылығы) жасалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z116" w:id="108"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z73" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      59. Для контроля за температурой воздуха в групповых помещениях, а также в раздевалках при душевых и спортивном зале, помещениях медицинского пункта устанавливаются термометры, прикрепленные к внутренней стене на высоту 0,8-1,2 м.</w:t>
+      59. Топтық үй-жайларындағы, сондай-ақ себезгі және спорт зал жанындағы киім шешетін орындардағы, медициналық пункт үй-жайларындағы ауа температурасын бақылау үшін ішкі қабырғаға 0,8 – 1,2 м биіктікте бекітілген термометрлер орнатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z117" w:id="109"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z74" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 4. Санитарно-эпидемиологические требования к ремонту и содержанию помещений объектов</w:t>
+        <w:t xml:space="preserve"> 4-тарау. Объектілердің үй-жайларын жөндеуге және күтіп-ұстауға қойылатын санитариялық-эпидемиологиялық талаптар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z118" w:id="110"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z75" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      60. Ежегодно на объектах проводится текущий ремонт.</w:t>
+      60. Жыл сайын объектілерде ағымдағы жөндеу жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z119" w:id="111"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z76" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      61. При функционировании объектов не допускается проведение капитального и текущего ремонта, за исключением работ по устранению аварийных ситуаций.</w:t>
+      61. Объектілер жұмыс істеп тұрған кезде авариялық жағдайларды жою жұмыстарын қоспағанда, күрделі және ағымдағы жөндеуді жүргізуге жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z120" w:id="112"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z77" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      62. На окна, форточки, фрамуги, открываемые для проветривания, устанавливаются москитные сетки и защитные замки.</w:t>
+      62. Терезелерде, желдету үшін ашылатын желкөздерде, фрамугаларда москит торлары және қорғаныш құлыптары орнатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z121" w:id="113"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z78" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      63. Территория объектов и прилегающая к ней территория за ограждением содержится в чистоте.</w:t>
+      63. Объектілердің аумағы және қоршау сыртындағы оған іргелес аумақ таза ұсталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z122" w:id="114"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z79" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      64. Все помещения и оборудование объектов содержатся в чистоте. Медицинские помещения, пищеблок и туалеты ежедневно убирают с использованием дезинфицирующих средств. В туалетах ежедневной дезинфекции подлежат полы, дверные ручки, барашки кранов, раковины и унитазы.</w:t>
+      64. Объектілердің барлық үй-жайлары мен жабдығы таза ұсталады. Медициналық үй-жайларды, ас блогын және дәретханаларды күн сайын дезинфекциялау құралдарын қолдана отырып тазалайды. Дәретханаларда едендер, есік тұтқалары, крандардың шүмектері, раковиналар және унитаздар күнделікті дезинфекциялануға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z123" w:id="115"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z80" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      65. В туалетах устанавливают детские унитазы, умывальные раковины, гигиенический поддон с гибким шлангом, со средствами для мытья рук, настенные или навесные вешалки с индивидуальными ячейками для детских полотенец, ванны для купания, хозяйственные шкафы и сливы.</w:t>
+      65. Дәретханаларда балаларға арналған унитаздар, жуынатын раковиналар, қол жууға арналған құралдары бар иілмелі шлангісі бар гигиеналық табандық, жеке ұяшықтары бар балалардың орамалдарына арналған қабырғаға ілінетін немесе аспалы ілгіштер, шомылуға арналған ванналар, шаруашылық шкафтары және ағызу жүйесі орнатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z124" w:id="116"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z81" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      66. В туалетах для персонала устанавливаются унитазы, умывальные раковины, со средствами для мытья и сушки рук, урны для сбора мусора.</w:t>
+      66. Персоналға арналған дәретханаларда унитаздар, қолды жууға және кептіруге арналған құралдары бар жуынатын раковиналар, қоқыс жинауға арналған урналар орнатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z125" w:id="117"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z82" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> к настоящим Санитарным правилам.</w:t>
+        <w:t>
+      67. Санитариялық аспаптардың саны мен өлшемі осы Санитариялық қағидаларға 3-қосымшаға сәйкес көзделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z126" w:id="118"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z83" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      68. Горшки после использования очищают, промывают и дезинфицируют. Чистые горшки хранят в туалетных, в индивидуальных маркированных ячейках. Емкости для замачивания горшков маркируются.</w:t>
+      68. Түбектер пайдаланылғаннан кейін тазартылады, жуылады және дезинфекцияланады. Таза түбектер дәретханаларда, жеке таңбаланған ұяшықтарда сақталады. Түбектерді сулауға арналған сыйымдылықтар таңбаланады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z127" w:id="119"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z84" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      69. В домах ребенка для детей до шести месяцев в групповых помещениях устанавливают манежи и пеленальные столы. Зону кормления групп детей старше 1 года оборудуют столами для кормления.</w:t>
+      69. Алты айға дейінгі балаларға арналған сәбилер үйлерінде топтық үй-жайларда манеждер мен құндақтау үстелдері орнатылады. 1 жастан асқан балаларды тамақтандыру аймағын тамақтандыруға арналған үстелдермен жабдықтайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z128" w:id="120"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z85" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      70. Пеленальные столы, детские подкладные клеенки, покрытие манежей, игровое оборудование в группах домов ребенка ежедневно обрабатывают с применением моющих средств, в случае загрязнения фекалиями дополнительно проводят дезинфекцию.</w:t>
+      70. Сәбилер үйлеріндегі топтардағы құндақтау үстелдері, балалардың жаялық клеенкалары, манеждердің жабыны, ойын жабдықтары күн сайын жуу құралдарын қолдана отырып өңделеді, нәжіспен ластанған жағдайда қосымша дезинфекциялау жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z129" w:id="121"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z86" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      71. Для проведения уборки используются моющие, дезинфицирующие средства разрешенные к применению, согласно документам нормирования.</w:t>
+      71. Жинау жүргізу үшін нормалау құжаттарына сәйкес қолдануға рұқсат етілген дезинфекциялау құралдары пайдаланылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z130" w:id="122"/>
+    <w:bookmarkEnd w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Дезинфицирующие растворы готовят согласно инструкции производителя в маркированных емкостях с указанием даты приготовления раствора. Дезинфицирующие и моющие средства, рабочие растворы хранятся в недоступных для детей местах.</w:t>
+      Дезинфекциялау ерітінділерін өндірушінің нұсқаулығына сәйкес ертіндіні дайындау күні көрсетіле отырып, таңбаланған сыйымдылықтарда дайындайды. Дезинфекциялау және жуу құралдары, жұмысшы ерітінділері балалардың қолы жетпейтін орындарда сақталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z131" w:id="123"/>
+    <w:bookmarkStart w:name="z87" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      72. Уборочный инвентарь (тазы, ведра, щетки, ветошь) маркируется и закрепляется за отдельными помещениями (санитарные узлы, медицинский пункт, производственные помещения пищеблока, обеденный зал, групповые помещения), хранится в специально выделенных помещениях (местах). Уборочный инвентарь для санитарных узлов имеет сигнальную маркировку.</w:t>
+      72. Жинау мүкәммалы (легендер, шелектер, жөкелер, шүберектер) таңбаланады және жеке үй-жайларға (санитариялық тораптар, медициналық пункт, ас блогының өндірістік үй-жайлары, тамақтану залы, топтық үй-жайлар) бекітіледі, арнайы бөлінген үй-жайларда (орындарда) сақталады. Санитариялық тораптарға арналған жинау мүкәммалының сигналды таңбасы болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z132" w:id="124"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z88" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      73. Ежегодно в весенний период, на игровых площадках проводится полная смена песка. Вновь завозимый песок соответствует документам нормирования по паразитологическим, микробиологическим, санитарно-химическим, радиологическим показателям. При несоответствии результатов лабораторных исследований документам нормирования проводится внеочередная смена песка.</w:t>
+      73. Жыл сайын көктем мезгілінде ойын алаңдарында құмды толық ауыстыру жүргізіледі. Жаңадан әкелінетін құм паразитологиялық, микробиологиялық, санитариялық-химиялық, радиологиялық көрсеткіштер бойынша нормалау құжаттарына сәйкес келеді. Зертханалық зерттеулер нәтижелері нормалау құжаттарына сәйкес келмеген жағдайда құмды кезектен тыс ауыстыру жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z133" w:id="125"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z89" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      74. Мусоросборники, оборудованные плотно закрывающимися крышками устанавливаются в хозяйственной зоне, на площадке с водонепроницаемым покрытием, доступным для очистки и дезинфекции, огражденной с трех сторон. Мусоросборники (контейнеры) очищаются, моются и дезинфицируются.</w:t>
+      74. Тығыз жабылатын қақпақтармен жабдықталған қоқыс жинағыштар шаруашылық аймақтағы үш жағынан қоршалған, тазалауға және дезинфекциялауға жеңіл су өткізбейтін жабыны бар алаңға орнатылады. Қоқыс жинағыштар (контейнерлер) тазаланады, жуылады және дезинфекцияланады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z134" w:id="126"/>
+    <w:bookmarkEnd w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Для сбора мусора с ДО, размещенных на первых двух этажах многоквартирного жилого дома, во встроено – пристроенных помещениях используются общие мусоросборники жилого дома или контейнеры.</w:t>
+      Көп пәтерлі тұрғын үйдің алғашқы екі қабатында, ішіне-жапсарлас салынған үй-жайларда орналастырылған МДҰ-ның қоқысын жинау үшін тұрғын үйдің ортақ қоқыс салғыштары немесе контейнерлері пайдаланылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z135" w:id="127"/>
+    <w:bookmarkStart w:name="z90" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      75. На объектах проводятся мероприятия по дератизации и дезинсекции. Не допускается наличие насекомых, клещей, других членистоногих и грызунов.</w:t>
+      75. Объектілерде дератизациялау және дезинсекциялау бойынша іс-шаралар жүргізіледі. Жәндіктердің, кенелердің, басқа да буын аяқтылар мен кеміргіштердің болуына жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z136" w:id="128"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z91" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 5. Санитарно-эпидемиологические требования к условиям воспитания и обучения на объектах</w:t>
+        <w:t xml:space="preserve"> 5-тарау. Объектілерде тәрбиелеу және оқыту жағдайларына қойылатын санитариялық-эпидемиологиялық талаптар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z137" w:id="129"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z92" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      76. Содержание дошкольного воспитания и обучения, максимальный объем учебной нагрузки в ДО устанавливаются государственными общеобязательными стандартами образования всех уровней образования, утвержденными </w:t>
+      76. Мектепке дейінгі тәрбие мен оқыту мазмұны, МДҰ-ның оқу жүктемесінің ең үлкен көлемі Қазақстан Республикасы Білім және ғылым министрінің 2018 жылғы 31 қазандағы № 604 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>приказом</w:t>
+        <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 31 октября 2018 года № 604 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 17669).</w:t>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17669 болып тіркелген) бекітілген Білім берудің барлық деңгейінің мемлекеттік жалпыға міндетті білім беру стандарттарында белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z138" w:id="130"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z93" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      77. Наполняемость специальных групп в ДО предусматривается согласно </w:t>
+      77. МДҰ-ғы арнаулы топтардың толықтырылуы осы Санитариялық қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>приложения 4</w:t>
+        <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> к настоящим Санитарным правилам.</w:t>
+        <w:t xml:space="preserve"> сәйкес көзделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z139" w:id="131"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z94" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      78. В доме ребенка оптимальное число воспитывающихся составляет 100-150 детей. Наполняемость групп с рождения до 1,5 лет – 10 детей, в возрасте от 1,5 до 2 лет – 13 детей, в возрасте от 2 до 3 лет включительно – 20 детей.</w:t>
+      78. Сәбилер үйінде тәрбиеленетін балалардың оңтайлы саны 100 – 150 баланы құрайды. Топтардың толықтырылуы туғаннан бастап 1,5 жасқа дейін – 10 бала, 1,5 жастан 2 жасқа дейін – 13 бала, 2 жастан 3 жасты қоса алғанға дейін – 20 бала.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z140" w:id="132"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z95" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      79. Прогулки осуществляются ежедневно с учетом погодных условий.</w:t>
+      79. Серуендер ауа-райы жағдайы ескеріле отырып, күн сайын жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z141" w:id="133"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z96" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      80. Покрытие игровых площадок предусматривается из безопасных для здоровья материалов (исключающих травматизм).</w:t>
+      80. Ойын алаңдарының жабыны денсаулық үшін қауіпсіз (жарақаттануды болдырмайтын) материалдардан көзделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z142" w:id="134"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z97" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      81. Мебель и оборудование объектов соответствуют росто-возрастным особенностям детей. На объектах игровые, учебные кабинеты, оборудуют столами, стульями со спинками.</w:t>
+      81. Объектілердің жиһазы мен жабдығы балалардың бой-жас ерекшеліктеріне сәйкес келеді. Объектілерде ойын, оқу кабинеттері үстелдермен, арқалығы бар орындықтармен жабдықталады</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z143" w:id="135"/>
+    <w:bookmarkEnd w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Оборудования в игровых и спортивных площадках соответствуют росту и возрасту детей, без острых выступов и изъянов, своевременно ремонтируются. Покрытие поверхности оборудования предусматривается из водостойкого материала.</w:t>
+      Ойын және спорт алаңдарындағы жабдықтар балалардың бойы мен жасына сәйкес келеді, үшкір шығыңқы жерлері мен ақауы болмайды, уақтылы жөнделеді. Жабдықтың бетінің жабыны суға төзімді материалдан көзделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z144" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Набор, количество и размер оборудования предусматривают с учетом профиля объектов, специфики помещений.</w:t>
+      Жабдықтың жиыны, саны және өлшемін объектілердің бейінін, үй-жайлардың ерекшелігін есепке ала отырып көздейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z145" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Основные размеры мебели ДО и домов ребенка установлены согласно таблицам 1, 2 </w:t>
+      МДҰ мен сәбилер үйінің жиhазының негiзгi өлшемдерi осы Санитариялық қағидаларларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>приложения 5</w:t>
+        <w:t>5-қосымшаның</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> к настоящим Санитарным правилам.</w:t>
+        <w:t xml:space="preserve"> 1, 2-кестелеріне сәйкес белгіленген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z146" w:id="138"/>
+    <w:bookmarkStart w:name="z98" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      82. Мебель, мягкий, твердый инвентарь, оборудование находятся в рабочем состоянии и подлежат своевременному ремонту или замене.</w:t>
+      82. Жиһаз, жұмсақ, қатты мүкәммал, жабдық жұмыс жағдайында болады және уақтылы жөндеуге немесе ауыстыруға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z147" w:id="139"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z99" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      83. Раздевальные в группах оборудуются шкафами для верхней одежды и скамейками.</w:t>
+      83. Топтардағы киім шешетін бөлмелер сыртқы киімге арналған шкафтармен және орындықтармен жабдықталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z148" w:id="140"/>
+    <w:bookmarkEnd w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Шкафы для одежды детей индивидуально маркируются и оборудуются полками для головных уборов и крючками для верхней одежды.</w:t>
+      Балалардың киіміне арналған шкафтарды жеке таңбалайды және бас киімге арналған сөрелермен және сыртқы киімге арналған ілмектермен жабдықтайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z149" w:id="141"/>
+    <w:bookmarkStart w:name="z100" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      84. Раздевальные при спортивных залах оборудуются шкафчиками или вешалками для одежды, скамейками.</w:t>
+      84. Спорт залдары жанындағы киім шешетін бөлмелер киімге арналған шкафтармен немесе ілгіштермен, орындықтармен жабдықталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z150" w:id="142"/>
+    <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Покрытие спортивных матов предусматривается из материалов, доступных к очистке и дезинфекции.</w:t>
+      Спорттық төсеніштердің жабыны тазалауға және дезинфекциялауға болатын материалдардан көздейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z151" w:id="143"/>
+    <w:bookmarkStart w:name="z101" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      85. Использованные игрушки моют ежедневно в конце дня с применением моющих средств. Емкость, ветошь и щетку для мытья игрушек маркируют.</w:t>
+      85. Пайдаланылған ойыншықтарды күн сайын жуу құралдарын қолдана отырып күннің соңында жуады. Ойыншықтарды жууға арналған сыйымдылықты, шүберек пен жөкені таңбалайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z152" w:id="144"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z102" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      86. Мягконабивные игрушки после использования в конце дня дезинфицируют бактерицидными облучателями в течение 30 минут на расстоянии не менее 25 см от игрушек.</w:t>
+      86. Жұмсақ ойыншықтарды пайдаланғаннан кейін күннің соңында ойыншықтан кемінде 25 см қашықтықта 30 минут бойы бактерицидті сәулелегіштермен дезинфекцияланады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z153" w:id="145"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z103" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      87. В группах ясельного возраста и в помещениях медицинского назначения мягконабивные и пенолатексные ворсовые игрушки не используются.</w:t>
+      87. Бөбек жастағы топтарда және медициналық мақсаттағы үй-жайларда жұмсақ ойыншықтар мен пенолатексті түкті ойыншықтар пайдаланылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z154" w:id="146"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z104" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      88. На приобретенную продукцию для детей (игрушки, обувь, одежда, посуда, средства личной гигиены, школьно-письменные принадлежности, постельное белье, парфюмерно-косметическая продукция, мебель) предоставляются документы, подтверждающие их качество и безопасность.</w:t>
+      88. Балалар үшін сатып алынған өнімдерге (ойыншықтар, аяқкиім, киім, ыдыс, жеке гигиена құралдары, мектеп және жазу құралдары, төсек-орын жабдықтары, парфюмерлік-косметикалық өнім, жиһаз) олардың сапасы мен қауіпсіздігін растайтын құжаттар беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z155" w:id="147"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z105" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 6. Санитарно-эпидемиологические требования к условиям проживания детей</w:t>
+        <w:t xml:space="preserve"> 6-тарау. Балалардың тұру жағдайларына қойылатын санитариялық-эпидемиологиялық талаптар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z156" w:id="148"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z106" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      89. Спальные помещения объектов оборудуются индивидуальными стационарными кроватями.</w:t>
+      89. Объектілердің жатын бөлмелерін жеке стационарлық кереуеттермен жабдықтайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z157" w:id="149"/>
+    <w:bookmarkEnd w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В группах ясельного возраста (от 1-2 лет) ДО и домах ребенка спальные помещения оборудуются манежами или стационарными кроватями, имеющими ограждения с четырех сторон, длиной 120 см, шириной 60 см с переменной высотой ложа от пола на уровне 30 см и 50 см и высотой ограждения от пола 95 см.</w:t>
+      МДҰ және сәбилер үйлеріндегі және бөбек жасындағы (1-2 жастағы) топтардағы жатын үй-жайлары жататын жердің өзгермелі биіктігі еденнен 30 см және 50 см деңгейінде және қоршаудың еденнен биіктігі 95 см болатын төрт жағынан биіктігі 120 см, ені 60 см қоршауы бар манеждермен немесе стационарлық кереуеттермен жабдықталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z158" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Для детей 3-6 лет – длиной 140 см, шириной 60 см, высотой 30 см. Предусматривается возможность уменьшения высоты бокового ограждения не менее чем на 15 см.</w:t>
+      3 – 6 жастағы балалар үшін – ұзындығы 140 см, ені 60 см, биіктігі 30 см. Бүйір жақ қоршауының биіктігін кемінде 15 см-ге азайту мүмкіндігі көзделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z159" w:id="151"/>
+    <w:bookmarkStart w:name="z107" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      90. Допускается организация дневного сна детей дошкольного возраста (3-6 лет) на стационарных двухъярусных кроватях, раскладных кроватях с твердым ложем или на трансформируемых (встроенных откидных, выдвижных, выкатных) кроватях.</w:t>
+      90. Мектеп жасына дейінгі (3-6 жастағы) балалардың күндізгі ұйқысын стационарлық екі қабатты кереуеттерде, жататын жері қатты жиналмалы кереуеттерде немесе түрлендірілетін (қайырмалы, жылжытылатын, домалатып шығарылатын) кереуеттерде ұйымдастыруға жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z160" w:id="152"/>
+    <w:bookmarkEnd w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      При использовании раскладных или трансформируемых кроватей предусматривается место для их хранения, а также для индивидуального хранения постельных принадлежностей и белья.</w:t>
+      Жиналмалы немесе түрлендірілетін кереуеттерді пайдаланған кезде оларды сақтау үшін, сондай-ақ төсек жабдықтары мен киім-кешектерді жеке сақтау үшін орын көзделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z161" w:id="153"/>
+    <w:bookmarkStart w:name="z108" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      91. Предусматривается наличие не менее трех комплектов постельного белья на 1 спальное место.</w:t>
+      91. Бір жатын орынға кемінде үш төсек-орын жиынтығының болуы көзделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z162" w:id="154"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z109" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      92. Купание детей ДО с круглосуточным пребыванием и в домах ребенка осуществляется по графику не реже одного раза в семь календарных дней с одновременной сменой постельного, нательного белья и полотенец.</w:t>
+      92. Балалар тәулік бойы болатын МДҰ-да және сәбилер үйлерінде балаларды шомылдыру төсек-орнын, іш киімді және орамалдарды бір уақытта ауыстыра отырып, күнтізбелік жеті күнде бір реттен сиретпей график бойынша жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z163" w:id="155"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z110" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      93. Смена постельного белья, полотенец проводится по мере загрязнения, но не реже одного раза в неделю.</w:t>
+      93. Төсек-орынды, орамалдарды ауыстыру ластануына қарай, бірақ аптасына бір реттен сиретпей жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z164" w:id="156"/>
+    <w:bookmarkEnd w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Не менее одного раза в год постельные принадлежности подвергаются камерной дезинфекции.</w:t>
+      Жылына кемінде бір рет төсек-орын жабдықтары камералық дезинфекциялануға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z165" w:id="157"/>
+    <w:bookmarkStart w:name="z111" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      94. Для хранения запасов белья, одежды и обуви, жесткого инвентаря предусматриваются складские помещения.</w:t>
+      94. Төсек-орын, киім мен аяқкиім, қатты мүкәммал қорын сақтау үшін қойма үй-жайлары көзделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z166" w:id="158"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z112" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      95. Постельные принадлежности, полотенца, предметы личной гигиены (зубные щетки, расчески, мочалки) для каждого ребенка выделяются индивидуально. Индивидуальные зубные щетки, мочалки хранятся в открытых ячейках.</w:t>
+      95. Төсек-орын жабдықтары, орамалдар, жеке гигиена заттары (тіс щеткасы, тарақ, жөкелер) әр балаға жеке бөлінеді. Жеке тіс щеткалары, жөкелер ашық ұяшықтарда сақталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z167" w:id="159"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z113" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      96. Стирка белья должна осуществляется в прачечной объекта, при ее отсутствии допускается организация стирки централизованно в других прачечных.</w:t>
+      96. Төсек-орынды жуу объектінің кір жуатын орнында жүзеге асырылады, ол болмаған жағдайда басқа орталықтандырылған кір жуатын орындарда ұйымдастыруға жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z168" w:id="160"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z114" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      97. В прачечной исключаются встречные потоки чистого и грязного белья.</w:t>
+      97. Кір жуатын орында таза және лас төсек-орынның қарама-қарсы ағынына жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z169" w:id="161"/>
+    <w:bookmarkEnd w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Белье заболевших инфекционным заболеванием перед стиркой подвергается дезинфекции в маркированных ваннах.</w:t>
+      Инфекциялық аурумен ауырған науқастардың төсек-орны жуу алдында таңбаланған ванналарда дезинфекциялануға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z170" w:id="162"/>
+    <w:bookmarkStart w:name="z115" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 7. Санитарно-эпидемиологические требования к условиям питания на объектах</w:t>
+        <w:t xml:space="preserve"> 7-тарау. Объектілердегі тамақтандыру жағдайларына қойылатын санитариялық-эпидемиологиялық талаптар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z171" w:id="163"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z116" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      98. На объектах предусматривается пищеблок.</w:t>
+      98. Объектілерде ас блогы көзделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z172" w:id="164"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z117" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      99. На пищеблоке объектов не допускается проживание, выполнение работ и услуг, не связанных с организацией питания детей.</w:t>
+      99. Объектілердің ас блогында тұруға, балаларды тамақтандыруды ұйымдастырумен байланысы жоқ жұмыстар мен көрсетілетін қызметтерді орындауға жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z173" w:id="165"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z118" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      100. К пищеблокам объектов в части, не противоречащей требованиям настоящих Санитарных правил, применяются требования документов нормирования к объектам общественного питания.</w:t>
+      100. Объектілердің ас блогтарына осы Санитариялық қағидалардың талаптарына қайшы келмейтін бөлікте қоғамдық тамақтану объектілеріне қойылатын нормалау құжаттарының талаптары қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z174" w:id="166"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z119" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      101. На пищеблоке объектов предусматривается последовательность технологических процессов, исключаются встречные потоки сырой и готовой продукции, сырых полуфабрикатов и готовой продукции, использованной и чистой посуды.</w:t>
+      101. Объектілердің ас блогында технологиялық процестердің бірізділігі көзделеді, шикі және дайын өнімнің, шикі жартылай фабрикаттар мен дайын өнімнің, пайдаланылған және таза ыдыстардың қарама-қарсы ағынына жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z175" w:id="167"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z120" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      102. На объектах составляется перспективное сезонное (лето - осень, зима-весна) двухнедельное меню, утвержденное руководителем объекта.</w:t>
+      102. Объектілерде объекті басшысы бекіткен перспективтік маусымдық (жаз-күз, қыс-көктем) екі апталық мәзір жасалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z176" w:id="168"/>
+    <w:bookmarkEnd w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      При составлении меню учитывается ассортимент отечественной продукции, производимой в регионе. В рационе питания детей предусматривают пищевую продукцию, обогащенную витаминно-минеральным комплексом.</w:t>
+      Мәзір жасау кезінде өңірде шығарылатын отандық өнімдер ассортименті ескеріледі. Балаларды тамақтандыру рационында витаминді-минералдық кешенмен байытылған тамақ өнімдері көзделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z177" w:id="169"/>
+    <w:bookmarkStart w:name="z121" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      103. Фактический рацион питания соответствует утвержденному перспективному меню. В исключительных случаях допускается замена пищевой продукции согласно </w:t>
+      103. Тамақтанудың іс жүзіндегі рационы бекітілген перспективтік ас мәзіріне сәйкес келеді. Ерекше жағдайларда осы Санитариялық қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>приложению 6</w:t>
+        <w:t>6-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> к настоящим Санитарным правилам.</w:t>
+        <w:t xml:space="preserve"> сәйкес тамақ өнімін алмастыруға жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z178" w:id="170"/>
+    <w:bookmarkEnd w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Хранение скоропортящейся пищевой продукции осуществляется в низкотемпературных холодильных оборудованиях, и (или) в холодильных камерах, и (или) холодильниках. Для контроля температуры устанавливают термометры. Использование ртутных термометров не допускается.</w:t>
+      Тез бұзылатын тамақ өнімдерін сақтау температурасы төмен тоңазытқыш жабдықтарында және (немесе) тоңазытқыш камераларында және (немесе) тоңазытқыштарда жүзеге асырылады. Температураны бақылау үшін термометрлер орнатылады. Сынап термометрлерін пайдалануға жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z179" w:id="171"/>
+    <w:bookmarkStart w:name="z122" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      104. Ежедневно составляется и вывешивается меню-раскладка, в которой указывают число детей, получающих питание, перечень блюд на каждый прием пищи с указанием массы порции готовых блюд в граммах в зависимости от возраста, а также расход продуктов (в весе "брутто") по каждому блюду.</w:t>
+      104. Күн сайын тамақтанатын балалардың саны, жасына байланысты раммен дайын тағам порциясының массасы, сондай-ақ әрбір тағам бойынша өнімдер шығысы ("брутто" салмағында) көрсетіле отырып әрбір тамақтануға тағамдар тізбесі көрсетілетін тарату-ас мәзірі парағы жасалады және ілінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z180" w:id="172"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z123" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      105. Приготовление пищи производится с использованием картотеки блюд в соответствии с технологическими картами, в которых отражают перечень входящих продуктов в блюдо, их массу в граммах ("брутто"), вес "нетто" готового блюда (выход блюд), химический состав (в граммах), калорийность, сведения о технологии приготовления блюд.</w:t>
+      105. Тамақ дайындау тағамға кіретін өнімдердің тізбесі, олардың граммен массасы ("брутто"), дайын тағамның "нетто" салмағы (тағамның шығысы), химиялық құрамы (граммен), құнарлылығы, тағамды дайындау технологиясы туралы мәліметтер көрсетілген технологиялық карталарға сәйкес тағамдар картотекасын пайдалана отырып жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z181" w:id="173"/>
+    <w:bookmarkEnd w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      106. В меню не допускается повторение одних и тех же блюд или кулинарных изделий в один и тот же день и в последующие два–три календарных дня.</w:t>
+      106. Ас мәзірінде бірдей тағамдарды немесе аспаздық өнімдерді бір күнде немесе келесі 2 – 3 күнде қайталауға жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z182" w:id="174"/>
+    <w:bookmarkStart w:name="z124" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      107. Масса порции блюд предусматривается согласно </w:t>
+      107. Тағамдар порцияларының массасы осы Санитариялық қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>приложению 7</w:t>
+        <w:t>7-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> к настоящим Санитарным правилам.</w:t>
+        <w:t xml:space="preserve"> сәйкес көзделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z183" w:id="175"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z125" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      108. Ежедневно в рацион питания включают мясо, молоко, сливочное и растительное масло, хлеб ржаной и (или) пшеничный, овощи и сахар. Рыбу, яйца, сыр, творог, мясо птицы включают один раз в семь календарных дней.</w:t>
+      108. Күн сайын тамақтану рационына ет, сүт, сары май және өсімдік майы, қара бидай және (немесе) бидай наны, көкөністер және қант қосылады. Балық, жұмыртқа, ірім шік, сүзбе, құстың еті күнтізбелік жеті күнде бір рет қосылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z184" w:id="176"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z126" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      109. Завтрак состоит из горячего блюда (первое или второе) и горячего напитка, яиц, бутерброда со сливочным маслом или сыром. На второй завтрак предусматриваются соки, фрукты.</w:t>
+      109. Таңғы ас ыстық тағамнан (бірінші немесе екінші) және ыстық сусыннан, жұмыртқа, сары май немесе ірімшік қосылған бутербродтан тұрады. Екінші таңғы асқа шырындар, жемістер көзделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z185" w:id="177"/>
+    <w:bookmarkEnd w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Обед включает салат, первое, второе блюдо (основное горячее блюдо из мяса, рыбы или птицы) и третье (компот, чай, соки и кисель). Готовят несложные салаты из вареных и свежих овощей.</w:t>
+      Түскі ас салат, бірінші, екінші (негізгі ыстық тағам еттен, балық немесе құстан) және үшінші (компот, шай, шырындар және кисель) тағамнан тұрады. Пісірілген және жас көкөністерден күрделі емес салаттар дайындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z186" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> технического регламента Таможенного союза "О безопасности пищевой продукции", утвержденным Решением Комиссии Таможенного союза от 9 декабря 2011 года № 880.</w:t>
+        <w:t>
+      Бесін асының мәзіріне Кеден одағы комиссиясының 2011 жылғы 9 желтоқсандағы № 880 шешімімен бекітілген "Тамақ өнімдерінің қауіпсіздігі туралы" Кеден одағының техникалық регламентінің 8-бабына сәйкес рұқсат етілген, тоқаш немесе кремсіз кондитерлік өнімдермен бірге балалар тағамына рұқсат етілген сусынды қосылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z187" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ужин состоит из овощного (творожного) блюда или каши; основного второго блюда (мясо, рыба или птица), напитка (чай, сок, компот и кисель). Дополнительно в качестве второго ужина, включают фрукты или кисломолочные продукты и булочные или кондитерские изделия без крема.</w:t>
+      Кешкі ас көкөніс (сүзбе) тағамынан немесе ботқадан; негізгі екінші тағамнан (ет, балық немесе құс), сусыннан (шай, шырын, компот және кисель) тұрады. Екінші кешкі ас ретінде қосымша жемістерді немесе қышқыл сүт өнімдерін және кремсіз тоқаш немесе кондитерлік бұйымдарды қосады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z188" w:id="180"/>
+    <w:bookmarkStart w:name="z127" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      110. Интервалы между приемами пищи не превышают 3,5-4 часа.</w:t>
+      110. Тамақтандыру арасындағы интервал 3,5 – 4 сағаттан аспайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z189" w:id="181"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z128" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      111. Нормы питания предусмотрены в </w:t>
+      111. Тамақтану нормалары "Әлеуметтік көмек көрсетілетін азаматтарға әлеуметтік көмектің мөлшерін, көздерін, түрлерін және оны беру қағидаларын бекіту туралы" Қазақстан Республикасы Үкіметінің 2012 жылғы 12 наурыздаы № 320 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>постановлении</w:t>
+        <w:t>қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правительства Республики Казахстан от 12 марта 2012 года № 320 "Об утверждении размеров, источников, видов и Правил предоставления социальной помощи гражданам, которым оказывается социальная помощь".</w:t>
+        <w:t xml:space="preserve"> көзделген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z190" w:id="182"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z129" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      112. Прием пищевой продукции и продовольственного сырья осуществляют при наличии документов, удостоверяющих их качество и безопасность, с внесением данных в бракеражный журнал скоропортящейся пищевой продукции и полуфабрикатов, согласно форме 1 </w:t>
+      112. Тамақ өнімдерін және азық-түлік шикізатын қабылдауды осы Санитариялық қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>приложения 8</w:t>
+        <w:t>8-қосымшаның</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> к настоящим Санитарным Правилам.</w:t>
+        <w:t xml:space="preserve"> 1-нысанына сәйкес тамақ өнімдері мен азық-түлік шикізатының бракераж журналына деректерді енгізе отырып, олардың сапасы және қауіпсіздігін куәландыратын құжаттары болған жағдайда жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z191" w:id="183"/>
+    <w:bookmarkEnd w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Документы, удостоверяющие качество и безопасность пищевой продукции, хранятся в пищеблоке объектов.</w:t>
+      Тамақ өнімінің сапасы мен қауіпсіздігін куәландыратын құжаттар объектілердің ас блогында сақталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z192" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Сроки годности и условия хранения пищевой продукции соответствуют срокам годности, установленным производителем (изготовителем).</w:t>
+      Тамақ өнімдерінің жарамдылық мерзімдері және оларды сақтау шарттары өндіруші (дайындаушы) белгілеген жарамдылық мерзімдеріне сәйкес келеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z193" w:id="185"/>
+    <w:bookmarkStart w:name="z130" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      113. В целях профилактики гиповитаминозов и повышения неспецифического иммунитета проводят искусственную витаминизацию охлажденных напитков (компот, кисель) витамином "С". Суточная норма потребления составляет для детей до 2-х лет – 30 мг, старше 2-х лет – 50 мг.</w:t>
+      113. Гиповитаминоздың алдын алу және ерекше емес иммунитетті арттыру мақсатында салқындатылған сусындарды (компот, кисель) жасанды "С" витаминімен витаминдеуді жүргізеді. Тәуліктік тұтыну нормасы 2 жасқа дейінгі балалар үшін – 30 мг, 2 жастан асқан балалар үшін – 50 мг құрайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z194" w:id="186"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z131" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      114. Витаминизацию компотов проводят после их охлаждения до температуры не более +15 °С, перед их реализацией, в кисели раствор витамина "С" вводят при его охлаждении до температуры от +30 до +35 °С с последующим перемешиванием и охлаждением до температуры реализации. Витаминизацию витамином "С" проводят из расчета 35 % средней суточной потребности с внесением данных в журнал "С-витаминизации" согласно </w:t>
+      114. Компоттарды витаминдеу оларды өткізу алдында +15 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>форме 2</w:t>
+        <w:t xml:space="preserve">С-тан аспайтын температураға дейін салқындатқаннан кейін жүргізіледі, кисельге "С" витаминінің ерітіндісін оны +30 +35 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> приложения 8 к настоящим Санитарным правилам.</w:t>
+        <w:t xml:space="preserve">С температураға дейін салқындатқан кезде, кейіннен араластырып және өткізу температурасына дейін салқындата отырып қосады. "С" витаминімен витаминдеу осы Санитариялық қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-қосымшаның</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-нысанына сәйкес "С-витаминдеу" журналына деректерді енгізе отырып, тәуліктік орташа қажеттіліктің 35 %-ы есебінен жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z195" w:id="187"/>
+    <w:bookmarkEnd w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Витаминизированные блюда не подогреваются.</w:t>
+      Витаминделген тағамдар жылытылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z196" w:id="188"/>
+    <w:bookmarkStart w:name="z132" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      115. На объектах не допускается:</w:t>
+      115. Объектілерде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z197" w:id="189"/>
+    <w:bookmarkEnd w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) изготовление и реализация:</w:t>
+      1) мыналарды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z198" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      простокваши, творога и кефир;</w:t>
+      ұйыған сүт, сүзбе мен айранды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z199" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      фаршированных блинчиков;</w:t>
+      туралған ет қосылған құймақтарды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z200" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      макарон по-флотски;</w:t>
+      флотша макаронды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z201" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      зельцев, форшмаков, студней, паштетов;</w:t>
+      зельцтерді, форшмактарды, сілікпелерді, паштеттерді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z202" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      кондитерских изделий с кремом;</w:t>
+      кремі бар кондитерлік бұйымдарды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z203" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      кондитерских изделий и сладостей (шоколад, конфеты, печенье, халва, мармелад, пастила) в потребительских упаковках;</w:t>
+      тұтыну қаптамасындағы кондитерлік бұйымдар мен тәттілерді (шоколад, кәмпит, печенье, халва, мармелад, пастила);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z204" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      морсов, квасов;</w:t>
+      морстар, квастарды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z205" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      жареных во фритюре изделий;</w:t>
+      фритюрде қуырылған бұйымдарды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z206" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      яиц всмятку, яичницы-глазуньи;</w:t>
+      шала пісірілген жұмыртқаны, қуырылған жұмыртқаны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z207" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      сложных (более четырех компонентов) салатов; салатов, заправленных сметаной и майонезом;</w:t>
+      күрделі (4 компоненттен артық) салаттарды, қаймақ пен майонез қосылған салаттарды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z208" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      окрошки;</w:t>
+      окрошканы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z209" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      грибов;</w:t>
+      саңырауқұлақты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z210" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      пищевой продукции непромышленного (домашнего) приготовления;</w:t>
+      өнеркәсіпте дайындалмаған (үйде) тамақ өнімдерін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z211" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      первых и вторых блюд на основе сухих пищевых концентратов быстрого приготовления;</w:t>
+      тез дайындалатын құрғақ тағамдық концентраттар негізіндегі бірінші және екінші тағамдарды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z212" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      газированных, лечебных и лечебно-столовых минеральных вод, сладких безалкогольных напитков, безалкогольных энергетических (тонизирующих) напитков, соков концентрированных диффузионных (за исключением упакованных минеральных и питьевых вод);</w:t>
+      газдалған, емдік және емдік-асханалық минералдық суды, тәтті ішімдіксіз сусындарды, ішімдіксіз энергетикалық (сергітетін) сусындарды, диффузиялық қойылтылған шырындарды (қапталған минералды және ауыз судан басқа);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z213" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      фаст-фудов: гамбургеров, хот–догов, чипсов, сухариков, кириешек;</w:t>
+      фаст-фудтарды: гамбургерлер, ход-догтар, чипсілер, кептірілген нан, қытырлақ нандарды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z214" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      острых соусов, кетчупов, жгучих специй (перец, хрен, горчица);</w:t>
+      ащы тұздықтар, кетчуптар, ащы дәмдеуіштерді (бұрыш, ақшелкек, қыша) дайындауға және өткізуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z215" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) использование:</w:t>
+      2) мыналарды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z216" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      непастеризованного молока, творога и сметаны без термической обработки;</w:t>
+      пастерленбеген сүтті, термиялық өңдеусіз сүзбені және қаймақты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z217" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      яиц и мяса водоплавающих птиц;</w:t>
+      суда жүзетін құстың жұмыртқасы мен етін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z218" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      молока и молочных продуктов из хозяйств, неблагополучных по заболеваемости сельскохозяйственных животных;</w:t>
+      ауыл шаруашылығы малының сырқаттанушылығы бойынша қолайсыз шаруашылықтардың сүтін және сүт өнімдерін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z219" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      субпродуктов продуктивных животных и птицы, за исключением языка, сердца;</w:t>
+      тіл, жүректі қоспағанда өнімді мал мен құстың қосымша ет өнімдерін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z220" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      мяса продуктивных животных и мяса птицы механической обвалки;</w:t>
+      механикалық түрде еті сылынып алынған өнімді мал етін және құс етін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z221" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      коллагенсодержащего сырья из мяса птицы;</w:t>
+      құрамында коллагені бар құс етін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z222" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      продуктов убоя продуктивных животных и птицы, подвергнутых повторному замораживанию;</w:t>
+      сойылған өнімді мал мен құстың қайта мұздатылған өнімдерін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z223" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      генетически модифицированного сырья и (или) сырья, содержащего генетически модифицированные источники;</w:t>
+      генетикалық түрлендірілген шикізаттар және (немесе) генетикалық түрлендіру көздері бар шиізаттарды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z224" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      нейодированной соли и необогащенной (нефортифицированной) железосодержащими витаминами, минералами пшеничной муки высшего и первого сортов.</w:t>
+      йодталмаған тұзды және құрамында темір бар витаминдермен, минералдармен байытылмаған (фортификацияланбаған) жоғарғы және бірінші сұрыпты ұнды пайдалануға жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z225" w:id="217"/>
+    <w:bookmarkStart w:name="z133" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      116. Не допускается реализация кислородных коктейлей в качестве массовой оздоровительной процедуры.</w:t>
+      116. Жаппай сауықтыру емшаралары ретінде оттегі коктейльдерін өткізуге жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z226" w:id="218"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z134" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      117. На пищеблоке объектов медицинским работником организации или ответственным лицом ежедневно проводится органолептическая оценка качества готовых блюд с внесением записей в журнал органолептической оценки качества блюд и кулинарных изделий согласно </w:t>
+      117. Объектілердің ас блогында ұйымның медицина қызметкері немесе жауапты адамы күн сайын осы Санитариялық қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>форме 3</w:t>
+        <w:t>8-қосымшаның</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> приложения 8 к настоящим Санитарным правилам.</w:t>
+        <w:t xml:space="preserve"> 3-нысанына сәйкес тағамдар мен аспаздық бұйымдардың сапасын органолептикалық бағалау журналына жазба енгізе отырып, дайын тағамдардың сапасына органолептикалық бағалау жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z227" w:id="219"/>
+    <w:bookmarkEnd w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Периодически оценка качества питания проводится бракеражной комиссией, состав которой определяется приказом руководителя объекта с обязательным включением медицинского работника, администрации, заведующего производством и представителя родительского комитета.</w:t>
+      Тамақтану сапасын мерзімдік бағалауды бракераж комиссиясы жүргізеді, оның құрамы міндетті түрде құрамына медицина, әкімшілік, өндіріс меңгерушісі және ата-аналар комитетінің өкілі енгізіле отырып, обьекті басшысының бұйрығымен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z228" w:id="220"/>
+    <w:bookmarkStart w:name="z135" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      118. Ежедневно на пищеблоке объектов повар оставляет суточную пробу готовой продукции. Пробы отбирают в чистую (обработанную кипячением) стеклянную посуду с крышкой (гарниры отбирают в отдельную посуду) в полном объеме и хранят в специально отведенном месте холодильника при температуре от +2 0С до +6 0С. Суточную пробу хранят не менее двадцати четырех часов до замены приготовленным на следующий день или после выходных дней блюдом (независимо от количества выходных дней) завтрака, обеда, полдника или ужина соответственно.</w:t>
+      118. Объектілердің ас блогында күн сайын аспазшы дайын өнімнің тәуліктік сынамасын қалдырады. Сынамаларды қақпағы бар таза (қайнатылып өңделген) шыны ыдысқа (гарнирді бөлек ыдысқа салады) толық көлемде алады және +2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>С-тан +6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>С-қа дейінгі температурада тоңазытқышта арнайы бөлінген орында сақтайды. Тәуліктік сынама келесі күні немесе демалыстан кейінгі (демалыс күндерінің санына қарамастан) күні дайындалған таңғы ас, түскі ас, бесін немесе кешкі ас тағамымен ауыстырылғанға дейін кемінде жиырма төрт сағат сақталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z229" w:id="221"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z136" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 8. Требования к производственному контролю, условиям труда и бытовому обслуживанию персонала</w:t>
+        <w:t xml:space="preserve"> 8-тарау. Өндірістік бақылауға, персоналдың еңбек және тұрмыстық қызмет көрсету жағдайларына қойылатын талаптар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z230" w:id="222"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z137" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      119. На объектах организуется и проводится производственный контроль в соответствии с требованиями документов нормирования.</w:t>
+      119. Объектілерде нормалау құжаттарының талаптарына сәйкес өндірістік бақылау ұйымдастырылады және жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z231" w:id="223"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z138" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      120. На объектах создаются условия для соблюдения правил личной гигиены.</w:t>
+      120. Объектілерде жеке гигиена қағидаларын сақтау үшін жағдайлар жасалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z232" w:id="224"/>
+    <w:bookmarkEnd w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Для мытья рук устанавливают умывальные раковины с подводкой к ним горячей и холодной воды, со средствами для мытья и сушки рук.</w:t>
+      Қол жуу үшін ыстық және салқын су келтірілген, қолды жууға және кептіруге арналған құралдары бар жуынатын раковиналар орнатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z233" w:id="225"/>
+    <w:bookmarkStart w:name="z139" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      121. На объектах обслуживающий персонал (помощники воспитателей, технический персонал), работники пищеблока обеспечиваются специальной одеждой не менее двух комплектов (костюм или халат, косынки, колпак, фартук), сменной обувью.</w:t>
+      121. Объектілерде қызмет көрсететін персонал (тәрбиешілердің көмекшілері, техникалық персонал), ас блогының жұмыскерлері кемінде 2 жиынтығы бар арнайы киіммен (костюм немесе халат, орамал, қалпақ, алжапқыш), ауыстыратын аяқкиіммен қамтамасыз етіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z234" w:id="226"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z140" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      122. Работники объектов соблюдают личную и производственную гигиену, при выходе из объекта и перед посещением туалета снимают специальную одежду, моют руки с мылом перед началом работы и после посещения туалета, а также после каждого перерыва в работе и соприкосновения с загрязненными предметами.</w:t>
+      122. Объектілердің қызметкерлері жеке және өндірістік гигиенаны сақтайды, объектіден шығар кезде және дәретханаға барар алдында арнайы киімді шешеді, жұмысты бастар алдында және дәретханаға барғаннан кейін, сондай-ақ жұмыстағы әрбір үзілістен соң және ластанған заттармен жанасқаннан кейін қолды сабынмен жуады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z235" w:id="227"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z141" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      123. Работники пищеблока соблюдают следующие правила личной гигиены:</w:t>
+      123. Ас блогының жұмыскерлері мынадай жеке гигиена қағидаларын сақтайды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z236" w:id="228"/>
+    <w:bookmarkEnd w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) перед началом работы верхнюю одежду убирают в шкаф, тщательно моют руки с мылом;</w:t>
+      1) жұмыс басталар алдында сырт киімді шкафқа салады, қолдарын сабынмен мұқият жуады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z237" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) работают в чистой специальной одежде, подбирают волосы под косынку или колпак;</w:t>
+      2) таза арнайы киімде жұмыс істейді, шаштарын орамалдың немесе қалпақтың астына жинайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z238" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) в процессе работы снимают кольца, цепочки, часы;</w:t>
+      3) жұмыс процесінде сақина, алқа, сағатты шешіп қояды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z239" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) при выходе из пищевого блока, при посещении туалета снимают спецодежду, по возвращении в столовую тщательно моют руки горячей водой с мылом и щеткой, после чего одевают спецодежду.</w:t>
+      4) ас блогынан шығатын кезде, дәретханаға барған кезде арнайы киімді шешеді, асханаға қайтып келгенде қолды ыстық сумен, сабынмен және жөкемен мұқият жуады, содан кейін арнайы киімді киеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z240" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Не допускается иметь длинные ногти и покрывать их лаком, застегивать спецодежду булавками.</w:t>
+      Ұзын тырнақ өсіруге және оны лакпен бояуға, арнайы киімді түйреуішпен түйреуге жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z241" w:id="233"/>
+    <w:bookmarkStart w:name="z142" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      124. Лица с гнойничковыми заболеваниями кожи, нагноившимися порезами, ожогами, ссадинами, больные или носители возбудителей инфекционных заболеваний, также контактировавшие с больными или носителями не допускаются к работе до проведения соответствующего медицинского обследования и заключения врача.</w:t>
+      124. Терінің іріңді аурулары, іріңдеген кесілген жерлері, күйіктері, жаралары бар адамдар, инфекциялық аурулармен ауыратын науқастар немесе олардың қоздырғыштарын тасымалдаушылар, сондай-ақ науқастармен немесе тасымалдаушылармен байланыста болған адамдар тиісті медициналық зерттеп-қарау жүргізілгенше және дәрігердің қорытындысына дейін жұмысқа жіберілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z242" w:id="234"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z143" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      125. На объектах обслуживающий персонал и работники пищеблока проходят медицинский осмотр и гигиеническое обучение. На работу не принимаются лица без личной медицинской книжки и отметки о допуске к работе.</w:t>
+      125. Объектілерде қызмет көрсететін персонал және ас блогы жұмыскерлері медициналық тексеріп-қараудан және гигиеналық оқытудан өтеді. Жеке медициналық кітапшасы және жұмысқа жіберілгені туралы белгісі жоқ адамдар жұмысқа қабылданбайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z243" w:id="235"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z144" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 9. Санитарно-эпидемиологические требования к медицинскому обеспечению на объектах</w:t>
+        <w:t xml:space="preserve"> 9-тарау. Объектілердегі медициналық қамтамасыз етуге қойылатын санитариялық-эпидемиологиялық талаптар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z244" w:id="236"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z145" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      126. На объектах обеспечивается медицинское обслуживание детей.</w:t>
+      126. Объектілерде балаларға медициналық қызмет көрсету қамтамасыз етіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z245" w:id="237"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z146" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      127. В ДО с неполным пребыванием детей медицинские помещения не предусматриваются.</w:t>
+      127. Балалар толық емес уақыт болатын МДҰ-да медициналық үй-жай көзделмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z246" w:id="238"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z147" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      128. Ежедневно в каждой возрастной группе проводится утренний осмотр детей.</w:t>
+      128. Күн сайын әрбір жас тобында балаларды таңертеңгі тексеріп-қарау жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z247" w:id="239"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z148" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      129. Оснащение медицинских помещений принимается согласно </w:t>
+      129. Медициналық кабинеттің жабдықталуы осы Санитариялық қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>приложению 9</w:t>
+        <w:t>9-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> к настоящим Санитарным правилам.</w:t>
+        <w:t xml:space="preserve"> сәйкес қабылданады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z248" w:id="240"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z149" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      130. Дети с хроническими формами заболеваний, с факторами риска, а также выявленные в ходе профилактических медицинских осмотров и (или) перенесшие отдельные острые заболевания, подлежат диспансерному учету и наблюдению, согласно составленному плану оздоровления.</w:t>
+      130. Аурудың созылмалы түрлерімен ауыратын, тәуекел факторлары бар, сондай-ақ профилактикалық медициналық тексеріп-қарау кезінде анықталған және (немесе) жекелеген жіті аурулармен ауырған балалар құрылған сауықтыру жоспарына сәйкес диспансерлік есепке алуға және бақылауға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z249" w:id="241"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z150" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      131. Медицинский персонал проводит лечебно-профилактические и оздоровительные мероприятия, а также составляет комплексный план оздоровительных мероприятий, направленный на снижение заболеваемости и укрепление здоровья детей.</w:t>
+      131. Медицина персоналы емдеу-профилактикалық және сауықтыру іс-шараларын жүргізеді, сондай-ақ балалардың сырқаттанушылығын төмендетуге және денсаулықтарын нығайтуға бағытталған кешенді сауықтыру іс-шараларының жоспарын жасайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z250" w:id="242"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z151" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      132. При образовании медицинских отходов, которые по степени эпидемиологической опасности относятся к потенциально опасным отходам, их обезвреживают и удаляют в соответствии с требованиями документов нормирования.</w:t>
+      132. Эпидемиялық қауіптілік дәрежесі бойынша әлеуетті қауіпті қалдықтарға жататын медициналық қалдықтар түзілген жағдайда, оларды нормалау құжаттарының талаптарына сәйкес залалсыздандырады және жояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z251" w:id="243"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z152" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      133. Медицинские работники и администрация объектов:</w:t>
+      133. Объектілердің медицина қызметкерлері мен әкімшілігі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z252" w:id="244"/>
+    <w:bookmarkEnd w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) ежеквартально проводят анализ заболеваемости с последующей корректировкой планов оздоровления;</w:t>
+      1) тоқсан сайын сауықтыру жоспарларын кейіннен түзете отырып, сырқаттанушылыққа талдау жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z253" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) ежегодно планируют мероприятия по сохранению и укреплению здоровья детей, снижению среди них заболеваемости и проводят мероприятия по оздоровлению детей;</w:t>
+      2) жыл сайын балалардың денсаулығын сақтау және нығайту, олардың арасында сырқаттанушылықты төмендету бойынша іс-шараларды жоспарлайды және балаларды сауықтыру бойынша іс-шаралар жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z254" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) организуют и осуществляют своевременность диспансеризации детей, имеющих хронические заболевания;</w:t>
+      3) созылмалы ауруы бар балаларды уақтылы диспансерлеуді ұйымдастырады және бақылайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z255" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) по результатам углубленного медицинского осмотра определяют группы динамического наблюдения (группы здоровья), уровень физического развития, медицинские группы для занятий физкультурой;</w:t>
+      4) тереңдетілген медициналық тексеріп-қарау нәтижелері бойынша динамикалық бақылау тобын (денсаулық топтары), денесінің даму деңгейін, дене шынықтыру сабақтары үшін медициналық топтарды айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z256" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) проводят лечебно-оздоровительную работу (в том числе динамическое наблюдение за состоянием здоровья детей, проведение закаливания, оздоровления и другое);</w:t>
+      5) емдеу-сауықтыру жұмысын (оның ішінде балалардың денсаулық жағдайын динамикалық бақылау, шынықтыру, сауықтырудан өту және басқасы) жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z257" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) ведут статистический учет заболеваемости детей;</w:t>
+      6) балалардың сырқаттанушылығының статистикалық есебін жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z258" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      7) проводят учет за своевременным прохождением сотрудниками объектов профилактических медицинских осмотров и ежедневный контроль здоровья работников пищеблока с регистрацией данных в журнале результатов осмотра работников пищеблока, согласно </w:t>
+      7) объектілердегі қызметкерлердің профилактикалық медициналық тексеріп-қараудан уақтылы өтуін және осы Санитариялық қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>приложению 10</w:t>
+        <w:t>10-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> к настоящим Санитарным правилам;</w:t>
+        <w:t xml:space="preserve"> сәйкес ас блогы жұмыскерлерін тексеріп-қарау нәтижелері журналына деректерді тіркей отырып ас блогы жұмыскерлерінің денсаулығына күн сайын бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z259" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) ежегодно и по запросу представляют в территориальное подразделение ведомства государственного органа в сфере санитарно-эпидемиологического благополучия населения на соответствующей территории информацию по заболеваемости, проведению профилактических медицинских осмотров, распределению детей по состоянию здоровья (группы здоровья), группам физического развития, диспансерного наблюдения и проведенному оздоровлению;</w:t>
+      8) жыл сайын және сұрау салу бойынша тиісті аумақтағы халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы мемлекеттік орган ведомствосының аумақтық бөлімшесіне сырқаттанушылық, профилактикалық медициналық тексеріп-қараудан өткізу, денсаулық жағдайы бойынша балаларды бөлу (денсаулық тобы), дене тәрбиесі топтары, диспансерлік бақылау және жүргізілген сауықтыру бойынша ақпарат ұсынады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z260" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) ежедневно проводят осмотр за содержанием пищеблока, условиями и сроками хранения пищевых продуктов, технологией приготовления пищи, качеством готовой пищи.</w:t>
+      9) күн сайын ас блогының ұсталуын, тамақ өнімдерін сақтау жағдайлары мен мерзімдерін, тағамды дайындау технологиясын, дайын тағамның сапасын тексеріп-қарауды жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z261" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В ДО с полным, круглосуточным пребыванием детей и домах ребенка подекадно проводят анализ выполнения суточных норм по основным продуктам за 10 календарных дней с последующей коррекцией и ведением ведомости контроля за выполнением норм пищевой продукции, согласно </w:t>
+      Балалар толық, тәулік бойы болатын МДҰ-да және сәбилер үйлерінде он күн сайын осы Санитариялық қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>приложению 11</w:t>
+        <w:t>11-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> к настоящим Санитарным правилам.</w:t>
+        <w:t xml:space="preserve"> сәйкес оны кейіннен түзете отырып және тамақ өнімдері нормаларының орындалуын бақылау тізімдемесін жүргізе отырып, күнтізбелік 10 күнге негізгі өнімдер бойынша тәуіліктік нормалардың орындалуына талдау жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z262" w:id="254"/>
+    <w:bookmarkStart w:name="z153" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      134. Дети, поступающие в ДО, проходят медицинский осмотр и представляют паспорт здоровья и справку о состоянии здоровья, выдаваемые медицинской организацией по месту жительства.</w:t>
+      134. МДҰ-ге түсетін балалар медициналық тексеріп-қараудан өтеді және тұрғылықты жері бойынша медициналық ұйым беретін денсаулық паспорты мен денсаулық жағдайы туралы анықтама ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z263" w:id="255"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z154" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      135. Дети, отсутствующие три и более дней принимаются в ДО при наличии справки врача о состоянии здоровья.</w:t>
+      135. Үш және одан көп күн болмаған балалар МДҰ-ға дәрігердің денсаулық жағдайы туралы анықтамасы болған кезде қабылданады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z264" w:id="256"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z155" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      136. В медицинских кабинетах проводят санитарно-дезинфекционную обработку оборудования и инвентаря дезинфицирующими средствами, согласно инструкции производителя.</w:t>
+      136. Медициналық кабинеттерде жабдықтар мен мүкәммалды өндірушінің нұсқаулығына сәйкес дезинфекциялау құралдарымен санитариялық-дезинфекциялық өңдеуден өткізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z265" w:id="257"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z156" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      137. При регистрации среди детей или персонала инфекционных заболеваний, а также с профилактической целью руководством объектов, его персоналом и медицинскими работниками проводятся санитарно-противоэпидемические и санитарно-профилактические мероприятия.</w:t>
+      137. Балалар немесе персонал арасында инфекциялық аурулар тіркелген жағдайда, сондай-ақ профилактикалық мақсатта объектілердің басшылығы, оның персоналы және медицина қызметкерлері санитариялық-эпидемияға қарсы және санитариялық-профилактикалық іс-шараларды жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z266" w:id="258"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z157" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      138. На объектах ведется медицинская документация в соответствии с </w:t>
+      138. Объектілерде осы Санитариялық қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>приложением 12</w:t>
+        <w:t>12-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> к настоящим Санитарным правилам.</w:t>
+        <w:t xml:space="preserve"> сәйкес медициналық құжаттама жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z267" w:id="259"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z158" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 10. Санитарно-эпидемиологические требования к содержанию ДО вместимостью до трех групп</w:t>
+        <w:t xml:space="preserve"> 10-тарау. Сыйымдылығы үш топқа дейінгі МДҰ-ны күтіп-ұстауға қойылатын санитариялық-эпидемиологиялық талаптар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z268" w:id="260"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z159" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      139. Допускается функционирование ДО вместимостью до трех групп с минимальным набором помещений.</w:t>
+      139. Ең аз үй-жайлар жиыны бар сыйымдылығы 3 топқа дейінгі МДҰ-ның жұмыс істеуіне рұқсат етіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z269" w:id="261"/>
+    <w:bookmarkEnd w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      При отсутствии возможности выделения дополнительных площадей допускается:</w:t>
+      Қосымша алаңдар бөлу мүмкіндігі болмаған жағдайда мынаған:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z270" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) совмещение в одном помещении игровой и спальни из расчета не менее 3,0 м</w:t>
+      1) бір үй-жайда 1 балаға кемiнде 3,0 м</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> на 1 ребенка, при этом в спальной зоне устанавливаются трансформируемые (встроенные откидные, выдвижные, выкатные) кровати;</w:t>
+        <w:t xml:space="preserve"> есебінен ойын және жатын үй-жайларды біріктіруге жол беріледі, бұл ретте жатын аймағында түрлендірілетін (қайырмалы, жылжытылатын, домалатып шығарылатын) кереуеттер орнатылады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z271" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) организация общей раздевальной, оборудованной индивидуальными шкафчиками для одежды и обуви, скамейками;</w:t>
+      2) киімге және аяқкиімге арналған жеке шкафтармен, орындықтармен жабдықталған ортақ киім шешетін бөлмелерді ұйымдастыруға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z272" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) организация питания в группах без оборудования буфетных-раздаточных или в общей столовой по графику;</w:t>
+      3) буфет-тарату бөлмелерін жабдықтамай топтарда немесе кесте бойынша ортақ асханада тамақтандыруды ұйымдастыруға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z273" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) организация централизованной моечной для столовой посуды и приборов вне группы;</w:t>
+      4) топтан тыс асхана ыдыстары мен аспаптарына арналған орталықтандырылған жуу орындарын ұйымдастыруға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z274" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) в туалетных установить 1 унитаз и 1 раковину на 10 детей;</w:t>
+      5) дәретханаларда 10 балаға 1 унитаз және 1 раковина орнатуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z275" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) одна туалетная в ДО с расчетным количеством не более 30 детей;</w:t>
+      6) балалардың есептік саны 30-дан аспайтын МДҰ-да бір дәретхана бөлуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z276" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) сокращение набора помещений пищеблока и технологического оборудования, при условии обеспечения безопасности готовой продукции:</w:t>
+      7) дайын өнімдердің қауіпсіздігі қамтамасыз етілген жағдайда, ас блогындағы үй-жайлар жиынын және технологиялық жабдықтарды қысқартуға жол беріледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z277" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      приготовление пищи допускается на площадях помещений не менее 21 м</w:t>
+      тамақты аймақтарды (тарату орны, шикі өнімдерді, дайын өнімдерді өңдеуге арналған, асүй ыдыстарын жууға арналған) бөлу сақталған жағдайда кемінде 21 м</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> при соблюдении зонирования (раздаточная, для обработки сырой продукции, готовой продукции, для мытья кухонной посуды);</w:t>
+        <w:t xml:space="preserve"> болатын үй-жай алаңдарында дайындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z278" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      кладовая с выделением зон для хранения овощей и сыпучих продуктов; помещение (отведенное место) для персонала;</w:t>
+      көкөністер мен сусымалы өнімдерді сақтауға арналған аймақтар бөлінген қойма;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z279" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      для мытья сырой продукции и рук персонала устанавливаются отдельные мойки, для мытья кухонной посуды – одна мойка объемом, достаточным для полного погружения используемой посуды;</w:t>
+      персоналға арналған үй-жай (бөлінген орын);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z280" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в ДО вместимостью до трех групп размещаемых, на первых двух этажах многоквартирного жилого дома с расчетным количеством не более 30 детей приготовление пищи допускается на площадях помещений не менее 12 м</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> при соблюдении зонирования (раздаточная, для обработки сырой продукции, готовой продукции, для мытья кухонной посуды). При отсутствии кладовых для продуктов питания закуп осуществляется не более чем на неделю;</w:t>
+      шикі өнімдерді және персоналдың қолын жуу үшін бөлек жуғыштар, асүй ыдыстарын жуу үшін – пайдаланылатын ыдыстарды толық батыру үшін жеткілікті көлемдегі бір жуғыш орнатылады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z281" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      уменьшение площади помещений для приготовления пищи не более чем на 10%;</w:t>
+      көп пәтерлі тұрғын үйдің алғашқы екі қабаттарында орналастырылатын, балалардың есептік саны 30-дан аспайтын сыйымдылығы 3 топқа дейінгі МДҰ-да тамақты аймақтау (тарату орны, шикі өнімдерді, дайын өнімдерді өңдеуге арналған, асүй ыдыстарын жууға арналған) сақталған жағдайда кемінде 12 м</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болатын үй-жай алаңдарында дайындауға жол беріледі. Тамақ өнімдеріне арналған қоймалар болмаған жағдайда сатып алу бір аптадан аспайтын уақытқа жүзеге асырылады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z282" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) для хранения запасов белья складские помещения или отведенное место со шкафами;</w:t>
+      тамақ дайындауға арналған үй-жайдың алаңын 10%-дан асырмай азайтуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z283" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) использование для организации прогулок игровых площадок с ограждением на придомовой территории (допускается организация прогулок по графику);</w:t>
+      8) төсек-орын қорын сақтау үшін қойма үй-жайлары немесе шкафтары бар бөлінген орынға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z284" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10) устанавливать на прогулочной площадке сборно-разборные навесы, беседки для использования их в жаркое время года, с обеспечением безопасности их конструкции (сборки, установки) для детей.</w:t>
+      9) серуендеуді ұйымдастыру үшін үй маңындағы аумақтағы қоршалған ойын алаңын пайдалануға (кесте бойынша серуендеуді ұйымдастыруға жол беріледі);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z285" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      140. При отсутствии медицинского работника допускается осуществлять медицинское обеспечение территориальной организацией первичной медико-санитарной помощи. При этом предусматривается оборудование медицинского кабинета площадью не менее 6 м</w:t>
-[...19 lines deleted...]
-        <w:t>.</w:t>
+      10) серуендеу алаңында балалар үшін олардың конструкциясының (жинаудың, орнатудың) қауіпсіздігін қамтамасыз ете отырып, жылдың ыстық уақытында пайдалану үшін құрастырмалы қалқаларды, күркелерді орнатуға жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z286" w:id="278"/>
+    <w:bookmarkStart w:name="z160" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В ДО вместимостью до трех групп, размещенных на первых двух этажах многоквартирного жилого дома с расчетным количеством не более 30 детей – выделение отдельного рабочего места для медицинского работника.</w:t>
+      140. Медицина қызметкері болмаған кезде медициналық қамтамасыз етуді аумақтық медициналық-санитариялық алғашқы көмек ұйымының жүзеге асыруына жол беріледі. Бұл ретте ауданы кемінде 6 м</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> медициналық кабинетті жабдықтау көзделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z287" w:id="279"/>
+    <w:bookmarkEnd w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Оснащение проводится согласно оказываемых медицинских услуг.</w:t>
+      Көп пәтерлі тұрғын үйдің алғашқы екі қабаттарында орналасқан, балалардың есептік саны 30-дан аспайтын үш топқа дейінгі сыйымдылығы бар МДҰ-да медицина қызметкері үшін жеке жұмыс орнын бөлу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z288" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жарақтау көрсетілетін медициналық қызметтерге сәйкес жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z161" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 11. Санитарно-эпидемиологические требования к детским дошкольным организациям на период введения ограничительных мероприятий, в том числе карантина</w:t>
+        <w:t xml:space="preserve"> 11-тарау. Шектеу іс-шараларын, оның ішінде карантин енгізу кезеңінде мектепке дейінгі балалар ұйымдарына қойылатын санитариялық-эпидемиологиялық талаптар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z289" w:id="281"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z162" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      141. В ДО проводятся следующие противоэпидемиологические мероприятия:</w:t>
+      141. МДҰ-да мынадай эпидемияға қарсы іс-шаралар жүргізіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z290" w:id="282"/>
+    <w:bookmarkEnd w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) функционируют медицинский кабинет и изолятор (для ежедневного замера температуры, выявления симптомов заболеваний, изоляции, в случаях выявления заболевших) с обеспечением необходимым медицинским оборудованием и медикаментами (термометрами, шпателями, маски);</w:t>
+      1) қажетті медициналық жабдықтармен және дәрі-дәрмектермен (термометрлермен, қалақшалармен, маскалармен) қамтамасыз ете отырып, медициналық кабинет және изолятор (күнделікті температураны өлшеу, ауру белгілерін анықтау, оқшаулау, сырқаттанған адамдар анықталған жағдайда) жұмыс істейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z291" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) проводится еженедельный инструктаж среди сотрудников о необходимости соблюдения правил личной и (или) производственной гигиены и контроля за их неукоснительным выполнением;</w:t>
+      2) жұмыскерлер арасында жеке және (немесе) өндірістік гигиена қағидаларын сақтау және олардың мүлтіксіз орындалуын бақылау қажеттігі туралы апта сайын нұсқама жүргізіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z292" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) проводится замер температуры и контроль наличия симптомов острых респираторных инфекций (повышенная температура, кашель, насморк);</w:t>
+      3) температураны өлшеу және жіті респираторлық инфекциялар (жоғары температура, жөтел, мұрынның бітелуі) симптомдарының болуын бақылау жүргізіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z293" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) ограничение допуска сопровождающих лиц в здание детского сада;</w:t>
+      4) еріп жүрушілердің балабақша ғимаратына кіруін шектеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z294" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) прием детей со справками о состоянии здоровья от участкового педиатра (при отсутствии более 3 рабочих дней);</w:t>
+      5) учаскелік педиатрдан алған денсаулық жағдайы туралы анықтамасы бар балаларды қабылдау (3 жұмыс күнінен артық болмаған жағдайда);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z295" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) организуются специальные места для утилизации использованных масок, перчаток, салфеток, использованных при чихании и кашле;</w:t>
+      6) түшкіру және жөтелу кезінде пайдаланылған маскаларды, қолғаптарды, сулықтарды кәдеге жаратуға арналған арнайы орындар ұйымдастырылады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z296" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) назначаются ответственные лица за соблюдением санитарно-эпидемиологических требований (измерение температуры бесконтактным термометром, инструктажа персонала, своевременная смена средств индивидуальной защиты, отслеживание необходимого запаса дезинфицирующих, моющих и антисептических средств, ведение журнала проведения инструктажа, термометрии, утилизация масок, респираторов, салфеток, обработка оборудования и инвентаря, уборка помещений);</w:t>
+      7) санитариялық-эпидемиологиялық талаптардың сақталуына жауапты адамдар тағайындалады (температураны жанаспайтын термометрмен өлшеу, персоналға нұсқама беру, жеке қорғаныш құралдарын уақтылы ауыстыру, дезинфекциялау, жуу және антисептикалық құралдардың қажетті қорын қадағалау, нұсқама жүргізу журналын, термометрияны жүргізу, маскаларды, респираторларды, сулықтарды кәдеге жарату, жабдықтар мен мүкәммалды өңдеу, үй-жайларды жинау);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z297" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) при регистрации заболеваемости устанавливается карантин на группу или на ДО;</w:t>
+      8) сырқаттанушылық тіркелген кезде топқа немесе МДҰ-ға карантин белгіленеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z298" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) соблюдение масочного режима персоналом;</w:t>
+      9) персоналдың маска режимін сақтауы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z299" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10) установка диспенсеров с кожным антисептиком для персонала;</w:t>
+      10) персоналға арналған тері антисептигі бар диспенсерлерді орнату;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z300" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11) своевременное мытье рук детей (с использованием жидкого мыла) до приема пищи, после прогулки на улице, посещения санузла и в других случаях загрязнения;</w:t>
+      11) тамақ ішкенге дейін, көшеде серуендегеннен, санитариялық торапқа барғаннан кейін және басқа да ластанған жағдайларда балалардың қолын уақтылы жуу (қолды сұйық сабынмен жуу);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z301" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12) обеззараживание (кварцевание) помещений групп с последующим проветриванием не менее 1 раза в неделю с соблюдением инструкции к оборудованию;</w:t>
+      12) жабдыққа берілетін нұсқаулықты сақтай отырып, кейіннен аптасына кемінде 1 рет желдете отырып, топтардың үй-жайларын зарарсыздандыру (кварцтау);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z302" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13) сквозное проветривание при отсутствии детей в группе. Проветривание осуществляется под контролем воспитателя при обеспечении безопасности детей;</w:t>
+      13) топта балалар болмаған кезде өтпелі желдетуді қамтамасыз ету. Желдету балалардың қауіпсіздігін қамтамасыз ету кезінде тәрбиешінің бақылауымен жүзеге асырылады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z303" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14) 2-х кратная обработка дверных ручек, перил лестничных маршей, подоконников и других поверхностей с применением дезинфицирующих средств (использование дезинфицирующих средств во время отсутствия детей в групповых помещениях);</w:t>
+      14) дезинфекциялау құралдарын қолдана отырып топтарда есік тұтқаларын, баспалдақ марштарының таяныштарын, терезе алды тақтайларын, горшоктарды, сантехникалық жабдықтарды 2 рет өңдеу (топтық үй-жайларда балалар болмаған кезде дезинфекциялық құралдарды пайдалану);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z304" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15) обеспечение наличия термометров, нескончаемого запаса (не менее чем на 5 дней) дезинфицирующих и моющих средств, антисептиков, масок;</w:t>
+      15) термометрлердің және дезинфекциялау және жуу құралдарының, антисептиктердің, маскалардың шексіз қорының (кемінде 5 күн) болуын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z305" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16) соблюдение питьевого режима;</w:t>
+      16) ауыз су режимін сақтау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z306" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17) ежедневная дезинфекция помещений пищеблока, кухонной посуды, оборудования и инвентаря;</w:t>
+      17) ас блогы үй-жайын, ас үй ыдысын, жабдықты және мүкәммалды күнделікті дезинфекциялау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z307" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18) рассадка детей при приеме пищи на расстоянии не менее 1 метра;</w:t>
+      18) балаларды тамақтану кезінде кемінде 1 метр қашықтықта отырғызу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z308" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      19) обязательное заявление – согласие родителя (законного представителя) на посещения сада под личную ответственность;</w:t>
+      19) міндетті өтініш – бақшаға баруға ата-ананың (заңды өкілдің) жеке жауапкершілігі көзделген келісімі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z309" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20) соблюдение санитарно-эпидемиологических требований, установленных в нормативных правовых актах.</w:t>
+      20) нормативтік құқықтық актілерде белгіленген санитариялық-эпидемиялық талаптарды сақтау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z310" w:id="302"/>
+    <w:bookmarkStart w:name="z163" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      142. В ДО не допускаются дети и сотрудники с признаками инфекционных заболеваний (респираторными, кишечными, повышенной температурой тела).</w:t>
+      142. МДҰ-ға инфекциялық аурулар (респираторлық, ішек, дене қызуы жоғары) белгілері бар балалар мен қызметкерлерге жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z311" w:id="303"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z164" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      143. Утренний фильтр (прием) детей и контроль наличия симптомов острых респираторных инфекций среди сотрудников детского сада и детей проводится медицинским работником ДО при его наличии в штате или по договору.</w:t>
+      143. Балабақша қызметкерлері мен балалар арасында балалардың таңертеңгі сүзгісін (қабылдауын) және жіті респираторлық инфекциялар симптомдарының болуын бақылауды медицина қызметкері штатта немесе шарт бойынша болған кезде жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z312" w:id="304"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z165" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      144. В спальных помещениях расстояние между кроватями не менее 1 метра.</w:t>
+      144. Жатын үй-жайлардағы кереуеттер арасындағы қашықтық кемінде 1 метр болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z313" w:id="305"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z166" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      145. Наполняемость групп в типовых ДО определяется из расчета 3 м</w:t>
+      145. Үлгілік МДҰ-дағы топтардың толықтырылуы ойын аймағындағы 1 (бір) балаға (жатын аймақты және тамақ қабылдауды есепке алмағанда) 3 м</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> на 1 (одного) ребенка в игровой зоне (без учета спальной зоны и приема пищи), но не более 15 детей в группе.</w:t>
+        <w:t xml:space="preserve"> есебінен, бірақ топтағы 15 баладан асырмай айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z314" w:id="306"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z167" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      146. Наполняемость групп в приспособленных зданиях (игровая и спальные места совмещенные) определяется из расчета 4 м</w:t>
+      146. Бейімделген ғимараттардағы топтардың толықтырылуы (ойын және жатын орындары біріктірілген) 1 (бір) балаға 4 м</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> на 1 (одного) ребенка.</w:t>
+        <w:t xml:space="preserve"> есебінен анықталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z315" w:id="307"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z168" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      147. Наполняемость групп и требования к социальному дистанцированию изменяются в соответствии с действующими постановлениями Главного государственного санитарного врача Республики Казахстан с учетом эпидемиологической ситуации в республике и соответствующей территории в "красной" и "желтой" зонах.</w:t>
+      147. Қазақстан Республикасының Бас мемлекеттік санитариялық дәрігерінің қолданыстағы қаулыларына сәйкес топтардың толықтырылуы және әлеуметтік қашықтыққа қойылатын талаптар республикадағы "қызыл" және "сары" аймақтардағы тиісті аумақтағы эпидемиологиялық жағдайды ескере отырып өзгереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkEnd w:id="166"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7447,126 +7162,139 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1</w:t>
+              <w:t>"Мектепке дейінгі ұйымдарға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Санитарным правилам</w:t>
+              <w:t>және сәбилер үйлеріне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Санитарно-эпидемиологические</w:t>
+              <w:t>қойылатын санитариялық-</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>требования к дошкольным</w:t>
+              <w:t>эпидемиологиялық талаптар"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>организациям и домам ребенка"</w:t>
+              <w:t>санитариялық қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z317" w:id="308"/>
+    <w:bookmarkStart w:name="z170" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Лабораторно-инструментальные исследования</w:t>
+        <w:t xml:space="preserve"> Зертханалық-құрал-саймандық зерттеулер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkEnd w:id="167"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7600,3334 +7328,3409 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Таблица</w:t>
+              <w:t>Кесте</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1303"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="4290"/>
+        <w:gridCol w:w="1282"/>
+        <w:gridCol w:w="3474"/>
+        <w:gridCol w:w="3623"/>
+        <w:gridCol w:w="3921"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1303" w:type="dxa"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
-[...101 lines deleted...]
-Периодичность исследований</w:t>
+            <w:tcW w:w="3474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сынама алу орны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зертханалық зерттеулер, саны (бірлік)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зерттеу кезеңділігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1303" w:type="dxa"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="3474" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3581" w:type="dxa"/>
+            <w:tcW w:w="3623" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4290" w:type="dxa"/>
+            <w:tcW w:w="3921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1303" w:type="dxa"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="3474" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-пищеблоки</w:t>
-[...71 lines deleted...]
-в порядке текущего надзора</w:t>
+ас блоктары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+микробиологиялық зерттеулерге тамақ өнімдерінің (шикізат) сынамалары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ағымдағы қадағалау тәртібімен</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3581" w:type="dxa"/>
-[...65 lines deleted...]
-в порядке текущего надзора</w:t>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+микробиологиялық зерттеулерге алынатын дайын тағамдардың сынамалары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ағымдағы қадағалау тәртібімен</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3581" w:type="dxa"/>
-[...65 lines deleted...]
-в порядке текущего надзора (один раз в год)</w:t>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+микробиологиялық және санитариялық-химиялық зерттеулерге су сынамалары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ағымдағы қадағалау тәртібімен (жылына бір рет)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3581" w:type="dxa"/>
-[...65 lines deleted...]
-в порядке текущего надзора</w:t>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тағамдардың құнарлылығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ағымдағы қадағалау тәртібімен</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3581" w:type="dxa"/>
-[...65 lines deleted...]
-в порядке текущего надзора</w:t>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+термиялық өңдеу сапасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ағымдағы қадағалау тәртібімен</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3581" w:type="dxa"/>
-[...65 lines deleted...]
-в порядке текущего надзора</w:t>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сыртқы орта шайындылары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ағымдағы қадағалау тәртібімен</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3581" w:type="dxa"/>
-[...65 lines deleted...]
-в порядке текущего надзора</w:t>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дезинфекциялау құралдарында хлордың қалдығын айқындау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ағымдағы қадағалау тәртібімен</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3581" w:type="dxa"/>
-[...65 lines deleted...]
-в порядке текущего надзора (один раз в год)</w:t>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бактериологиялық, санитариялық-химиялық зерттеулерге жергілікті сумен жабдықтау көздерінен (орталықтандырылған, құдықтар, ұңғымалар, каптаждар) алынатын ауыз су</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ағымдағы қадағалау тәртібімен (жылына бір рет)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1303" w:type="dxa"/>
-[...143 lines deleted...]
-по эпидемиологическим показаниям</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+персоналды бактериологиялық тасымалдаушылыққа зерттеп-қарау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+эпидемиологиялық көрсетімдер бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1303" w:type="dxa"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
-[...101 lines deleted...]
-в порядке текущего надзора</w:t>
+            <w:tcW w:w="3474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ойыншықтар, үстелдер, орындықтар, төсек әбзелдері, орамалдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шайындыларды паразитологиялық зерттеуге тексеру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ағымдағы қадағалау тәртібімен</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1303" w:type="dxa"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
-[...101 lines deleted...]
-при выдаче санитарно-эпидемиологического заключения о соответствии (несоответствии) объекта, в порядке текущего надзора (один раз в год в период отопительного сезона)</w:t>
+            <w:tcW w:w="3474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+киім шешетін бөлмелер, ойын, жатын бөлмелер, музыка (спорт) залы, медициналық үй-жайлар, изолятор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+температура, ауаның салыстырмалы ылғалдылығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+объектінің сәйкестігі (сәйкес еместігі) туралы санитариялық-эпидемиологиялық қорытынды берген кезде, ағымдағы қадағалау тәртібімен (жылыту маусымы кезеңінде жылына бір рет)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1303" w:type="dxa"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
-[...101 lines deleted...]
-в порядке текущего надзора (один раз в год)</w:t>
+            <w:tcW w:w="3474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ас блогы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+желдетудің, шудың тиімділігін зерттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ағымдағы қадағалау тәртібімен (жылына бір рет)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1303" w:type="dxa"/>
-[...137 lines deleted...]
-при выдаче санитарно-эпидемиологического заключения о соответствии (несоответствии) объекта; текущего надзора</w:t>
+            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+су тарату крандары, ғимаратқа, ас блоктарына (бөлек блокта орналасқан кезде) – судың кіру және шығу орындары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+су құбырлары жүйесінен алынатын су (бактериологиялық және санитариялық-химиялық зерттеулер)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+объектінің сәйкестігі (сәйкес еместігі) туралы санитариялық-эпидемиологиялық қорытынды берген кезде, ағымдағы қадағалау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1303" w:type="dxa"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
-[...101 lines deleted...]
-при выдаче санитарно-эпидемиологического заключения о соответствии (несоответствии) объекта, в порядке текущего надзора</w:t>
+            <w:tcW w:w="3474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құдықтар, ұңғымалар, каптаждар, бұлақтар, су тарату крандары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бактериологиялық, санитариялық-химиялық зерттеулерге жергілікті сумен жабдықтау көздерінен (орталықтандырылған, құдықтар, ұңғымалар, каптаждар) алынатын ауыз су</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+объектінің сәйкестігі (сәйкес еместігі) туралы санитариялық-эпидемиологиялық қорытынды берген кезде, ағымдағы қадағалау тәртібімен</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1303" w:type="dxa"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
-[...101 lines deleted...]
-в порядке текущего надзора</w:t>
+            <w:tcW w:w="3474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ыдыстарға өлшеп-құйылған суды пайдаланатын объектілер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ыдыстарға өлшеп-құйылған ауыз су (шөлмектердегі суды қоспағанда) бактериологиялық, санитариялық-химиялық зерттеулерге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ағымдағы қадағалау тәртібімен</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1303" w:type="dxa"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
-[...101 lines deleted...]
-при выдаче санитарно-эпидемиологического заключения о соответствии (несоответствии) объекта в порядке текущего надзора</w:t>
+            <w:tcW w:w="3474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жабық жүзу бассейндері және ванналар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бактериологиялық, санитариялық-химиялық, паразитологиялық зерттеуге алынатын су сынамалары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+объектінің сәйкестігі (сәйкес еместігі) туралы санитариялық-эпидемиологиялық қорытынды берген кезде, ағымдағы қадағалау тәртібімен</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1303" w:type="dxa"/>
-[...137 lines deleted...]
-при выдаче санитарно-эпидемиологического заключения о соответствии (несоответствии) объекта в порядке текущего надзора</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+компьютерлік және</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жұмыс орнындарындағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+объектінің сәйкестігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1303" w:type="dxa"/>
-[...137 lines deleted...]
-при выдаче санитарно-эпидемиологического заключения о соответствии (несоответствии), в порядке текущего надзора</w:t>
+            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мультимедиялық сыныптар, кабинеттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+электромагниттік, электростатикалық өрістердің кернеуі, аэроиондар шоғырлану және униполярлық коэффициенті деңгейі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(сәйкес еместігі) туралы санитариялық-эпидемиологиялық қорытынды берген кезде, ағымдағы қадағалау тәртібімен</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1303" w:type="dxa"/>
-[...137 lines deleted...]
-в порядке текущего надзора</w:t>
+            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ойын үй-жайлары, оқу кабинеттері, музыка (спорт) залы, медициналық үй-жайлар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жасанды жарықтандыру деңгейі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+объектінің сәйкестігі (сәйкес еместігі) туралы санитариялық-эпидемиологиялық қорытынды берген кезде, ағымдағы қадағалау тәртібімен</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1303" w:type="dxa"/>
-[...137 lines deleted...]
-в порядке текущего надзора в период с мая по сентябрь</w:t>
+            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пешпен немесе автономды, электрсіз жылытылатын үй-жайлар, медициналық үй-жайлар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ауа ортасын зерттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ағымдағы қадағалау тәртібімен</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1303" w:type="dxa"/>
-[...137 lines deleted...]
-в порядке текущего надзора один раз в год</w:t>
+            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ойын алаңдарындағы құмды алаңқай</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+гельминттердің болуына санитариялық-микробиологиялық және паразитологиялық зерттеулерге топырақты зерттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ағымдағы қадағалау тәртібімен мамырдан қыркүйекке дейінгі кезеңде</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1303" w:type="dxa"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ойын, жатын бөлмелері, оқу кабинеттері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жиһаздар өлшемінің балалардың жасы мен бойына сәйкестігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ағымдағы қадағалау тәртібімен жылына бір рет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1282" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
-[...101 lines deleted...]
-один раз год</w:t>
+            <w:tcW w:w="3474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+балалар ассортименті тауарларын сатып алуды жүзеге асыратын білім беру ұйымдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+балалар ассортименті тауарлары (киім, аяқкиім, ойыншықтар, косметикалық құралдар, кеңсе тауарлары, ыдыстар, гигиена құралдары және басқалар)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылына бір рет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -10966,126 +10769,139 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2</w:t>
+              <w:t>"Мектепке дейінгі ұйымдарға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Санитарным правилам</w:t>
+              <w:t>және сәбилер үйлеріне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Санитарно-эпидемиологические</w:t>
+              <w:t>қойылатын санитариялық-</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>требования к дошкольным</w:t>
+              <w:t>эпидемиологиялық талаптар"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>организациям и домам ребенка"</w:t>
+              <w:t>санитариялық қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z320" w:id="309"/>
+    <w:bookmarkStart w:name="z172" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Возрастные групповые помещения дошкольных организаций и их площади</w:t>
+        <w:t xml:space="preserve"> Мектепке дейінгі ұйымдардың жас ерекшелігіне байланысты топтық үй-жайлары мен олардың аудандары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkEnd w:id="168"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11119,455 +10935,535 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Таблица</w:t>
+              <w:t>Кесте</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1308"/>
-        <w:gridCol w:w="10992"/>
+        <w:gridCol w:w="1769"/>
+        <w:gridCol w:w="10531"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1308" w:type="dxa"/>
-[...65 lines deleted...]
-из расчета не менее 0,7 м2 на 1 ребенка</w:t>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+киім шешетін орын</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10531" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балаға кемiнде 0,7 м</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> есебінен</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1308" w:type="dxa"/>
-[...65 lines deleted...]
-из расчета для групп ясельного и дошкольного возраста не менее 2,0 м2 на 1 ребенка</w:t>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ойын бөлмесi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10531" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бөбектер мен мектеп жасына дейінгі топтар үшін 1 балаға кемiнде 2,0 м</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> есебінен</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1308" w:type="dxa"/>
-[...65 lines deleted...]
-не менее 3,8 м2</w:t>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+буфет-тарату орны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10531" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемiнде 3,8 м</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1308" w:type="dxa"/>
-[...65 lines deleted...]
-из расчета для групп ясельного и дошкольного возраста не менее 1,8 м2 на 1 ребенка</w:t>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жатын бөлмесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10531" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бөбектер мен мектеп жасына дейінгі топтар үшін 1 балаға кемiнде 1,8 м</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> есебінен</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1308" w:type="dxa"/>
-[...65 lines deleted...]
-не менее 16 м2</w:t>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дәретхана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10531" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемінде 16 м</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -11606,611 +11502,624 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 3</w:t>
+              <w:t>"Мектепке дейінгі ұйымдарға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Санитарным правилам</w:t>
+              <w:t>және сәбилер үйлеріне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Санитарно-эпидемиологические</w:t>
+              <w:t>қойылатын санитариялық-</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>требования к дошкольным</w:t>
+              <w:t>эпидемиологиялық талаптар"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>организациям и домам ребенка"</w:t>
+              <w:t>санитариялық қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z323" w:id="310"/>
+    <w:bookmarkStart w:name="z174" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Количество и размер санитарных приборов</w:t>
+        <w:t xml:space="preserve"> Санитариялық аспаптардың саны мен өлшемі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkEnd w:id="169"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2852"/>
-[...8 lines deleted...]
-        <w:gridCol w:w="1176"/>
+        <w:gridCol w:w="2370"/>
+        <w:gridCol w:w="1054"/>
+        <w:gridCol w:w="865"/>
+        <w:gridCol w:w="677"/>
+        <w:gridCol w:w="677"/>
+        <w:gridCol w:w="1555"/>
+        <w:gridCol w:w="677"/>
+        <w:gridCol w:w="866"/>
+        <w:gridCol w:w="2292"/>
+        <w:gridCol w:w="1267"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2370" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Помещения</w:t>
+Үй-жайлар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Умывальники</w:t>
+Қолжуғыштар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Унитазы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1522" w:type="dxa"/>
+Унитаздар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Слив (видуар) со смесителем</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="755" w:type="dxa"/>
+Араластырғышы бар су ағызғыш (видуар)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="677" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Водоразборный кран</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="965" w:type="dxa"/>
+Су тарату краны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="866" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ванна с комбинированным смесителем</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1594" w:type="dxa"/>
+Құрама араластырғышы бар ванна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поддон душевой с сеткой на гибком шланге</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1176" w:type="dxa"/>
+Иiлгiш шлангiдегi себезгi торы бар табандық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1267" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мойка двух камерная со смесителем</w:t>
+Араластырғышы бар екi камералық жуғыш</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="964" w:type="dxa"/>
-[...137 lines deleted...]
-Для взрослых</w:t>
+            <w:tcW w:w="1054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дәретхана краны бар балаларға арналған</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Араластырғышы бар ересектерге арналған</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="677" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+балаларға арналған</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="677" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ересектерге арналған</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -12242,4508 +12151,4509 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2370" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="964" w:type="dxa"/>
+            <w:tcW w:w="1054" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="964" w:type="dxa"/>
+            <w:tcW w:w="865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="1555" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="755" w:type="dxa"/>
+            <w:tcW w:w="677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="965" w:type="dxa"/>
+            <w:tcW w:w="866" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2292" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcW w:w="1267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="964" w:type="dxa"/>
+            <w:tcW w:w="2370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+буфет-тарату орны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1054" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="964" w:type="dxa"/>
+            <w:tcW w:w="865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="1555" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="755" w:type="dxa"/>
+            <w:tcW w:w="677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="965" w:type="dxa"/>
+            <w:tcW w:w="866" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2292" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcW w:w="1267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="964" w:type="dxa"/>
+            <w:tcW w:w="2370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-2 жастағы балалар тобының дәретхасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1054" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="964" w:type="dxa"/>
+            <w:tcW w:w="865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="1555" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="755" w:type="dxa"/>
+            <w:tcW w:w="677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="965" w:type="dxa"/>
+            <w:tcW w:w="866" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 терең</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="964" w:type="dxa"/>
+            <w:tcW w:w="2370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 –6 жастағы балалар тобының дәретхасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1054" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="964" w:type="dxa"/>
+            <w:tcW w:w="865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="1555" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="755" w:type="dxa"/>
+            <w:tcW w:w="677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="965" w:type="dxa"/>
+            <w:tcW w:w="866" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 таяз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="964" w:type="dxa"/>
+            <w:tcW w:w="2370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дене шынықтыру залы жанындағы себезгі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1054" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="964" w:type="dxa"/>
+            <w:tcW w:w="865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="1555" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="755" w:type="dxa"/>
+            <w:tcW w:w="677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="965" w:type="dxa"/>
+            <w:tcW w:w="866" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2292" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcW w:w="1267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="964" w:type="dxa"/>
+            <w:tcW w:w="2370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+медициналық кабинет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1054" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="964" w:type="dxa"/>
+            <w:tcW w:w="865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="1555" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="755" w:type="dxa"/>
+            <w:tcW w:w="677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="965" w:type="dxa"/>
+            <w:tcW w:w="866" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2292" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcW w:w="1267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="964" w:type="dxa"/>
+            <w:tcW w:w="2370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+емшара кабинеті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1054" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="964" w:type="dxa"/>
+            <w:tcW w:w="865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="1555" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="755" w:type="dxa"/>
+            <w:tcW w:w="677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="965" w:type="dxa"/>
+            <w:tcW w:w="866" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2292" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcW w:w="1267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2370" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 изолятор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="964" w:type="dxa"/>
+            <w:tcW w:w="1054" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="964" w:type="dxa"/>
+            <w:tcW w:w="865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="1555" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="755" w:type="dxa"/>
+            <w:tcW w:w="677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="965" w:type="dxa"/>
+            <w:tcW w:w="866" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2292" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcW w:w="1267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="964" w:type="dxa"/>
+            <w:tcW w:w="2370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+изолятор дәретханасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1054" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="964" w:type="dxa"/>
+            <w:tcW w:w="865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="1555" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="755" w:type="dxa"/>
+            <w:tcW w:w="677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="965" w:type="dxa"/>
+            <w:tcW w:w="866" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2292" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcW w:w="1267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="964" w:type="dxa"/>
+            <w:tcW w:w="2370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+персонал дәретханасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1054" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="964" w:type="dxa"/>
+            <w:tcW w:w="865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="1555" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="755" w:type="dxa"/>
+            <w:tcW w:w="677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="965" w:type="dxa"/>
+            <w:tcW w:w="866" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2292" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcW w:w="1267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="964" w:type="dxa"/>
+            <w:tcW w:w="2370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+әйелдердің жеке гигиена бөлмесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1054" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="964" w:type="dxa"/>
+            <w:tcW w:w="865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 биде</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="1555" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="755" w:type="dxa"/>
+            <w:tcW w:w="677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="965" w:type="dxa"/>
+            <w:tcW w:w="866" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2292" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1176" w:type="dxa"/>
+            <w:tcW w:w="1267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="964" w:type="dxa"/>
+            <w:tcW w:w="2370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+персоналдың себезгi бөлмесi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1054" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="964" w:type="dxa"/>
+            <w:tcW w:w="865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcW w:w="677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1522" w:type="dxa"/>
+            <w:tcW w:w="1555" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="755" w:type="dxa"/>
+            <w:tcW w:w="677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="965" w:type="dxa"/>
+            <w:tcW w:w="866" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2292" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1176" w:type="dxa"/>
-[...29 lines deleted...]
--</w:t>
+            <w:tcW w:w="1267" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z324" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Примечание: в туалетных ДО вместимостью до трех групп предусматривается 1 унитаз и 1 раковина на 10 воспитанников.</w:t>
+      Ескертпе: сыйымдылығы үш топқа дейінгі МДҰ-да дәретханаларда 10 тәрбиеленушіге 1 унитаз және 1 раковина көзделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="311"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -16777,1748 +16687,1872 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 4</w:t>
+              <w:t>"Мектепке дейінгі ұйымдарға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Санитарным правилам</w:t>
+              <w:t>және сәбилер үйлеріне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Санитарно-эпидемиологические</w:t>
+              <w:t>қойылатын санитариялық-</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>требования к дошкольным</w:t>
+              <w:t>эпидемиологиялық талаптар"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>организациям и домам ребенка"</w:t>
+              <w:t>санитариялық қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z326" w:id="312"/>
+    <w:bookmarkStart w:name="z176" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Наполняемость специальных групп в дошкольных организациях</w:t>
+        <w:t xml:space="preserve"> Мектепке дейінгі ұйымдардағы арнаулы топтарының толықтырылуы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkEnd w:id="170"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5639"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3396"/>
+        <w:gridCol w:w="5921"/>
+        <w:gridCol w:w="3007"/>
+        <w:gridCol w:w="3372"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5639" w:type="dxa"/>
-[...101 lines deleted...]
-Дошкольный возраст (от трех лет)</w:t>
+            <w:tcW w:w="5921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балалар дамуының бұзылу түрі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3007" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ерте жас (үш жасқа дейін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мектепке дейінгі жас (үш жастан бастап)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5639" w:type="dxa"/>
+            <w:tcW w:w="5921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3265" w:type="dxa"/>
+            <w:tcW w:w="3007" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3396" w:type="dxa"/>
+            <w:tcW w:w="3372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5639" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3265" w:type="dxa"/>
+            <w:tcW w:w="5921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауыр сөйлеу кемістігі бар балалар үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3007" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3396" w:type="dxa"/>
+            <w:tcW w:w="3372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5639" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3265" w:type="dxa"/>
+            <w:tcW w:w="5921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жекелеген дыбыстарды айту фонетикалық-фонематикалық дамымаған балалар үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3007" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3396" w:type="dxa"/>
+            <w:tcW w:w="3372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5639" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3265" w:type="dxa"/>
+            <w:tcW w:w="5921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Естімейтін балалар үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3007" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3396" w:type="dxa"/>
+            <w:tcW w:w="3372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5639" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3265" w:type="dxa"/>
+            <w:tcW w:w="5921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нашар еститін балалар үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3007" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3396" w:type="dxa"/>
+            <w:tcW w:w="3372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5639" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3265" w:type="dxa"/>
+            <w:tcW w:w="5921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрмейтін балалар үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3007" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3396" w:type="dxa"/>
+            <w:tcW w:w="3372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5639" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3265" w:type="dxa"/>
+            <w:tcW w:w="5921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нашар көретін, амблиопия, қыли көзді балалар үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3007" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3396" w:type="dxa"/>
+            <w:tcW w:w="3372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5639" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3265" w:type="dxa"/>
+            <w:tcW w:w="5921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тірек-қимыл аппаратының бұзушылығы бар балалар үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3007" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3396" w:type="dxa"/>
+            <w:tcW w:w="3372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5639" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3265" w:type="dxa"/>
+            <w:tcW w:w="5921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ақыл-ой бұзушылығы бар (ақыл есі кем) балалар үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3007" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3396" w:type="dxa"/>
+            <w:tcW w:w="3372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5639" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3265" w:type="dxa"/>
+            <w:tcW w:w="5921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Психикалық дамуы тежелген балалар үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3007" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3396" w:type="dxa"/>
+            <w:tcW w:w="3372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5639" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3265" w:type="dxa"/>
+            <w:tcW w:w="5921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Күрделі ақыл-есі кем балалар үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3007" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3396" w:type="dxa"/>
-[...29 lines deleted...]
-10 8</w:t>
+            <w:tcW w:w="3372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5639" w:type="dxa"/>
-[...101 lines deleted...]
-6</w:t>
+            <w:tcW w:w="5921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Туберкулезбен ауыратын балалар үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3007" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5639" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3265" w:type="dxa"/>
+            <w:tcW w:w="5921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Күрделі кемістіктері бар (2 және одан да көп кемістіктер) балалар үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3007" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дамуында басқа да ауытқулар бар балалар үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3007" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3396" w:type="dxa"/>
+            <w:tcW w:w="3372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z327" w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Примечание: при наличии детей с расстройством аутистического спектра в сочетании с умственной отсталостью наполняемость специальных групп для детей с нарушением интеллекта (умственной отсталостью) и с задержкой психического развития уменьшается из расчета: количество детей раннего возраста – 4 ребенка; количество детей дошкольного возраста – 6 детей.</w:t>
+      Ескертпе: Ақыл-ой кемістігімен бірге аутистикалық спектрдағы бұзылыстары бар балалар болған жағдайда интеллектісінің бұзылулары (ақыл-ой кем) бар және психикалық дамуы тежелген балалар үшін арнайы топтардың толықтырылуы мына есептен азаяды: ерте жастағы балалар саны – 4 бала; мектепке дейінгі жастағы балалар саны – 6 бала.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="313"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -18552,126 +18586,139 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 5</w:t>
+              <w:t>"Мектепке дейінгі ұйымдарға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Санитарным правилам</w:t>
+              <w:t>және сәбилер үйлеріне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Санитарно-эпидемиологические</w:t>
+              <w:t>қойылатын санитариялық-</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>требования к дошкольным</w:t>
+              <w:t>эпидемиологиялық талаптар"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>организациям и домам ребенка"</w:t>
+              <w:t>санитариялық қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z329" w:id="314"/>
+    <w:bookmarkStart w:name="z178" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Маркировка и размеры мебели дошкольных организаций</w:t>
+        <w:t xml:space="preserve"> Мектепке дейінгі ұйымдар жиһазының таңбалануы және өлшемдерi</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkEnd w:id="171"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -18705,1287 +18752,1287 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Таблица 1</w:t>
+              <w:t>1-кесте</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1367"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2129"/>
+        <w:gridCol w:w="1087"/>
+        <w:gridCol w:w="5313"/>
+        <w:gridCol w:w="2798"/>
+        <w:gridCol w:w="3102"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...137 lines deleted...]
-Высота сиденья стула в см</w:t>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жиһаз тобы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5313" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балалар бойының тобы, см-мен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үстелдің биiктiгi, см-мен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3102" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орындық отырғышының биiктiгi, см-мен</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6681" w:type="dxa"/>
+            <w:tcW w:w="5313" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2123" w:type="dxa"/>
+            <w:tcW w:w="2798" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2129" w:type="dxa"/>
+            <w:tcW w:w="3102" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 А</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6681" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2123" w:type="dxa"/>
+            <w:tcW w:w="5313" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80-ге дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2798" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2129" w:type="dxa"/>
+            <w:tcW w:w="3102" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Б</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6681" w:type="dxa"/>
+            <w:tcW w:w="5313" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80 – 90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2123" w:type="dxa"/>
+            <w:tcW w:w="2798" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2129" w:type="dxa"/>
+            <w:tcW w:w="3102" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6681" w:type="dxa"/>
+            <w:tcW w:w="5313" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90 – 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2123" w:type="dxa"/>
+            <w:tcW w:w="2798" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2129" w:type="dxa"/>
+            <w:tcW w:w="3102" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Г</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6681" w:type="dxa"/>
+            <w:tcW w:w="5313" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100 – 115</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2123" w:type="dxa"/>
+            <w:tcW w:w="2798" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2129" w:type="dxa"/>
+            <w:tcW w:w="3102" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Д</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6681" w:type="dxa"/>
+            <w:tcW w:w="5313" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 115 – 130</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2123" w:type="dxa"/>
+            <w:tcW w:w="2798" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 54</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2129" w:type="dxa"/>
+            <w:tcW w:w="3102" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ж</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6681" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2123" w:type="dxa"/>
+            <w:tcW w:w="5313" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+130-дан жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2798" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2129" w:type="dxa"/>
+            <w:tcW w:w="3102" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z331" w:id="315"/>
+    <w:bookmarkStart w:name="z179" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Маркировка и размеры мебели домов ребенка</w:t>
+        <w:t xml:space="preserve"> Сәбилер үйлері жиһазының таңбалануы мен өлшемдері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkEnd w:id="172"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -20019,998 +20066,998 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Таблица 2</w:t>
+              <w:t>2-кесте</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="851"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="5116"/>
+        <w:gridCol w:w="768"/>
+        <w:gridCol w:w="3324"/>
+        <w:gridCol w:w="1976"/>
+        <w:gridCol w:w="2189"/>
+        <w:gridCol w:w="4043"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
-[...173 lines deleted...]
-6</w:t>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жиһаз тобы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балалар бойының тобы, см-мен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үстелдің биiктiгi, см-мен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2189" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орындық отырғышының биiктiгi, см-мен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4043" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балалардың бой топтары бойынша жасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
-[...173 lines deleted...]
-Возраст детей по ростовым группам</w:t>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2189" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4043" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="768" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 А</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3686" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcW w:w="3324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80-ге дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1325" w:type="dxa"/>
+            <w:tcW w:w="2189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5116" w:type="dxa"/>
-[...29 lines deleted...]
-7 мес. – 1 г. 8 мес.</w:t>
+            <w:tcW w:w="4043" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 ай - 1 жас 8 ай</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="768" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Б</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3686" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcW w:w="3324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80– 90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1325" w:type="dxa"/>
+            <w:tcW w:w="2189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5116" w:type="dxa"/>
-[...29 lines deleted...]
-1 г. 6 мес – 2 г. 8 мес</w:t>
+            <w:tcW w:w="4043" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 жас 6 ай - 2 жас 8 ай</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="768" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3686" w:type="dxa"/>
+            <w:tcW w:w="3324" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90 – 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcW w:w="1976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1325" w:type="dxa"/>
+            <w:tcW w:w="2189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5116" w:type="dxa"/>
-[...29 lines deleted...]
-2 года</w:t>
+            <w:tcW w:w="4043" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 жас</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -21049,126 +21096,139 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 6</w:t>
+              <w:t>"Мектепке дейінгі ұйымдарға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Санитарным правилам</w:t>
+              <w:t>және сәбилер үйлеріне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Санитарно-эпидемиологические</w:t>
+              <w:t>қойылатын санитариялық-</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>требования к дошкольным</w:t>
+              <w:t>эпидемиологиялық талаптар"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>организациям и домам ребенка"</w:t>
+              <w:t>санитариялық қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z334" w:id="316"/>
+    <w:bookmarkStart w:name="z181" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Таблица замены продуктов</w:t>
+        <w:t xml:space="preserve"> Өнімдерді алмастыру кестесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkEnd w:id="173"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -21202,601 +21262,601 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Таблица</w:t>
+              <w:t>кесте</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1004"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2952"/>
+        <w:gridCol w:w="954"/>
+        <w:gridCol w:w="954"/>
+        <w:gridCol w:w="2802"/>
+        <w:gridCol w:w="4786"/>
+        <w:gridCol w:w="2804"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
+            <w:tcW w:w="954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
-[...137 lines deleted...]
-Вес в граммах</w:t>
+            <w:tcW w:w="954" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алмастыруға жататын өнім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Грамға шаққандағы салмағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алмастырушы өнім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Грамға шаққандағы салмағы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
+            <w:tcW w:w="954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcW w:w="954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2951" w:type="dxa"/>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcW w:w="4786" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcW w:w="2804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
+            <w:tcW w:w="954" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcW w:w="954" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...6 lines deleted...]
-            <w:tcW w:w="2951" w:type="dxa"/>
+              <w:t xml:space="preserve">
+ Сиыр еті </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-санатты сүйегі бар кесек ет: қой еті, жылқы еті, қоян еті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21832,87 +21892,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-санатты сүйегі жоқ кесек ет: қой еті, жылқы еті, қоян еті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21948,87 +22008,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-санатты жылқы еті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22064,87 +22124,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құс еті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22180,87 +22240,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-санатты субөнімдер: бауыр, бүйрек, жүрек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22296,87 +22356,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пісірілген шұжық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22412,87 +22472,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ет консервілері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22528,87 +22588,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+балық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22644,275 +22704,275 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жартылай майлы сүзбе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 250,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
+            <w:tcW w:w="954" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcW w:w="954" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Молоко цельное</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2951" w:type="dxa"/>
+Майы алынбаған сүт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcW w:w="4786" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кефир, айран</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcW w:w="2804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22948,87 +23008,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қойылтылған стерилденген сүт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23064,87 +23124,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кілегей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23180,275 +23240,275 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+майлы сүзбе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
+            <w:tcW w:w="954" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcW w:w="954" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сметана</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2951" w:type="dxa"/>
+Қаймақ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кілегей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23484,275 +23544,275 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сүт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 667,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
+            <w:tcW w:w="954" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcW w:w="954" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Творог</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2951" w:type="dxa"/>
+Сүзбе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сүт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23788,87 +23848,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ірімшік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23904,87 +23964,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcW w:w="4786" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 брынза</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcW w:w="2804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24020,87 +24080,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қаймақ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24136,275 +24196,275 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кілегей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 66,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
+            <w:tcW w:w="954" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcW w:w="954" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сыр</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2951" w:type="dxa"/>
+Ірімшік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сиырдың сары майы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24440,87 +24500,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қаймақ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24556,87 +24616,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сүзбе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24672,87 +24732,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcW w:w="4786" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 брынза</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcW w:w="2804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24788,87 +24848,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сүт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24904,275 +24964,275 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...65 lines deleted...]
-3 шт.</w:t>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жұмыртқа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
+            <w:tcW w:w="954" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcW w:w="954" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Яйца</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2951" w:type="dxa"/>
+Жұмыртқа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 шт.</w:t>
-[...41 lines deleted...]
-            <w:tcW w:w="2952" w:type="dxa"/>
+1 дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ірімшік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25208,87 +25268,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қаймақ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25324,275 +25384,275 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сүзбе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
+            <w:tcW w:w="954" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcW w:w="954" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Рыба обезглавленная</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2951" w:type="dxa"/>
+Басы алынған балық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25628,87 +25688,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тұздалған майшабақ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25744,87 +25804,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+балықтың жон еті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25860,87 +25920,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сүзбе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25976,275 +26036,275 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ірімшік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
+            <w:tcW w:w="954" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcW w:w="954" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Фрукты</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2951" w:type="dxa"/>
+Жемістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жеміс-жидек шырыны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26280,87 +26340,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кептірілген алма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26396,87 +26456,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кептірілген өрік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26512,87 +26572,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қара өрік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26628,87 +26688,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мейіз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26744,87 +26804,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қарбыз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26860,87 +26920,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қауын</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27009,126 +27069,139 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 7</w:t>
+              <w:t>"Мектепке дейінгі ұйымдарға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Санитарным правилам</w:t>
+              <w:t>және сәбилер үйлеріне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Санитарно-эпидемиологические</w:t>
+              <w:t>қойылатын санитариялық-</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>требования к дошкольным</w:t>
+              <w:t>эпидемиологиялық талаптар"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>организациям и домам ребенка"</w:t>
+              <w:t>санитариялық қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z337" w:id="317"/>
+    <w:bookmarkStart w:name="z183" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Масса порции в граммах в зависимости от возраста детей</w:t>
+        <w:t xml:space="preserve"> Балалардың жасына байланысты граммға шаққандағы порциялардың массасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkEnd w:id="174"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -27162,83 +27235,83 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Таблица</w:t>
+              <w:t>Кесте</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="815"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3829"/>
+        <w:gridCol w:w="846"/>
+        <w:gridCol w:w="3976"/>
+        <w:gridCol w:w="3976"/>
+        <w:gridCol w:w="3502"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="815" w:type="dxa"/>
+            <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -27264,948 +27337,948 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Вес (г)</w:t>
+Салмағы (г)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="815" w:type="dxa"/>
+            <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3828" w:type="dxa"/>
-[...101 lines deleted...]
-6 лет</w:t>
+            <w:tcW w:w="3976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-2 жастан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3-5 жастан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3502" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 жастағы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="815" w:type="dxa"/>
+            <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:tcW w:w="3976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3828" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3829" w:type="dxa"/>
+            <w:tcW w:w="3976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3502" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="815" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Таңғы ас</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 350 - 450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:tcW w:w="3976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 400 - 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3829" w:type="dxa"/>
-[...29 lines deleted...]
-500 - 550</w:t>
+            <w:tcW w:w="3502" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500-550</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="815" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түскі ас</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 400 - 550</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:tcW w:w="3976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 550 - 600</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3829" w:type="dxa"/>
-[...29 lines deleted...]
-600 - 800</w:t>
+            <w:tcW w:w="3502" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+600-800</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="815" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бесін ас</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 200 - 250</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:tcW w:w="3976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 250 - 300</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3829" w:type="dxa"/>
-[...29 lines deleted...]
-300 - 400</w:t>
+            <w:tcW w:w="3502" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+300-400</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="815" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кешкі ас</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 350 - 400</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:tcW w:w="3976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 400 - 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3829" w:type="dxa"/>
-[...29 lines deleted...]
-450 - 600</w:t>
+            <w:tcW w:w="3502" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+450-600</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -28244,126 +28317,139 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 8</w:t>
+              <w:t>"Мектепке дейінгі ұйымдарға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Санитарным правилам</w:t>
+              <w:t>және сәбилер үйлеріне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Санитарно-эпидемиологические</w:t>
+              <w:t>қойылатын санитариялық-</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>требования к дошкольным</w:t>
+              <w:t>эпидемиологиялық талаптар"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>организациям и домам ребенка"</w:t>
+              <w:t>санитариялық қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z340" w:id="318"/>
+    <w:bookmarkStart w:name="z185" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Бракеражный журнал скоропортящейся пищевой продукции и полуфабрикатов</w:t>
+        <w:t xml:space="preserve"> Тез бұзылатын тамақ өнімдері мен жартылай фабрикаттардың бракераж журналы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkEnd w:id="175"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -28397,1022 +28483,1020 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма 1</w:t>
+              <w:t>1-нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1846"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="713"/>
+        <w:gridCol w:w="1561"/>
+        <w:gridCol w:w="514"/>
+        <w:gridCol w:w="2513"/>
+        <w:gridCol w:w="1561"/>
+        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="2133"/>
+        <w:gridCol w:w="1942"/>
+        <w:gridCol w:w="658"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1846" w:type="dxa"/>
-[...281 lines deleted...]
-Примечание *</w:t>
+            <w:tcW w:w="1561" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Азық-түлік шикізаты мен тамақ өнімдерінің түскен күні мен сағаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тамақ өнімдерінің атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түскен азық-түлік шикізаты мен тамақ өнімдерінің саны (килограммен, литрмен, данамен алғанда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1561" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түскен азық-түлік шикізаты мен тамақ өнімдерін органолептикалық бағалау нәтижелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Азық-түлік шикізаты мен тамақ өнімдерін өткізудің соңғы мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Күндер бойынша азық-түлік шикізаты мен тамақ өнімдерін іс жүзінде өткізу күні мен сағаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1942" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жауапты адам-ның Т.А.Ә. (бар болса) қолы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="658" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ескертпе *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1846" w:type="dxa"/>
+            <w:tcW w:w="1561" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="557" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2517" w:type="dxa"/>
+            <w:tcW w:w="2513" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1486" w:type="dxa"/>
+            <w:tcW w:w="1561" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1331" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1951" w:type="dxa"/>
+            <w:tcW w:w="2133" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1899" w:type="dxa"/>
+            <w:tcW w:w="1942" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="713" w:type="dxa"/>
+            <w:tcW w:w="658" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1846" w:type="dxa"/>
+            <w:tcW w:w="1561" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="557" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2517" w:type="dxa"/>
+            <w:tcW w:w="2513" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1486" w:type="dxa"/>
+            <w:tcW w:w="1561" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1331" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1951" w:type="dxa"/>
+            <w:tcW w:w="2133" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1899" w:type="dxa"/>
+            <w:tcW w:w="1942" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="713" w:type="dxa"/>
+            <w:tcW w:w="658" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z342" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Примечание:* Указываются факты списания, возврата продуктов</w:t>
+      Ескертпе : * Өнімдерді есептен шығару, кері қайтару фактілері және басқалар көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="319"/>
-    <w:bookmarkStart w:name="z343" w:id="320"/>
+    <w:bookmarkStart w:name="z186" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Журнал "С-витаминизации"</w:t>
+        <w:t xml:space="preserve"> "С" витаминдеу журналы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkEnd w:id="176"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -29446,269 +29530,269 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма 2</w:t>
+              <w:t>2-нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2527"/>
+        <w:gridCol w:w="2978"/>
         <w:gridCol w:w="1624"/>
         <w:gridCol w:w="2076"/>
-        <w:gridCol w:w="4448"/>
+        <w:gridCol w:w="3997"/>
         <w:gridCol w:w="1625"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2527" w:type="dxa"/>
-[...29 lines deleted...]
-Дата и час приготовления блюда</w:t>
+            <w:tcW w:w="2978" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тағамның ң дайындалу күні және сағаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование блюда</w:t>
+Тағамның атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2076" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Общее количество добавленного витамина</w:t>
-[...35 lines deleted...]
-Содержание витамина "С" в одной порции</w:t>
+Қосылған витаминнің жалпы саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3997" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бір порциядағы "С" витаминінің мөлшері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1625" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Подпись ответственного лица</w:t>
+Жауапты адамның қолы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2527" w:type="dxa"/>
+            <w:tcW w:w="2978" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29772,51 +29856,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4448" w:type="dxa"/>
+            <w:tcW w:w="3997" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29849,51 +29933,51 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2527" w:type="dxa"/>
+            <w:tcW w:w="2978" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -29966,51 +30050,51 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4448" w:type="dxa"/>
+            <w:tcW w:w="3997" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -30044,68 +30128,68 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z345" w:id="321"/>
+    <w:bookmarkStart w:name="z187" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Журнал органолептической оценки качества блюд и кулинарных изделий</w:t>
+        <w:t xml:space="preserve"> Дайын тағамның және аспаздық бұйымдарды органалептикалық бағалау журналы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkEnd w:id="177"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -30139,343 +30223,343 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма 3</w:t>
+              <w:t>3-нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1715"/>
+        <w:gridCol w:w="1536"/>
         <w:gridCol w:w="1000"/>
-        <w:gridCol w:w="2073"/>
-        <w:gridCol w:w="1296"/>
+        <w:gridCol w:w="2430"/>
+        <w:gridCol w:w="1297"/>
         <w:gridCol w:w="3023"/>
-        <w:gridCol w:w="2549"/>
+        <w:gridCol w:w="2370"/>
         <w:gridCol w:w="644"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1715" w:type="dxa"/>
-[...29 lines deleted...]
-Дата, время, изготовления блюд и кулинарных изделий</w:t>
+            <w:tcW w:w="1536" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тағам мен аспаздық бұйымдарды дайындау күні және сағаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование блюд и кулинарных изделий</w:t>
-[...71 lines deleted...]
-Разрешение к реализации (время)</w:t>
+Тағамның, аспаздық бұйымның атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тағамның, аспаздық бұйымдардың дайындық дәрежесін бағалауды қоса алғанда, оларды органолептикалық бағалау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өткізуге рұқсат ету (уақыты)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3023" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ответственный исполнитель (Ф.И.О. (при его наличии), должность)</w:t>
-[...35 lines deleted...]
-Ф.И.О. (при его наличии), лица проводившего бракераж</w:t>
+Жауапты орындаушы (Т.А.Ә. (бар болған жағдайда), лауазымы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бракераж жүргізген адамның Т.А.Ә. (бар болған жағдайда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="644" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Примечание</w:t>
+Ескертпе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1715" w:type="dxa"/>
+            <w:tcW w:w="1536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30503,87 +30587,87 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2073" w:type="dxa"/>
+            <w:tcW w:w="2430" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1296" w:type="dxa"/>
+            <w:tcW w:w="1297" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30611,51 +30695,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2549" w:type="dxa"/>
+            <w:tcW w:w="2370" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30688,51 +30772,51 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1715" w:type="dxa"/>
+            <w:tcW w:w="1536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -30766,90 +30850,90 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2073" w:type="dxa"/>
+            <w:tcW w:w="2430" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1296" w:type="dxa"/>
+            <w:tcW w:w="1297" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -30883,51 +30967,51 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2549" w:type="dxa"/>
+            <w:tcW w:w="2370" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -30961,70 +31045,68 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z347" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Примечание: в графе 7 указываются наименования готовой продукции, не допущенных к реализации</w:t>
+      Ескертпе: 7-бағанда өткізуге жіберілмеген дайын өнімнің атауы көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="322"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -31058,126 +31140,139 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 9</w:t>
+              <w:t>"Мектепке дейінгі ұйымдарға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Санитарным правилам</w:t>
+              <w:t>және сәбилер үйлеріне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Санитарно-эпидемиологические</w:t>
+              <w:t>қойылатын санитариялық-</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>требования к дошкольным</w:t>
+              <w:t>эпидемиологиялық талаптар"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>организациям и домам ребенка"</w:t>
+              <w:t>санитариялық қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z349" w:id="323"/>
+    <w:bookmarkStart w:name="z189" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Оснащение медицинских помещений</w:t>
+        <w:t xml:space="preserve"> Медициналық үй-жайларды жабдықтау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkEnd w:id="178"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -31211,5043 +31306,5043 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Таблица</w:t>
+              <w:t>1-кесте</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1344"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4772"/>
+        <w:gridCol w:w="1354"/>
+        <w:gridCol w:w="6441"/>
+        <w:gridCol w:w="4505"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcW w:w="1354" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6184" w:type="dxa"/>
-[...65 lines deleted...]
-Количество</w:t>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Медициналық жабдық пен құрал-сайманның атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcW w:w="1354" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6184" w:type="dxa"/>
+            <w:tcW w:w="6441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4772" w:type="dxa"/>
+            <w:tcW w:w="4505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcW w:w="1354" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6184" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="4772" w:type="dxa"/>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жазу үстелі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcW w:w="1354" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6184" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="4772" w:type="dxa"/>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орындықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2-6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcW w:w="1354" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6184" w:type="dxa"/>
+            <w:tcW w:w="6441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кушетка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4772" w:type="dxa"/>
+            <w:tcW w:w="4505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcW w:w="1354" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6184" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="4772" w:type="dxa"/>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кеңсе шкафы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1-3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcW w:w="1354" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6184" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="4772" w:type="dxa"/>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Медициналық шкаф</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcW w:w="1354" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6184" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="4772" w:type="dxa"/>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Керме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcW w:w="1354" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6184" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="4772" w:type="dxa"/>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әйнек қақпағы бар медициналық шағын үстел</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcW w:w="1354" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6184" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="4772" w:type="dxa"/>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тоңазытқыш (вакциналарға және дәрі-дәрмектерге арналған)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcW w:w="1354" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6184" w:type="dxa"/>
+            <w:tcW w:w="6441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тонометр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4772" w:type="dxa"/>
+            <w:tcW w:w="4505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcW w:w="1354" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6184" w:type="dxa"/>
+            <w:tcW w:w="6441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Фонендоскоп</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4772" w:type="dxa"/>
+            <w:tcW w:w="4505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcW w:w="1354" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6184" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="4772" w:type="dxa"/>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бактерицидті шам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcW w:w="1354" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6184" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="4772" w:type="dxa"/>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Медициналық таразы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcW w:w="1354" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6184" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="4772" w:type="dxa"/>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бой өлшегіш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcW w:w="1354" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6184" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="4772" w:type="dxa"/>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Вакциналарды тасымалдауға арналған термоконтейнер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcW w:w="1354" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6184" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="4772" w:type="dxa"/>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үстелге қоятын шам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcW w:w="1354" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6184" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="4772" w:type="dxa"/>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Медициналық термометрлер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20-50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcW w:w="1354" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6184" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="4772" w:type="dxa"/>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қайшы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcW w:w="1354" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6184" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="4772" w:type="dxa"/>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жуатын раковина</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcW w:w="1354" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6184" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="4772" w:type="dxa"/>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Педальды қақпағы бар шелек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcW w:w="1354" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6184" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="4772" w:type="dxa"/>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Вакциналардың қалдықтарын жоюға арналған ыдыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcW w:w="1354" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6184" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="4772" w:type="dxa"/>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Медициналық халаттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcW w:w="1354" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6184" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="4772" w:type="dxa"/>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қалпақтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcW w:w="1354" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6184" w:type="dxa"/>
-[...65 lines deleted...]
-постоянно в наличии</w:t>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бір рет қолданылатын жаймалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+үнемі болады</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcW w:w="1354" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6184" w:type="dxa"/>
-[...65 lines deleted...]
-постоянно в наличии</w:t>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бір рет қолданылатын орамалдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+үнемі болады</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcW w:w="1354" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6184" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="4772" w:type="dxa"/>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жинауға арналған қоңыр түсті халаттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcW w:w="1354" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6184" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="4772" w:type="dxa"/>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бір рет қолданылатын бетперделер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10-30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcW w:w="1354" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6184" w:type="dxa"/>
-[...65 lines deleted...]
-расчет от набора помещений</w:t>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жинау мүкәммалы: шелек, швабра, шүберек, шүберек сақтайтын ыдыс, қолғаптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+үй-жай жиынына қарай есептеледі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcW w:w="1354" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6184" w:type="dxa"/>
-[...65 lines deleted...]
-по мере необходимости</w:t>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кеңсе тауарлары (журналдар, дәптерлер, желім, қаламсап, қағазтескі, степлер, корректор, папкалар және т.б.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қажеттілігіне қарай</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcW w:w="1354" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6184" w:type="dxa"/>
-[...65 lines deleted...]
-1 штук.</w:t>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кішкентай бикс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcW w:w="1354" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6184" w:type="dxa"/>
-[...65 lines deleted...]
-1 штук.</w:t>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үлкен бикс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcW w:w="1354" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6184" w:type="dxa"/>
-[...65 lines deleted...]
-4-6 штук.</w:t>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Резеңке бұрау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4-6 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcW w:w="1354" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6184" w:type="dxa"/>
-[...65 lines deleted...]
-10 штук; 10 штук; 5 штук.</w:t>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2,0 5,0 10,0 инелері бар бір рет қолданылатын шрицтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 дана, 10 дана, 5 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcW w:w="1354" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6184" w:type="dxa"/>
+            <w:tcW w:w="6441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пинцет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4772" w:type="dxa"/>
-[...29 lines deleted...]
-1 штук.</w:t>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcW w:w="1354" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6184" w:type="dxa"/>
-[...65 lines deleted...]
-1-2 штук.</w:t>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Резеңке жылытқы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-2 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcW w:w="1354" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6184" w:type="dxa"/>
-[...65 lines deleted...]
-1-2 штук.</w:t>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мұзға арналған ыдыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-2 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcW w:w="1354" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6184" w:type="dxa"/>
-[...65 lines deleted...]
-5 штук.</w:t>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бүйрек тәрізді науа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcW w:w="1354" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6184" w:type="dxa"/>
-[...65 lines deleted...]
-40 штук.</w:t>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Металл қалақша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcW w:w="1354" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6184" w:type="dxa"/>
-[...65 lines deleted...]
-5 штук.</w:t>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аяқ-қолды иммобилизациялауға арналған шиналар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcW w:w="1354" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6184" w:type="dxa"/>
-[...65 lines deleted...]
-1 штук.</w:t>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кілемше</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcW w:w="1354" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6184" w:type="dxa"/>
-[...65 lines deleted...]
-1 штук</w:t>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сантиметрлік лента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcW w:w="1354" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6184" w:type="dxa"/>
-[...65 lines deleted...]
-1 штук</w:t>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көздің көргіштігін анықтауға арналған кестелер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcW w:w="1354" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6184" w:type="dxa"/>
-[...65 lines deleted...]
-постоянно в наличии</w:t>
+            <w:tcW w:w="6441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дозаторы бар сұйық сабын</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+үнемі болады</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -36286,126 +36381,139 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 10</w:t>
+              <w:t>"Мектепке дейінгі ұйымдарға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Санитарным правилам</w:t>
+              <w:t>және сәбилер үйлеріне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Санитарно-эпидемиологические</w:t>
+              <w:t>қойылатын санитариялық-</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>требования к дошкольным</w:t>
+              <w:t>эпидемиологиялық талаптар"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>организациям и домам ребенка"</w:t>
+              <w:t>санитариялық қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z352" w:id="324"/>
+    <w:bookmarkStart w:name="z191" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Журнал результатов осмотра работников пищеблока</w:t>
+        <w:t xml:space="preserve"> Ас блогы жұмыскерлерін тексеріп-қарау нәтижелері журналы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkEnd w:id="179"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -36439,1640 +36547,1590 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="224"/>
-[...17 lines deleted...]
-        <w:gridCol w:w="112"/>
+        <w:gridCol w:w="473"/>
+        <w:gridCol w:w="1613"/>
+        <w:gridCol w:w="473"/>
+        <w:gridCol w:w="734"/>
+        <w:gridCol w:w="473"/>
+        <w:gridCol w:w="473"/>
+        <w:gridCol w:w="473"/>
+        <w:gridCol w:w="473"/>
+        <w:gridCol w:w="473"/>
+        <w:gridCol w:w="735"/>
+        <w:gridCol w:w="735"/>
+        <w:gridCol w:w="735"/>
+        <w:gridCol w:w="735"/>
+        <w:gridCol w:w="735"/>
+        <w:gridCol w:w="735"/>
+        <w:gridCol w:w="1919"/>
+        <w:gridCol w:w="104"/>
+        <w:gridCol w:w="104"/>
+        <w:gridCol w:w="105"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="224" w:type="dxa"/>
+            <w:tcW w:w="473" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1582" w:type="dxa"/>
+            <w:tcW w:w="1613" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Фамилия, имя, отчество (при его наличии)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="224" w:type="dxa"/>
+Тегі, аты, әкесінің аты (бар болған кезде)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="473" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-должность</w:t>
+Лауазымы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="16"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Месяц / дни</w:t>
+ай / күндер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="927" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcW w:w="734" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="506" w:type="dxa"/>
+            <w:tcW w:w="473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="506" w:type="dxa"/>
+            <w:tcW w:w="473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="506" w:type="dxa"/>
+            <w:tcW w:w="473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="506" w:type="dxa"/>
+            <w:tcW w:w="473" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="506" w:type="dxa"/>
+            <w:tcW w:w="735" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="785" w:type="dxa"/>
+            <w:tcW w:w="735" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="785" w:type="dxa"/>
+            <w:tcW w:w="735" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="785" w:type="dxa"/>
+            <w:tcW w:w="735" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="785" w:type="dxa"/>
+            <w:tcW w:w="735" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="785" w:type="dxa"/>
+            <w:tcW w:w="735" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2048" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="111" w:type="dxa"/>
+            <w:tcW w:w="1919" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15… 30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="104" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="112" w:type="dxa"/>
+            <w:tcW w:w="104" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="112" w:type="dxa"/>
+            <w:tcW w:w="105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="224" w:type="dxa"/>
+            <w:tcW w:w="473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="734" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="473" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1919" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="104" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1582" w:type="dxa"/>
+            <w:tcW w:w="104" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="224" w:type="dxa"/>
+            <w:tcW w:w="105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...622 lines deleted...]
-        </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z354" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Примечание. *здоров, болен, отстранен от работы, санирован, отпуск, выходной</w:t>
+      Ескертпе: * дені сау, ауру, жұмыстан шектетілді, санация жүргізілді, еңбек демалысы, демалыс</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="325"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -38106,126 +38164,139 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 11</w:t>
+              <w:t>"Мектепке дейінгі ұйымдарға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Санитарным правилам</w:t>
+              <w:t>және сәбилер үйлеріне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Санитарно-эпидемиологические</w:t>
+              <w:t>қойылатын санитариялық-</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>требования к дошкольным</w:t>
+              <w:t>эпидемиологиялық талаптар"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>организациям и домам ребенка"</w:t>
+              <w:t>санитариялық қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z356" w:id="326"/>
+    <w:bookmarkStart w:name="z193" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ведомость контроля за выполнением норм пищевой продукции за ___ месяц ________г.</w:t>
+        <w:t xml:space="preserve"> _________ жылғы ___ айға тамақ өнімдері нормаларының орындалуын бақылау тізімдемесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkEnd w:id="180"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -38259,537 +38330,537 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма 4</w:t>
+              <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="486"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="2340"/>
+        <w:gridCol w:w="507"/>
+        <w:gridCol w:w="507"/>
+        <w:gridCol w:w="2292"/>
+        <w:gridCol w:w="507"/>
+        <w:gridCol w:w="507"/>
+        <w:gridCol w:w="507"/>
+        <w:gridCol w:w="648"/>
+        <w:gridCol w:w="787"/>
+        <w:gridCol w:w="2481"/>
+        <w:gridCol w:w="1213"/>
+        <w:gridCol w:w="2344"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcW w:w="507" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcW w:w="507" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование пищевой продукции</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2335" w:type="dxa"/>
+Тамақ өнімінің атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Норма* пищевой продукции в граммах г (брутто) на 1 человека</w:t>
+Тамақ өнімінің 1 адамға граммен алғандағы г (брутто) нормасы*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Фактически выдано пищевой продукции в брутто по дням (всего), г на одного человека</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2516" w:type="dxa"/>
+Бір адамға күндер бойынша (барлығы) бруттомен алғанда, г. іс жүзінде өнім берілді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2481" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Всего выдано пищевой продукции в брутто на 1 человека за 10 дней</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1299" w:type="dxa"/>
+10 күнде 1 адамға бруттомен алғанда алғанда барлығы тамақ өнімі берілді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1213" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-В среднем на 1 человека в день</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2340" w:type="dxa"/>
+Орташа есеппен алғанда 1 адамға күніне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2344" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Отклонение от нормы в % (+/-)</w:t>
+% (+/-)-да нормадан ауытқу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="487" w:type="dxa"/>
+            <w:tcW w:w="507" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="487" w:type="dxa"/>
+            <w:tcW w:w="507" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="487" w:type="dxa"/>
+            <w:tcW w:w="507" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcW w:w="648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ...</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="755" w:type="dxa"/>
+            <w:tcW w:w="787" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -38825,900 +38896,898 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcW w:w="507" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcW w:w="507" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcW w:w="2292" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="487" w:type="dxa"/>
+            <w:tcW w:w="507" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="487" w:type="dxa"/>
+            <w:tcW w:w="507" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="487" w:type="dxa"/>
+            <w:tcW w:w="507" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcW w:w="648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="755" w:type="dxa"/>
+            <w:tcW w:w="787" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2516" w:type="dxa"/>
+            <w:tcW w:w="2481" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1299" w:type="dxa"/>
+            <w:tcW w:w="1213" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:tcW w:w="2344" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcW w:w="507" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcW w:w="507" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcW w:w="2292" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="487" w:type="dxa"/>
+            <w:tcW w:w="507" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="487" w:type="dxa"/>
+            <w:tcW w:w="507" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="487" w:type="dxa"/>
+            <w:tcW w:w="507" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="622" w:type="dxa"/>
+            <w:tcW w:w="648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="755" w:type="dxa"/>
+            <w:tcW w:w="787" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2516" w:type="dxa"/>
+            <w:tcW w:w="2481" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1299" w:type="dxa"/>
+            <w:tcW w:w="1213" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:tcW w:w="2344" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z358" w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Примечание: _______________________________________________________</w:t>
+      Ескертпе: _______________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="327"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -39752,486 +39821,445 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 12</w:t>
+              <w:t>"Мектепке дейінгі ұйымдарға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Санитарным правилам</w:t>
+              <w:t>және сәбилер үйлеріне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Санитарно-эпидемиологические</w:t>
+              <w:t>қойылатын санитариялық-</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>требования к дошкольным</w:t>
+              <w:t>эпидемиологиялық талаптар"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>организациям и домам ребенка"</w:t>
+              <w:t>санитариялық қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z360" w:id="328"/>
+    <w:bookmarkStart w:name="z195" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Медицинская документация объектов</w:t>
+        <w:t xml:space="preserve"> Объектілердің медициналық құжаттамасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z361" w:id="329"/>
+    <w:bookmarkEnd w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Медицинской документацией являются:</w:t>
+      Медициналық құжаттама:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z362" w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) журнал учета инфекционных заболеваний;</w:t>
+      1) инфекциялық ауруларды есепке алу журналы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="330"/>
-    <w:bookmarkStart w:name="z363" w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) журнал соматической заболеваемости;</w:t>
+      2) соматикалық сырқаттанушылық журналы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="331"/>
-    <w:bookmarkStart w:name="z364" w:id="332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) журнал учета контактов с острыми инфекционными заболеваниями;</w:t>
+      3) жіті инфекциялық аурулармен байланыстарды есепке алу журналы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="332"/>
-    <w:bookmarkStart w:name="z365" w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) карта профилактических прививок;</w:t>
+      4) профилактикалық егулер картасы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="333"/>
-    <w:bookmarkStart w:name="z366" w:id="334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) журнал регистрации проб Манту;</w:t>
+      5) Манту сынамаларын тіркеу журналы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="334"/>
-    <w:bookmarkStart w:name="z367" w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) журнал регистрации детей группы риска подлежащих обследованию по пробе Манту;</w:t>
+      6) Манту сынамасы бойынша тексеруге жататын тәуекел тобындағы балаларды тіркеу журналы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="335"/>
-    <w:bookmarkStart w:name="z368" w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) журнал туберкулино-положительных лиц, подлежащих до обследованию у фтизиопедиатра;</w:t>
+      7) фтизиопедиатрда тексеруге жататын туберкулинге оң нәтижелі адамдар журналы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z369" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) журнал проведения контролируемой химиопрофилактики;</w:t>
+      8) бақыланатын химиялық профилактиканы жүргізу журналы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="337"/>
-    <w:bookmarkStart w:name="z370" w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) журнал регистрации лиц, обследованных на гельминты;</w:t>
+      9) гельминттерге тексерілген адамдарды тіркеу журналы; 10) баланың денсаулық паспорты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="338"/>
-    <w:bookmarkStart w:name="z371" w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10) паспорт здоровья ребенка;</w:t>
+      11) тәуекел тобындағы балалардың тізімі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="339"/>
-    <w:bookmarkStart w:name="z372" w:id="340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11) списки детей группы риска;</w:t>
+      12) тез бұзылатын тамақ өнімдері мен жартылай фабрикаттардың бракераж журналы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="340"/>
-    <w:bookmarkStart w:name="z373" w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12) бракеражный журнал скоропортящейся пищевой продукции и полуфабрикатов;</w:t>
+      13) ас блогы жұмыскерлерін тексеріп-қарау журналы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="341"/>
-    <w:bookmarkStart w:name="z374" w:id="342"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13) журнал результатов осмотра работников пищеблока;</w:t>
+      14) тамақтану нормаларының орындалуын бақылау тізімдемесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="342"/>
-    <w:bookmarkStart w:name="z375" w:id="343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14) ведомость контроля за выполнением норм пищевой продукции;</w:t>
+      15) тәрбиеленушілердің жеке медициналық карталары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="343"/>
-    <w:bookmarkStart w:name="z376" w:id="344"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15) индивидуальные медицинские карты воспитанников;</w:t>
+      16) тағамдар мен аспаздық бұйымдардың сапасын органолептикалық бағалау журналы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="344"/>
-    <w:bookmarkStart w:name="z377" w:id="345"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16) журнал органолептической оценки качества блюд и кулинарных изделий;</w:t>
+      17) "С" витаминдеу журналы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="345"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="346"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -40265,283 +40293,283 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение к приказу</w:t>
+              <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Министра здравоохранения</w:t>
+              <w:t>Денсаулық сақтау министрі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республики Казахстан</w:t>
+              <w:t>2021 жылғы 9 шілдедегі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 9 июля 2021 года</w:t>
+              <w:t>№ ҚР ДСМ- 59</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ ҚР ДСМ- 59</w:t>
+              <w:t>бұйрығына қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z380" w:id="347"/>
+    <w:bookmarkStart w:name="z197" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Перечень утративших силу некоторых приказов Министерства здравоохранения Республики Казахстан</w:t>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Денсаулық сақтау министрлігінің күші жойылған кейбір бұйрықтарының тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="347"/>
-    <w:bookmarkStart w:name="z381" w:id="348"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z198" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. </w:t>
+      1. "Мектепке дейінгі ұйымдарға және сәбилер үйлеріне қойылатын санитариялық-эпидемиологиялық талаптар" санитариялық қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2017 жылғы 17 тамыздағы № 615 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ</w:t>
+        <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 17 августа 2017 года № 615 "Об утверждении Санитарных правил "Санитарно-эпидемиологические требования к дошкольным организациям и домам ребенка" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 15893).</w:t>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 15893 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="348"/>
-    <w:bookmarkStart w:name="z382" w:id="349"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z199" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. </w:t>
+      2. Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2018 жылғы 3 қыркүйектегі № ҚР ДСМ-9 бұйрығымен бекітілген Қазақстан Республикасы Денсаулық сақтау министрлігінің және Қазақстан Республикасы Ұлттық экономика министрлігінің өзгерістер мен толықтыру енгізілетін кейбір бұйрықтарының тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Пункт 13</w:t>
+        <w:t>13-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Перечня некоторых приказов Министерства национальной экономики Республики Казахстан и Министерства здравоохранения Республики Казахстан, в которые вносятся изменения и дополнение, утвержденного приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 3 сентября 2018 года № ҚР ДСМ-9 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 17501).</w:t>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17501 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="349"/>
-    <w:bookmarkStart w:name="z383" w:id="350"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z200" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. </w:t>
+      3. Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 5 шiлдедегi № ҚР ДСМ-78/2020 бұйрығымен бекітілген Қазақстан Республикасы Денсаулық сақтау министрлігі мен Қазақстан Республикасы Ұлттық экономика министрлігінің өзгерістер мен толықтырулар енгізілетін кейбір бұйрықтарының тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Пункт 10</w:t>
+        <w:t>10-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Перечня некоторых приказов Министерства здравоохранения Республики Казахстан и Министерства национальной экономики Республики Казахстан, в которые вносятся изменения и дополнения, утвержденного приказом Министра здравоохранения Республики Казахстан от 5 июля 2020 года № ҚР ДСМ-78/2020 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 20935).</w:t>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 20935 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkEnd w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
+					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>