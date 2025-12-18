--- v0 (2025-10-19)
+++ v1 (2025-12-18)
@@ -1,4441 +1,6056 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
-[...4 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="918f0b8" w14:textId="918f0b8">
-[...419 lines deleted...]
-    <w:bookmarkEnd w:id="9"/>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>"Білім туралы" 2007 жылғы 27 шілдедегі Қазақстан Республикасы Заңының 5-бабының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId4" w:anchor="z1009" w:history="1">
+        <w:r w:rsidRPr="008C2D32">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>34-1) тармақшасына</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> сәйкес, "Педагог мәртебесі туралы" 2019 жылғы 27 желтоқсандағы Қазақстан Республикасы Заңының 5-бабының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="z35" w:history="1">
+        <w:r w:rsidRPr="008C2D32">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>3-тармағына</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> және 16-бабының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z66" w:history="1">
+        <w:r w:rsidRPr="008C2D32">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>1-тармағына</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> негізінде БҰЙЫРАМЫН:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Қоса беріліп отырған:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z11" w:history="1">
+        <w:r w:rsidRPr="008C2D32">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>1-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> сәйкес Педагогикалық әдеп қағидалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z62" w:history="1">
+        <w:r w:rsidRPr="008C2D32">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>2-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> сәйкес Педагогикалық әдеп жөніндегі кеңестің жұмысын ұйымдастырудың үлгілік қағидалары бекітілсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. "Педагогикалық әдеп қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрі міндетін атқарушының 2016 жылғы 8 қаңтардағы № 9 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="008C2D32">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>бұйрығының</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 13038 болып тіркелген, 2017 жылғы 1 қаңтарда Қазақстан Республикасы нормативтік құқықтық актілерінің электрондық түрдегі эталондық бақылау банкінде жарияланған) күші жойылды деп танылсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Қазақстан Республикасы Білім және ғылым министрлігінің Заң департаменті (Н.Ә. Байжанов) Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) осы бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) осы бұйрық ресми жарияланғаннан кейін оны Қазақстан Республикасы Білім және ғылым министрлігінің интернет-ресурсында орналастыруды қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Осы бұйрықтың орындалуын бақылау Қазақстан Республикасының Білім және ғылым вице-министрі Ш.Т. Кариноваға жүктелсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-[...8 lines deleted...]
-        </w:tblBorders>
+        <w:tblW w:w="13380" w:type="dxa"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8702"/>
+        <w:gridCol w:w="4678"/>
       </w:tblGrid>
-      <w:tr>
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidTr="008C2D32">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="6000" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...3 lines deleted...]
-            <w:r>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>
-[...2 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="008C2D32">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-                <w:b w:val="false"/>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:i/>
+                <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">      </w:t>
+              <w:t>      Қазақстан Республикасының</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="008C2D32">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-                <w:b w:val="false"/>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:i/>
+                <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министр образования и науки </w:t>
-[...1 lines deleted...]
-            <w:r>
               <w:br/>
-            </w:r>
-[...19 lines deleted...]
-</w:t>
+              <w:t>Білім және ғылым министрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="3225" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...3 lines deleted...]
-            <w:r>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>
-[...2 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="008C2D32">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-                <w:b w:val="false"/>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:i/>
+                <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>А. Аймагамбетов</w:t>
-            </w:r>
-[...9 lines deleted...]
-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vanish/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-[...8 lines deleted...]
-        </w:tblBorders>
+        <w:tblW w:w="13380" w:type="dxa"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7780"/>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="8420"/>
+        <w:gridCol w:w="4960"/>
       </w:tblGrid>
-      <w:tr>
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidTr="008C2D32">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C2D32">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Приложение 1 к приказу</w:t>
-[...4 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="z11"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="008C2D32">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Министра образования и науки</w:t>
+              <w:t>Қазақстан Республикасы</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="008C2D32">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Республики Казахстан</w:t>
+              <w:br/>
+              <w:t>Білім және ғылым министрінің</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="008C2D32">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>от 11 мая 2020 года  № 190</w:t>
+              <w:br/>
+              <w:t>2020 жылғы 11 мамырдағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C2D32">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>№ 190 Бұйрыққа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C2D32">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z16" w:id="10"/>
-[...1270 lines deleted...]
-    <w:bookmarkEnd w:id="71"/>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Педагогикалық әдеп қағидалары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Осы Педагогикалық әдеп қағидалары (бұдан әрі - Педагогикалық әдеп) "Білім туралы" 2007 жылғы 27 шілдедегі Қазақстан Республикасы </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="008C2D32">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Заңының</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> және "Педагог мәртебесі туралы" 2019 жылғы 27 желтоқсандағы Қазақстан Республикасы </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="008C2D32">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Заңының</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> ережелеріне сәйкес әзірленді, сондай-ақ Қазақстан Республикасының жалпыға бірдей танылған адамгершілік қағидаттары мен нормаларына негізделген.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      2. Педагогикалық әдеп білім беру ұйымдарының педагогтері басшылыққа алатын педагогикалық әдеп қағидаттары мен нормаларының жалпы жиынтығын білдіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Педагогикалық әдеп ережелерін педагогтердің білуі және сақтауы олардың кәсіби қызметі мен еңбек тәртібі сапасын бағалау өлшемшарттарының бірі болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Педагогикалық әдеп мәтіні білім беру процесінің қатысушылары үшін белгілі бір қолжетімді орында орналастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Педагогке қатысты талқылаулар және олардың негізінде қабылданған шешімдер педагогтің жазбаша келісімімен ғана жария етілуі мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2-тарау. Педагогикалық әдептің негізгі қағидаттары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Педагогикалық әдептің негізгі қағидаттары мыналар болып табылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) адалдық:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      педагогтің адалдығы олардың оқыту мен тәрбиелеу нәтижесіне, өз қызметіндегі түзетулерді жүзеге асыра білуіне, сынға және рефлексияға қабілетін дамытуға, білім алушылар мен тәрбиеленушілердің, олардың ата-аналарының (заңды өкілдерінің), әріптестерінің кез келген пікірі үшін ашықтығына жауапкершілігін білдіреді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) әділдік:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      педагогтің әділдігі оның бағалау кызметінің ашықтығын, олардың құрған білім беру ортасының айқындылығын білдіреді. Әділдік педагогке білім алушылар мен тәрбиеленушілердің, олардың ата-аналарының (заңды өкілдерінің), әріптестерінің құқығын бұзуға тыйым салады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) жеке тұлғаның абыройын және қадір-қасиетін құрметтеу:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      педагог өзінің кәсіби назарындағы объектілер болып табылатын білім алушылар мен тәрбиеленушілердің, олардың ата-аналарының (заңды өкілдерінің), адамдардың абыройы мен қадір-қасиетін құрметтейді, олармен қарым-қатынас жасауда әдепті болады. Ол баланың дамуын шынымен қалап, оған әрқашан көмектесуге дайын екендігін білдіріп, білім алушы мен тәрбиеленушінің жеке басының өсуіне ықпал ету мақсатында білім алушының жетістіктерін (жетіспеушілігін) бағалауда сыпайылықты қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Білім беру процесінің қатысушыларына қатысты күш көрсету, моральдық және психикалық қысым жасау әдістерін қолдануға жол бермейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      4) патриотизм:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      педагог өз Отаны - Қазақстан Республикасына, тарихына, дәстүрлеріне және тіліне адал және сүйіспеншілікпен қарайды. Қазақстан Республикасының мәдени және тарихи дәстүрлерін сақтайды, бұл қарым-қатынасты білім алушыларға береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) жалпы адами құндылықтарды құрметтеу және төзімділік:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Педагог жалпы адами құндылықтардың басымдылығын мойындай отырып, әрбір ұлт мәдениетінің ерекшелігіне, құндылығына және қадір-қасиетіне құрметпен қарайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Педагог ұлтаралық қатынастар мәдениетін тәрбиелейді, білім алушыларды жасына, жынысына, тіліне, ұлтына, діни көзқарасына, азаматтығына, шығу тегіне, әлеуметтік, лауазымдық және мүліктік жағдайына немесе өзге де кез келген жағдайларға қарамастан барлық ұлттар мен барлық адамдардың құқығы мен қадір-қасиетін құрметтеуге үйретеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Педагогтің толеранттылығы білім алушылар мен тәрбиеленушілерге, олардың ата-аналарына (заңды өкілдеріне) төзімділікті, олардың әлеуметтік, лауазымдық және мүліктік жағдайына, жынысына, нәсіліне, ұлтына, тіліне, дінге көзқарасына, мәдениетке, наным-сеніміне, туған жері иен тұрғылықты жеріне төзімділікті, сондай-ақ жұмыста білім алушылар мен тәрбиеленушілердің жетілмегенін түсіне және ескере білуді көздейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Педагог мектеп ұжымында сенім білдіру және құрметтеу ахуалын жасауға ықпал етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) кәсіби ынтымақтастық:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      педагог кәсіптің беделі туралы ойлайды, әріптестерінің абыройы мен қадір-қасиетін құрметтейді, мұғалімнің беделіне нұқсан келтіретін іс-әрекеттерге жол бермейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қандай да бір нысанда өз әріптестерінің сенімін теріс пайдалануға, олардың кәсіби міндеттерін атқаруына кедергі жасауға, оларға қандай да бір шығын келтіруге жол бермейді. Педагог өз әріптестерінің теориялық және әдістемелік шеберлік деңгейін арттыруға, шығармашылық қабілетін дамытуға жәрдем көрсетеді, қиын жағдайға тап болған әріптестеріне көмекке келеді. Кәсіби ынтымақтастық жалғандық пен әділетсіздікті ақтауға қызмет етпейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) үздіксіз кәсіби даму:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      педагог өзінің кәсіби шеберлігін, зияткерлік, шығармашылық және жалпы ғылыми деңгейін жетілдіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>3-тарау. Педагогикалық әдептің негізгі нормалары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7. Педагогтер қызметтік және қызметтік емес уақытта:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) педагогикалық әдептің негізгі принциптерін сақтайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) білім алушылар мен тәрбиеленушілерді жоғары адамгершілік рухына, ата-аналарына, этномәдени құндылықтарға құрмет көрсетуге, қоршаған әлемге ұқыпты қарауға тәрбиелеуге мүмкіндік жасайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) білім алушыларға Отанына - Қазақстан Республикасына құрметпен қарауды үйретеді, патриотизм рухын ұялатады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) Қазақстан Республикасы педагогінің жоғары атағының беделін түсіруге мүмкіндік туғызатын іс-әрекеттерді жасауға жол бермейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) өзінің қызметтік міндеттерін адал және сапалы орындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) өзінің кәсіби шеберлігін үздіксіз жетілдіреді, өз бетінше білім алу және өзін-өзі жетілдірумен белсенді түрде айналысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) еңбек тәртібін бұлжытпай сақтайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) білім беру ұйымының мүлкіне ұқыпты қарайды және оны жеке мақсатта пайдаланбайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) сыбайлас жемқорлықтың алдын алу бойынша шаралар қабылдайды, өзінің шыншыл, адал және әділ мінез-құлқымен үлгі болады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) қызметтік ақпараттарды пайдакүнемдік және өзге де жеке мақсаттарда пайдалануға жол бермейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11) өзі үлгі бола отырып, ұжымда тұрақты және жағымды моральдық-психологиялық жағдай қалыптастыруға мүмкіндік жасайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12) өзінің қызметтік міндеттерін орындау кезеңінде іскерлік киім үлгісін ұстанады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13) педагог мәртебесін пайдакүнемдік және өзге де жеке мақсаттарда пайдаланудан аулақ болады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      14) өз қызметінде академиялық адалдық принциптерін мүлтіксіз сақтайды, соның ішінде академиялық ортада адалдық пен өзара сыйластық қалыптастыратын негізгі институционалдық құндылық ретінде академиялық адалдықты қамтамасыз етеді, педагогтің академиялық мәдениетті қалыптастыруға ықпал ететін тәлімгер ретінде өзінің білім алушылары мен тәрбиеленушілеріне құрмет көрсету, білім беру процесіне қатысушыларды академиялық адалдықтың жоғары </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>стандарттарын алға жылжытуға және қорғауға ынталандыру және көтермелеу, педагогтің пәннің нақты саясатын, білім алушылардан күтілетін талаптарды анықтауы, білім алушылардың жауапкершілігін қамтамасыз ету және олардың академиялық адалдық қағидалары мен стандарттарын бұзғаны үшін пәрменді шаралар қабылдау, білім алушыларға білім беру, әлеуметтік және психологиялық қолдау көрсететін және академиялық әділетсіздік танытуға мүмкіндік бермейтін академиялық орта құру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      15) материалдарды БАҚ-та, оның ішінде интернет-басылымдарда жариялайды, жеке тұлға ретінде өз атынан ғана көпшілік алдында сөйлейді, бұл ретте педагогтің жоғары атағына нұқсан келтірмей, пікірталасты дұрыс түрде жүргізуді қамтамасыз етеді, мемлекеттің лауазымды тұлғаларының атына сындарлы емес сыннан және әдепсіз пікірден тартынады, жариялауға рұқсат етілмеген қызметтік ақпаратты ашпайды, қоғамда педагогтің жоғары атағына нұқсан келтірмейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      16) білім беру ұйымының атынан бұқаралық сөз сөйлеулер, БАҚ жарияланымдары осы ұйымның басшысымен келісіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      17) әлеуметтік желілерде тексерілмеген және (немесе) дәйексіз және (немесе) әдепсіз ақпаратты таратпайды, қоғамда педагогтің жоғары атағын нығайтуға ықпал етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      18) білім және ғылым саласындағы мемлекеттік саясатты іске асыруға ықпал етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      19) білім алушы мен тәрбиеленушінің жетістіктерінің (жетістікке жетпеуінің), оның әлеуметтік жағдайының, ата-анасының (заңды өкілдерінің) жұмыс орнының құпиялылығын қамтамасыз етеді және бұл мәліметтер қәмелетке толмаған білім алушы мен тәрбиеленушінің ата-аналарының (заңды өкілдерінің) немесе қәмелетке толған білім алушы мен тәрбиеленушінің жазба келісімімен ғана жария етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8. Білім беру процесіне қатысушылармен қарым-қатынас жасауда педагогтер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) жасына, жынысына, ұлтына, діни сеніміне, азаматтығына, шығу тегіне, әлеуметтік, лауазымдық және мүліктік жағдайларына немесе кез келген өзге де мән-жайларға қарамастан адамның құқығын, абыройы мен қадір-қасиетін құрметтейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) білім беру процесіне қатысушыларға есімін атап, құрметті және мәдени түрде, сондай-ақ жалпы қабылданған моральдық-этикалық нормаларды сақтай отырып жүгінеді, білім беру процесіне қатысушылардың аты-жөнін жазуда және айтуда ерікті түрде бұрмалау фактілеріне жол бермейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      3) білім беру процесіне қатысушыларға қатысты қаржылық және өзге де бопсалау фактілеріне жол бермейді, өз әріптестерінің тарапынан осындай әрекеттердің жолын кесуге күш салады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) өз іс-әрекетімен қоғам тарапынан дәлелді сындарға жол бермейді, оған сабырлылықпен қарайды, өзінің кәсіби қызметіндегі кемшіліктерді жою және оны жақсарту үшін сындарлы сынды пайдаланады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) білім беру процесінің қатысушыларына кәсіби қолдау көрсетеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) педагогикалық әдептің бұзылуына шағым жасаған адамдарды кемсітпейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9. Әріптестермен қарым-қатынас жасауда педагогтер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) жалпы қабылданған моральдық-әдептілік нормаларын, сыпайылық пен биязылықты сақтайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) басқа педагогтің кәсіби біліктілігіне көпшілік алдында күмән келтірмейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) дәйексіз және дәлелсіз шағымдардан бас тартады, педагогикалық әдіптің бұзылғанына шағым жасаған адамға қарсы жауап шараларын қабылдамайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10. Педагогикалық этиканы бұзғаны үшін педагогтер Қазақстан Республикасының заңнамасына сәйкес жауапкершілікке тартылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11. Педагогикалық әдепті сақтау мониторингі Қазақстан Республикасының заңнамасында белгіленген тәртіппен білім беру ұйымдарының тиісті Педагогикалық әдеп жөніндегі кеңестері жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-[...8 lines deleted...]
-        </w:tblBorders>
+        <w:tblW w:w="13380" w:type="dxa"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7780"/>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="8420"/>
+        <w:gridCol w:w="4960"/>
       </w:tblGrid>
-      <w:tr>
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidTr="008C2D32">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C2D32">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Приложение 2</w:t>
-[...4 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="z62"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidRPr="008C2D32">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>к приказу</w:t>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C2D32">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Білім және ғылым министрінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C2D32">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>2020 жылғы 11 мамырдағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C2D32">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>№ 190 бұйрыққа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C2D32">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z79" w:id="72"/>
-[...1973 lines deleted...]
-      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Педагогикалық әдеп жөніндегі кеңестің жұмысын ұйымдастырудың үлгілік қағидалары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Осы Қағидалар педагогикалық әдеп жөніндегі кеңестің қызметін ұйымдастыруды анықтайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Педагогикалық әдеп жөніндегі кеңес (бұдан әрі - Кеңес) білім беру ұйымдарында құрылатын және педагогтердің педагогикалық әдепті сақтауы мәселелерін қарайтын алқалы орган болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Білім беру ұйымдарының педагогикалық әдеп жөніндегі кеңесіне педагогтердің педагогикалық әдепті сақтауы мәселелері бойынша жеке және заңды тұлғалар жүгіне алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Кеңес өз қызметін "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="008C2D32">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Білім туралы</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="008C2D32">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Педагог мәртебесі туралы</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>" Қазақстан Республикасының Заңдарына, осы Қағидаларға, өзге де нормативтік құқықтық актілерге сәйкес жүзеге асырады және объективтілік пен әділдік, әдептілік қағидаттарын басшылыққа алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2-тарау. Кеңестің негізгі міндеттері мен өкілеттіктері</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Кеңестің негізгі міндеттері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) педагогикалық әдептің бұзылу мониторингі, профилактикасы және оның алдын алу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) білім беру ұйымы ұжымының адамгершілік-психологиялық ахуалын жақсартуға, педагогикалық әдептің бұзылуына байланысты даулы жағдайларды реттеуге ықпал ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) педагогтердің жауапкершілігі туралы мәселені дұрыс қарау үшін қажетті және жеткілікті мән-жайларды жан-жақты, толық және объективті зерттеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) педагогикалық әдепті бұзуға ықпал ететін себептер мен жағдайларды қарау және олардың негізінде білім беру ұйымының басшысына ұсынымдар әзірлеу болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Кеңес өз құзыреті шегінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) өз отырыстарында педагогтер мен қаралатын мәселелерге қатысы бар тұлғаларды тыңдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) білім беру ұйымының алдында тұрған міндеттерді орындау үшін қажетті құжаттарды, материалдарды және ақпаратты сұратады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) педагогтер мен қаралып отырған мәселелерге қатысы бар адамдардан түсіндірмелер және (немесе) түсініктемелер талап етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) педагогикалық әдепті бұзу фактілеріне тексеріс жүргізу туралы білім беру ұйымының басшысына ұсыныстар енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) білім беру ұйымының басшысына еңбек тәртібін нығайту, педагогикалық әдептің бұзылуының алдын алу бойынша ұсыныстар енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      6) білім беру ұйымы басшысының қарауына педагогикалық әдепті бұзғаны үшін жауапкершілік туралы ұсыныстар енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) Кеңестің ұсынымдарын тиісті түрде қарастырмаған білім беру ұйымының лауазымды тұлғаларының жауапкершілігін қарау туралы ұсыныстармен құзыретті мемлекеттік органдарға немесе тиісті лауазымды тұлғаларға жүгінеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) тараптарды татуластыру бойынша жұмыс жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3-тарау. Кеңес қызметін ұйымдастыру</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Кеңестің өкілеттік мерзімі үш жылды құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Кеңес төрағадан, хатшыдан және Кеңестің басқа да мүшелерінен тұрады. Кеңес мүшелерінің саны тақ болуы және 7 адамнан кем болмауы тиіс (Кеңес хатшысын есептемегенде).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7. Кеңеске келесі тұлғалар кіреді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) білім басқармаларының (бөлімдерінің) өкілдері, білім беру саласында қызметін жүзеге асыратын кәсіподақтардың және (немесе) үкіметтік емес ұйымдардың және (немесе) қоғамдық бірлестіктердің өкілдері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) кемінде екі педагогог;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) құрметті демалысқа шыққан педагогтер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Білім беру ұйымының басшысы, білім беру ұйымының басқарушылық, әкімшілік, қосалқы персоналының қызметкерлері, осы білім беру ұйымының білім алушылары мен тәрбиеленушілерінің ата-аналары Кеңес құрамына оның мүшелері ретінде енгізілмейді. Бұл ретте Кеңес хатшысы ретінде білім беру ұйымының басқарушылық, әкімшілік, қосалқы персоналының қызметкерлеріне жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8. Кеңес құрамына:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) сот әрекетке қабілетсіз немесе әрекет қабілеті шектеулі деп таныған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) сот белгілі бір мерзім ішінде мемлекеттік лауазымдарды атқару құқығынан айырған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) мемлекеттік қызметке кір келтіретін тәртіптік теріс қылығы үшін жұмыстан босатылған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) бұрын сотталған немесе қылмыс жасағаны үшін қылмыстық жауаптылықтан Қазақстан Республикасы Қылмыстық-процестік кодексінің </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:anchor="z35" w:history="1">
+        <w:r w:rsidRPr="008C2D32">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>35-бабының</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бірінші </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>бөлігі 3), 4), 9), 10) және 12) тармақтарының немесе </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="z36" w:history="1">
+        <w:r w:rsidRPr="008C2D32">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>36-бабының</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> негізінде босатылған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) азаматтың қатарынан үш және одан да көп сағат ішінде дәлелді себепсіз жұмыста (қызметте) болмауы негізінде жұмыстан шығарылған жағдайларды қоспағанда, құқық қорғау органдарынан, арнаулы мемлекеттік органдар мен соттардан, әскери қызметтен теріс себептер бойынша босатылған адамдар кірмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9. Кеңес білім беру ұйымының педагогикалық кеңесінде сайланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10. Білім беру ұйымының басшысы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) Кеңесті қалыптастыру кезінде заңнама талаптарының сақталуын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) Кеңесті уақтылы сайлау үшін қажетті рәсімдерді өткізуді қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) Кеңес жұмысына жағдай жасайды және жәрдем көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11. Кеңес құрамы білім беру ұйымы басшысының бұйрығымен бекітіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12. Кеңестің төрағасы мен хатшысы бірінші отырыста Кеңес құрамынан көпшілік дауыспен сайланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13. Кеңес хатшысы Кеңестің дауыс беруіне және кеңес отырысына шығарылатын мәселелерді талқылауға қатыспайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Кеңес хатшысы Кеңестің іс қағаздарын жүргізуді қамтамасыз ететін тұлға болып табылады: мүшелер мен шақырылған адамдарды кеңес отырысының өткізілетін күні мен орны туралы хабардар ету, Кеңестің жұмыс жоспарының жобасын жасау, хаттама жүргізу және оны сақтау, өтініштер мен ұсыныстарды қабылдау, сондай-ақ Кеңестің атына келіп түсетін хаттарды тіркеу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Кеңес хатшысы Кеңес шешімдерінің орындалу мониторингін қамтамасыз етеді және олардың нәтижелері туралы кеңес мүшелеріне жеткізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      14. Кеңес төрағасы Кеңес отырыстарын шақырады және күн тәртібін белгілейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Кеңестің мүшелері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) отырыстардың күн тәртібі бойынша ұсыныстар енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) Кеңес отырыстарына материалдар мен оның шешімдерінің жобаларын дайындауға қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      3) Кеңес қарайтын мәселелерді талқылауға қатысады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Кеңестің кезектен тыс отырысы төрағаның шешімі бойынша және (немесе) білім беру ұйымы басшысының ұсынысы бойынша және (немесе) Кеңес мүшелерінің жалпы санының үштен бірінен астамының бастамасы бойынша өткізілуі мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      15. Педагогикалық әдепті сақтау туралы мәселе қаралған кезде педагогтің:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) қаралып отырған мәселе туралы ақпаратты жазбаша түрде алуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) қаралып отырған мәселе бойынша барлық материалдармен танысуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) өз құқықтары мен заңды мүдделерін Қазақстан Республикасының заңнамасында белгіленген тәртіппен жеке өзі немесе өкілі арқылы заңға қайшы келмейтін барлық тәсілдермен қорғауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) шешімді жазбаша түрде алуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) қабылданған шешімге Қазақстан Республикасының заңнамасында белгіленген тәртіппен шағым жасауға құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      16. Кеңес мүшесінің қызметі осы Қағидалардың 8-тармағында көзделген мән-жайлар туындаған жағдайда, сондай-ақ Кеңес мүшесі қайтыс болған жағдайда тоқтатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      17. Кеңестің шешімі бойынша Кеңес мүшесі оның құрамынан:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) уақытша еңбекке жарамсыздық жағдайында болған, мемлекеттік немесе қоғамдық міндеттерді орындау үшін жұмыстан босатылған, демалыста, іссапарда болған уақытты қоспағанда, Кеңес отырыстарына жыл ішінде үш реттен артық қатыспаған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) Кеңес мүшесі Кеңес құрамынан шығу туралы өтініш берген;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) педагогке қатысты талқылау мәліметтері оның жазбаша келісімінсіз жария етілген;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) осы Қағидалардың 16-тармағында көзделген;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) осы қағидалардың 19-тармағының талаптары бұзылған жағдайларда шығарылуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      18. Кеңес отырысы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      1) егер оған Кеңес мүшелерінің жалпы санының кемінде үштен екісі қатысса, заңды деп саналады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) жұмыс жоспарына сәйкес, бірақ тоқсанына бір реттен кем емес, сондай-ақ өтініштер мен шағымдардың түсуіне қарай өткізіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) Кеңестің күн тәртібі мен күні туралы қызметкерлерді, сондай-ақ мүдделі тұлғаларды Кеңес хатшысы оны өткізгенге дейін күнтізбелік 7 күннен кешіктірмей хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Кеңес мүшелері оның отырыстарына ауыстыру құқығынсыз қатысады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      19. Кеңес мүшесі, егер ол не онымен бірге тұратын жақын туыстары өзіне қатысты іс қаралатын адаммен туыстық қатынастармен байланысты болса, не аталған адамға қызметтік немесе өзге де тәуелді болса, іс бойынша талқылауға және дауыс беруге қатыса алмайды. Кеңес мүшесі тиісті іс бойынша талқыланғанға және Кеңес дауыс бергенге дейін осы мән-жайлар туралы Кеңес мүшелеріне хабарлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      20. Кеңес отырысқа қатысып отырған Кеңес мүшелері санының қарапайым көпшілік дауысымен шешім қабылдайды. Дауыстар тең болған жағдайда төрағалық етушінің дауысы шешуші болып табылады. Кеңес мүшелері дауыс беру кезінде қалыс қала алмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      21. Кеңес төрағасы болмаған жағдайда оның тапсырмасы бойынша Кеңес мүшелерінің бірі төрағаның міндеттерін атқарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      22. Кеңес отырысы хаттама түрінде ресімделеді, оған Кеңестің төрағасы мен хатшысы қол қояды. Кеңес отырысының хаттамасы - Кеңес отырысының барысын және онда қабылданған ұсынымдарды көрсететін ресми жазбаша құжат. Хаттама білім беру ұйымында сақталуы тиіс және білім беру ұйымының істер номенклатурасына енгізілуі тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      23. Қарау үшiн өзге субъектiлерден, лауазымды адамдардан ақпарат алу талап етiлмейтiн жеке және (немесе) заңды тұлғаның өтiнiшi келіп түскен күнінен бастап күнтiзбелiк он бес күн iшiнде Кеңесте қаралады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қарау үшiн өзге субъектiлерден, лауазымды адамдардан ақпарат алу талап етiлетiн жеке және (немесе) заңды тұлғаның өтiнiшi келiп түскен күнінен бастап күнтiзбелiк отыз күн iшiнде Кеңесте қаралады және ол бойынша шешiм қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Оны қараудың қорытындылары туралы өтініш берушіге отырыстың өзінде не оны Кеңестің хатшысы қарау қорытындылары бойынша дереу хабарлауы тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      24. Педагогке қатысты істі қарау:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      1) еңбекке уақытша жарамсыздық;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) демалыста немесе іссапарда болған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) мемлекеттік немесе қоғамдық міндеттерді орындау уақытында өзінің лауазымдық міндеттерін атқарудан босатылған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) даярлауда, қайта даярлауда, біліктілікті арттыру курстарында және тағылымдамада болған кезеңде тоқтатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      25. Хатшы жауапкершілікке тартылатын адамдарға Кеңес отырысының өткізілетін орны мен уақыты туралы күнтізбелік 7 күннен кешіктірмей хабарлау жөнінде шаралар қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Кеңес отырысында істі қарау, егер жауапкершілікке тартылатын адамдарға Кеңес отырысының уақыты мен орны туралы отырыс өткізілгенге дейін кемінде үш күн бұрын тиісті түрде хабарланған болса, олардың қатысуынсыз жүргізілуі мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      26. Осы Қағидаларда тиісті хабарлау деп адамды хатпен, тапсырыс хатпен немесе жеделхат арқылы хабардар ету танылады, ол өзіне немесе онымен бірге тұратын кәмелетке толған отбасы мүшелерінің біріне қолхат арқылы не хабарламаның немесе шақырудың тіркелуін қамтамасыз ететін өзге де байланыс құралдарын пайдалана отырып тапсырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      27. Отырыста педагогтің жауапкершілігі мәселесін қарау кезінде Кеңес мына мәселелерді шешеді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) педагогтің жауапкершілігін қарау үшін негіз болып табылатын нақты іс-әрекет (әрекетсіздік) орын алды ма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) бұл іс-әрекет (әрекетсіздік) әдепті бұзу болып табылады ма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) бұл әдепті бұзу педагог тарапынан жасалды ма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) педагогтің осы бұзушылықты жасауда кінәсі бар ма.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      28. Істі қарау қорытындылары бойынша Кеңес білім беру ұйымының басшысына педагогке тиісті жаза қолдануды және (немесе) қолданбауды ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      29. Кеңестің шешімі ұсынымдық сипатта болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      30. Білім беру ұйымының басшысы Кеңестің ұсынымын қарау кезінде еңбек және өзге де заңнама талаптарына сәйкес шешім қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      31. Педагогке қатысты талқылаулар және олардың негізінде қабылданған шешімдер оның жазбаша келісімімен ғана жариялануы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Кеңес хатшысы өтініш берушіге оның өтінішін заңнамада белгіленген мерзімде қарау нәтижелерін жазбаша хабарлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Бұл ретте, өтініш берушіні "Педагог мәртебесі туралы" Қазақстан Республикасы Заңының 16-бабы </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="z69" w:history="1">
+        <w:r w:rsidRPr="008C2D32">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>4-тармағының</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008C2D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> және осы Қағидалардың 31-тармағының талаптарын сақтау қажеттігі туралы хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004831FB" w:rsidRDefault="004831FB">
+      <w:bookmarkStart w:id="2" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:sectPr w:rsidR="004831FB">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+  <w:zoom w:percent="100"/>
+  <w:defaultTabStop w:val="708"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00BD389C"/>
+    <w:rsid w:val="004831FB"/>
+    <w:rsid w:val="008C2D32"/>
+    <w:rsid w:val="00BD389C"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="ru-RU"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{E7F2D175-0489-4374-AB8C-9A59EA28CEF9}"/>
+</w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
-[...9 lines deleted...]
-    <w:lsdException w:name="Table Grid" w:uiPriority="59" w:semiHidden="false" w:unhideWhenUsed="false"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="true">
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
-    <w:basedOn w:val="DocDefaults"/>
     <w:qFormat/>
-    <w:rsid w:val="004A3277"/>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
-[...3 lines deleted...]
-    <w:link w:val="Heading1Char"/>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00841CD9"/>
+    <w:rsid w:val="008C2D32"/>
     <w:pPr>
-      <w:keepNext/>
-[...39 lines deleted...]
-      <w:spacing w:before="200"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading4">
-[...18 lines deleted...]
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="true">
+  <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
-[...183 lines deleted...]
-  <w:style w:type="table" w:styleId="TableNormal" w:default="true">
+  <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
-[...2 lines deleted...]
-    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Caption">
-[...3 lines deleted...]
-    <w:uiPriority w:val="35"/>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
-    <w:rsid w:val="007109C0"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="008C2D32"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008C2D32"/>
     <w:pPr>
-      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="disclaimer">
-[...4 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008C2D32"/>
     <w:rPr>
-      <w:sz w:val="18"/>
-[...12 lines deleted...]
-      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:divs>
+    <w:div w:id="223219075">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="720056489">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
+</file>
+
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020619" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020619" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/K1400000231" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1600013038" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/K1400000231" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+  <a:themeElements>
+    <a:clrScheme name="Стандартная">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="44546A"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E7E6E6"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="5B9BD5"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="ED7D31"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="A5A5A5"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="FFC000"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4472C4"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="70AD47"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0563C1"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="954F72"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Стандартная">
+      <a:majorFont>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Стандартная">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
+</a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>13</Pages>
+  <Words>3649</Words>
+  <Characters>20804</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>173</Lines>
+  <Paragraphs>48</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company>SPecialiST RePack</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>24405</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>10</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+</cp:coreProperties>
 </file>