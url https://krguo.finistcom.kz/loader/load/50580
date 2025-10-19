--- v0 (2025-10-19)
+++ v1 (2025-10-19)
@@ -1,4878 +1,5362 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00FE7553" w:rsidRDefault="00FE7553" w:rsidP="00FE7553">
-[...3 lines deleted...]
-        <w:outlineLvl w:val="0"/>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:rStyle w:val="a4"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00FE7553">
+        <w:t>ПОСЛАНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rStyle w:val="a4"/>
         </w:rPr>
-        <w:t xml:space="preserve">Мемлекет басшысы Қасым-Жомарт Тоқаевтың Қазақстан халқына Жолдауы. </w:t>
-[...6 lines deleted...]
-        <w:outlineLvl w:val="0"/>
+        <w:t>ГЛАВЫ ГОСУДАРСТВА К.К. ТОКАЕВА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:rStyle w:val="a4"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:outlineLvl w:val="0"/>
+        <w:t>НАРОДУ КАЗАХСТАНА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rStyle w:val="a4"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00FE7553">
+        <w:t>СПРАВЕДЛИВОЕ ГОСУДАРСТВО. ЕДИНАЯ НАЦИЯ. БЛАГОПОЛУЧНОЕ ОБЩЕСТВО</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rStyle w:val="a4"/>
         </w:rPr>
-        <w:t>2022 жылғы 1 қыркүйек</w:t>
-[...5 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t>Уважаемые соотечественники!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rStyle w:val="a4"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00FE7553">
+        <w:t>Уважаемые депутаты, члены Правительства!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>В соответствии со статьей 59 Конституции Республики Казахстан объявляю третью сессию Парламента VII созыва открытой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rStyle w:val="a4"/>
         </w:rPr>
-        <w:t>Құрметті отандастар!</w:t>
-[...5 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t>Уважаемые депутаты!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Поздравляю всех с началом очередной сессии Парламента!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>В этом году наша страна вступила в новый этап развития.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>На общенациональном референдуме большинство граждан поддержало курс на политическую модернизацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Конституционная реформа стала основополагающим шагом в созидании Нового Справедливого Казахстана.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Продолжением политической модернизации должны стать структурные экономические преобразования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Нам предстоит глубинная перестройка отношений в триаде «гражданин – бизнес – государство».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>В первую очередь, государство обеспечит равенство возможностей и справедливость для всех.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Будут гарантированы высокий уровень общественных благ и поддержка социально уязвимых категорий населения, в том числе граждан с особыми потребностями. Будет создан соответствующий институт Омбудсмена при Президенте.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Государство будет всецело поддерживать экономическую свободу, но в то же время будет решительно защищать граждан при чрезмерных колебаниях рынка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Мощное развитие получит малый и средний бизнес.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Теперь обозначу конкретные направления реформ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>ПЕРВОЕ. НОВАЯ ЭКОНОМИЧЕСКАЯ ПОЛИТИКА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Системные проблемы нашей экономики хорошо известны. Это сырьевая зависимость, низкая производительность труда, недостаточный уровень инноваций, неравномерное распределение доходов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Безусловно, все это – сложные проблемы, но существуют конкретные пути их решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Это макроэкономическая стабильность, диверсификация экономики, цифровизация, развитие малого и среднего бизнеса, человеческого капитала, обеспечение верховенства закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Однако ощутимого прогресса в этих вопросах до сих пор нет. Очевидно, нужны новые подходы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Базовая цель нашей экономической политики остается неизменной – качественный и инклюзивный рост благосостояния наших граждан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Приоритетами нового экономического курса станут:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>– стимулирование частной предпринимательской инициативы, то есть отход от госкапитализма и чрезмерного вмешательства государства в экономику;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>– развитие конкуренции, то есть обеспечение равных возможностей для всех;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>– и, конечно, справедливое распределение национального дохода.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Все это предполагает решение ряда первоочередных задач.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:lastRenderedPageBreak/>
+        <w:t>Первое. Административное регулирование цен снижает инвестиционную привлекательность целых отраслей, приводит к дефициту товаров и зависимости от импорта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Поэтому предстоит поэтапно отказаться от вмешательства государства в ценообразование.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Исключение составят неконкурентные рынки – тарифы монополистов останутся под плотным контролем. Но контроль вовсе не означает давление.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Сегодня участились случаи, когда государственные органы, включая силовые, кинулись проверять бизнес и требовать снижения цен и тарифов. Подобные популистские действия надо прекращать.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Важно соблюсти баланс между необходимостью ограничения прибыли монополий и обеспечения инвестиций в инфраструктуру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>В стране изношены две трети сетей электроснабжения, 57% тепловых коммуникаций и почти половина водопроводных сетей. Эти цифры говорят сами за себя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Искусственное сдерживание тарифов чревато веерными отключениями, авариями, и, как итог, угрозой здоровью и жизни граждан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>На монопольных рынках необходимо перейти к новой тарифной политике «Тариф в обмен на инвестиции».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Показатели износа сетей и мощностей нужно сократить минимум на 15%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Тариф будет предоставляться в обмен на вложения в инфраструктуру и участие в системе государственного мониторинга для обеспечения прозрачности. Весомую часть инвестиций собственник должен внести из своих средств, а не за счет тарифа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Следует разработать действенные стимулы для внедрения инноваций, разрешить перераспределять часть затрат внутри тарифной сметы и сохранять определенную долю дохода.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Предстоит постепенно отказаться от перекрестного субсидирования тарифов, при котором цены для одних потребителей сдерживаются посредством повышенной стоимости услуг для других.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Второе. Для дальнейшей демонополизации экономики требуются институциональные решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Следует на законодательном уровне определить понятие «конгломерат».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Связанные друг с другом субъекты рынка обязаны получать разрешение на экономическую концентрацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Все их сделки должны тщательно проверяться, в том числе на признаки применения нерыночных цен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>На развитие рыночной экономики негативно влияет деятельность единых операторов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Поэтому следует отрегламентировать данный институт.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Существующих операторов нужно передать в конкурентную среду либо признать монополистами, и регулировать их деятельность в рамках специального антимонопольного права.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Третье. Устойчивый экономический рост напрямую зависит от понятной, предсказуемой налоговой политики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>В целях перезагрузки фискального регулирования в 2023 году будет подготовлен новый Налоговый кодекс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Его наиболее проблемный блок – налоговое администрирование – должен быть полностью обновлен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Предстоит также обеспечить полную цифровизацию налогового контроля, исключив любое очное взаимодействие.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Еще один приоритет – повышение эффективности налогового стимулирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Для этого следует перейти к дифференцированным налоговым ставкам в разных секторах экономики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:lastRenderedPageBreak/>
+        <w:t>Нужно внедрить механизмы снижения или освобождения от корпоративного подоходного налога с прибыли, направленной на технологическую модернизацию и научные разработки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Потребуется упростить специальные налоговые режимы с тем, чтобы минимизировать соблазны для уклонения от уплаты налогов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>В новом кодексе следует предусмотреть недопущение намеренного дробления организаций с целью снижения налоговой нагрузки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Для развития цивилизованной торговли предстоит расширить применение розничного налога с адекватными ставками и простыми процедурами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>В рамках налоговой реформы важно рассмотреть возможность введения так называемого «налога на роскошь».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Он будет взиматься при приобретении дорогостоящих объектов недвижимости, транспортных средств и не затронет средний класс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Отдельно остановлюсь на теме сборов при покупке автомашин.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Всем известна проблема с автомобилями из некоторых стран ближнего зарубежья.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Они остаются вне правового поля, создавая угрозу общественной безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Необходимо принять решительные меры для перекрытия всех нелегальных каналов ввоза машин впредь.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>При этом надо урегулировать ситуацию с такими автомобилями, ввезенными до 1 сентября текущего года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Для их легализации предлагаю применить в разовом порядке единый сбор за утилизацию и первичную регистрацию в размере, не превышающем 200-250 тысяч тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Эта мера должна коснуться автомобилей, не находящихся в розыске и прошедших таможенную «очистку».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Четвертое. Эффективная налоговая политика тесно связана с прозрачным таможенным администрированием.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Важно завершить полноценную интеграцию налоговой и таможенной информационных систем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Далее. Множество проверяющих – одна из главных причин неэффективности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Поэтому на границе необходимо внедрить механизм интегрированного таможенного контроля.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Центры таможенного оформления должны работать по принципу «одного окна».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Пятое. Нам нужно научиться жить по средствам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Модель бюджетной политики будет реформирована путем перехода от «управления бюджетом» к «управлению результатами».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Непосредственно в Бюджетном кодексе предстоит закрепить предельные нормативы, обязательные для соблюдения при планировании и исполнении бюджета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Будет прекращена практика неэффективного расходования ресурсов Национального фонда. Это крайне важно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>При этом трансферты из Нацфонда продолжатся, но исключительно на развитие критической инфраструктуры и проекты общестранового значения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Предстоит кардинально упростить бюджетные процессы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Нужно также позволить государственным органам переносить неосвоенные средства на следующий год. Это решение позволит избавиться от неэффективной практики возврата денег в бюджет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Одновременно предстоит запустить систему управления бюджетными рисками, охватывающую в том числе квазигосударственный сектор.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Мы начали передачу в регионы налоговых поступлений, данную работу нужно продолжить.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Зарекомендовавший себя проект «Бюджет народного участия» следует масштабировать на города районного значения и села.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:lastRenderedPageBreak/>
+        <w:t>При этом с вовлечением общественности должны формироваться не менее 10% расходов на ЖКХ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Для эффективной реализации обозначенных подходов необходимо принять новый Бюджетный кодекс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Шестое. Системная поддержка предпринимательства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Здесь, в первую очередь, необходимо запустить полноценное «регулирование с чистого листа». Это поручение волокитится уже два года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Вместо бесконечных корректировок сотен и тысяч подзаконных документов и инструкций следует утвердить новые компактные и понятные правила работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>В полной мере такой подход нужно реализовать с 1 января 2024 года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Далее. При оказании финансовой поддержки государство будет отдавать приоритет конкурентоспособным малым и средним предприятиям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Базовыми критериями для такой помощи станут рост фонда оплаты труда и увеличение налоговых отчислений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Параллельно будет внедрена автоматизированная система определения получателей мер господдержки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Предстоит выстроить качественно новую систему государственных закупок.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>В приоритете должно быть качество закупаемых товаров и услуг, а не минимальная цена.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Закупки государственных и квазигосударственных организаций необходимо перевести на единую платформу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Для реализации данных подходов потребуется принять новый закон «О государственных закупках».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Седьмое. Следует перейти на новую модель государственно-частного партнерства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Сегодня многие проекты ГЧП стали «кормушкой» для недобросовестных предпринимателей и чиновников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Контракты в этой сфере должны быть прозрачными и заключаться на конкурсной основе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Для повышения эффективности данного механизма нужно принять соответствующий закон.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Восьмое. Серьезной проблемой для отечественного бизнеса остается нехватка кредитных ресурсов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Недофинансирование малого и среднего бизнеса в Казахстане составляет около 42 миллиардов долларов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>При этом в банках накоплена многотриллионная ликвидность, которая фактически не работает на экономику.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Нацбанк, Агентство по финрегулированию, Правительство должны найти конкретные решения, обеспечивающие стабильное и доступное кредитование реального сектора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>С учетом сложнейшей специфики ситуации Нацбанку следует проявлять большую гибкость, я бы сказал, изобретательность. Положительные примеры за рубежом имеются.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Девятое. Земля – базовый фактор производства. Без доступа к ней ведение бизнеса невозможно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>До конца года нужно выработать действенные подходы для оперативного и прозрачного выделения предпринимателям земельных участков.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>В каждом регионе и крупном населенном пункте следует провести оценку наличия незанятых или не используемых по назначению земель.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Эта информация должна быть полностью доступна бизнесу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Уверен, указанные меры повысят конкурентоспособность не только предпринимательского класса, но и экономики в целом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>ВТОРОЕ. РАЗВИТИЕ РЕАЛЬНОГО СЕКТОРА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Прежде всего, потребуется значительно упростить законодательство и процедуры для привлечения инвестиций в разработку недр.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Нужно завершить создание единого банка данных геологической информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:lastRenderedPageBreak/>
+        <w:t>Поручаю Правительству повысить инвестиционную привлекательность индустриального сектора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>В прошлом году по моему поручению была проведена оценка эффективности всех специальных экономических зон. По ее итогам определены проблемные места и намечены новые подходы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Теперь нужно перейти к принципиально другой политике по развитию СЭЗ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Особую значимость этот вопрос приобретает в связи с релокацией в Казахстан зарубежных предприятий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>К предоставлению инвестиционных льгот для СЭЗ следует подходить дифференцированно. Главным здесь должен быть принцип: чем больше вложения, тем больше льготы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>При этом инвесторам, не подпадающим под приоритетные виды деятельности, но реализующим важные индустриальные проекты, можно выдавать земельные участки без применения налоговых и таможенных преференций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Предстоит также решить вопрос права земельной собственности на территории СЭЗ для предприятий, добросовестно выполнивших все инвестиционные обязательства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>В целом, необходима системная работа по привлечению инвестиций. Это приоритетная задача Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Далее. Как уже говорилось, государство будет последовательно снижать свое участие в экономике.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Фонд «Самрук-Казына» трансформируется в инвестора, владеющего только мажоритарным пакетом, достаточным для контроля ключевых секторов экономики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Другие активы и акции Фонда будут приватизированы, в том числе через механизм «Народное IPO».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>В качестве соинвестора «Самрук-Казына» будет участвовать только в критически значимых проектах, которые не могут быть реализованы частными инвесторами. Такие проекты будут определяться Президентом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Следующий вопрос – укрепление транзитного потенциала страны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>С учетом текущей геополитической ситуации Казахстан становится важнейшим сухопутным коридором между Азией и Европой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Нам нужно в полной мере использовать открывающиеся возможности и стать транспортно-транзитным узлом действительно мирового значения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Казахстан уже начал реализацию таких крупных проектов, как создание контейнерного хаба в Актау, развитие Транскаспийского коридора. К данной работе будут привлечены передовые логистические компании мира.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Национальная компания «Қазақстан теміржолы» будет преобразована в полноценную транзитно-логистическую корпорацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Отдельное внимание нужно уделить качеству строительства автомобильных дорог, в том числе местного значения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Несмотря на огромные бюджетные вливания, эта проблема не сходит с повестки дня.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Ранее я поручал к 2025 году довести долю местных дорог, находящихся в хорошем состоянии, до 95%. Правительству нужно взять данный вопрос под прямой контроль.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Необходимы конкретные результаты в работе по выявлению нарушений при строительстве дорог.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>До сих пор наблюдаются перебои с обеспечением битумом. Это нонсенс для крупной нефтедобывающей страны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Правительство должно окончательно решить эту проблему.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>В целом, говоря откровенно, системные провалы работы Правительства, постоянно возникающие дефициты то топлива, то сахара приводят к справедливому негодованию граждан. Это следствие неповоротливости, нерешительности кабинета министров.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Если так будет продолжаться, придется вновь принимать конкретные кадровые решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:lastRenderedPageBreak/>
+        <w:t>Далее. Важное место в структуре национальной экономики занимает строительный сектор. Он генерирует 5-6% ВВП страны, а с учетом смежных отраслей – значительно больше.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Между тем сегодня в Казахстане архитектурно-строительную деятельность регулируют свыше 2,5 тысяч различных документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Сформирована запутанная, забюрократизированная система, которая плодит коррупцию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>До сих пор используются устаревшие строительные стандарты и нормы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Поэтому поручаю Правительству принять концептуально новый документ – Градостроительный кодекс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>По каждому городу следует создать функциональные интерактивные карты земельных участков и схем коммунальных сетей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>В земельном кадастре карты участков промышленного назначения нужно дополнить актуальными схемами транспортной и коммунальной инфраструктуры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Одной из ключевых остается проблема развития сельского хозяйства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Состояние отрасли напрямую влияет на продовольственную безопасность страны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Предстоит решить стратегическую задачу увеличения объемов производства и повышения добавленной стоимости отечественной сельхозпродукции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Время, когда можно было просто продавать зерно и скот, ушло в прошлое.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Правительство должно подготовить новые долгосрочные подходы к субсидированию отрасли.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Бюджетные средства должны давать эффективную отдачу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Государство больше не будет разбрасывать деньги направо и налево.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Необходимо усилить контроль за выделением и освоением субсидий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Большие перспективы для развития аграрной сферы открывает сельская кооперация.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Был реализован соответствующий пилотный проект. По его итогам урожайность в сельхозкооперативах, участвовавших в нем, увеличилась в два раза, а прирост поголовья – почти на четверть.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Данный успешный опыт нужно поэтапно масштабировать по всей стране с учетом специфики регионов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Отрасль остро нуждается в передовых технологических решениях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Сейчас для развития сельского хозяйства нет полноценной информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Все разрозненные сведения о состоянии сельскохозяйственных земель, водных ресурсах, ирригационных системах и транспортной доступности будут объединены на единой цифровой платформе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>В целом, со следующего года агропромышленный комплекс страны должен заработать по новым и стабильным правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Хочу отдельно остановиться на деятельности Комиссии по изъятию неиспользуемых земель.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>В рамках ее работы государству уже возвращено около 2,9 миллиона гектаров сельхозземель. До конца года планируется возврат не менее 5 миллионов гектаров.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Общая площадь неиспользуемых или выданных с нарушением законодательства земель, составляет около 10 миллионов гектаров.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Правительство и акимы должны принять конкретные решения по ним до конца 2023 года. Тем более, что мораторий на проверки, связанные с земельными вопросами, снят.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Серьезным барьером для устойчивого экономического развития страны является нехватка водных ресурсов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>В текущих реалиях эта тема переходит в разряд вопросов национальной безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Сокращение внешнего притока воды усугубляется ее неэффективным использованием – потери доходят до 40%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Другие характерные проблемы сферы: высокая изношенность инфраструктуры, низкий уровень автоматизации и цифровизации, отсутствие научного сопровождения и дефицит кадров.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:lastRenderedPageBreak/>
+        <w:t>Для их решения необходимо активизировать работу Водного совета при Правительстве с привлечением экспертов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>В целях подготовки востребованных специалистов требуется определить сильный базовый вуз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>В целом, для развития водной отрасли нужно подготовить трехлетний проект.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>ТРЕТЬЕ. СТРАТЕГИЧЕСКИЕ ИНВЕСТИЦИИ В БУДУЩЕЕ СТРАНЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Люди – главная ценность нашей страны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Поэтому справедливое распределение национальных богатств и предоставление равных возможностей каждому гражданину – ключевая цель наших реформ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Гармоничное развитие общества возможно только при условии обеспечения здоровья нации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Несмотря на реформы в сфере здравоохранения, состояние данной отрасли оставляет желать лучшего.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Очевидно, что весь комплекс накопившихся проблем невозможно решить одномоментно. Поэтому следует сконцентрировать усилия на критически важных аспектах, одним из которых является система финансирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Хроническое недофинансирование отрасли приводит к тому, что застрахованные граждане недополучают положенный им объем медицинских услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Усугубляет ситуацию искусственное разделение медицинской помощи на гарантированный государством и страховой пакеты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Приходится констатировать отсутствие страховой модели как таковой. Это большое упущение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Необходимо наконец запустить систему добровольного медицинского страхования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Поручаю Правительству пересмотреть подходы к финансированию здравоохранения и социальной сферы в целом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Особое внимание следует уделить комплексному улучшению медицинской инфраструктуры, в том числе посредством государственно-частного партнерства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Медицина – инвестиционно привлекательная отрасль, нужно только создать правильные условия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Мной принято решение уже со следующего года начать реализацию национального проекта, нацеленного на нужды сельских жителей нашей страны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>В течение двух лет будут построены и полностью оснащены медицинские и фельдшерско-акушерские пункты в 650 селах, в которых сегодня нет медучреждений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Тем самым государство обеспечит доступ к первичной медико-санитарной помощи более миллиону граждан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>В рамках нацпроекта 32 районные больницы будут модернизированы и преобразованы в межрайонные многопрофильные учреждения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>В них появятся инсультные центры, отделения хирургии, реанимации и реабилитации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Это позволит повысить качество медицинских услуг для более чем четырех миллионов граждан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Кроме того, получит развитие телемедицина, которая откроет доступ к квалифицированной помощи жителям отдаленных районов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Для повышения конкурентоспособности отечественного здравоохранения нужно последовательно совершенствовать систему подготовки врачей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>При медицинских вузах будут созданы многопрофильные университетские больницы и клиники.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>В течение трех лет ежегодное количество грантов на подготовку в резидентуре будет увеличено на 70%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Все эти меры позволят не на словах, а на деле улучшить здоровье нашей нации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Следующий важный вопрос – состояние системы образования, которая играет решающую роль в повышении потенциала нации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:lastRenderedPageBreak/>
+        <w:t>У нашего народа есть пословица: «Ел боламын десең, бесігіңді түзе» («Будущее страны формируется в колыбели младенца»).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Поэтому сфера дошкольного воспитания должна быть приоритетной.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Однако сегодня в Казахстане дошкольным образованием охвачено лишь чуть больше половины детей в возрасте от 2 до 6 лет. Подобная ситуация недопустима.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Необходимо кардинально решить вопрос обеспеченности детскими садами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Вместе с тем следует принять действенные меры для повышения социального статуса и заработной платы воспитателей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>При этом нужно установить четкие требования к специалистам данной сферы и поэтапно снижать рабочую нагрузку.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Движущей силой прогресса в образовании являются преданные своему делу педагоги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Поэтому аттестовывать нужно не детские сады, а воспитателей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Еще одним значимым фактором формирования успешной нации является качество среднего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Каждый казахстанский школьник должен иметь достойные условия для обучения и всестороннего развития.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Именно на это нацелен новый национальный проект «Комфортная школа».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>До 2025 года мы создадим 800 тысяч ученических мест, отвечающих современным требованиям. Это позволит полностью решить проблему аварийных и трехсменных школ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Данная мера также значительно нивелирует разницу между качеством образовательной инфраструктуры в городах и селах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>В целом, строительство новых школ должно быть одной из приоритетных задач Правительства и акимов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Все незаконно полученные средства, которые поступают в распоряжение государства в результате судов над коррупционерами, должны расходоваться на строительство школ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Правительству следует принять решение о юридическом оформлении этой акции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Крайне важно обеспечить максимальную доступность школьной формы для всех учащихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Считаю, что детям из отдельных социально уязвимых категорий государство должно предоставлять ее за счет бюджета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Целевые государственные заказы на приобретение школьной формы нужно направить на развитие отечественной легкой промышленности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Глубоко убежден, что решающую роль в построении Справедливого Казахстана сыграют школьные учителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Для повышения привлекательности этой профессии в последние годы государство сделало немало.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Однако в данном направлении все еще требуются положительные изменения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Предстоит принять новый стандарт аккредитации педагогических вузов и выработать рамку компетенций педагога.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Учитывая глобальный научно-технический прогресс, важно усилить в старших классах преподавание предметов естественно-математического цикла и английского языка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>В обществе ведутся дискуссии вокруг преподавания в школах казахского и русского языков. Скажу предельно ясно: мы должны воспитывать детей, хорошо владеющих и казахским, и русским языками.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Это в интересах подрастающего поколения. Министерство просвещения должно исходить именно из интересов детей, не идти на поводу популистов. Подрастающее поколение в плане полученных знаний, в том числе владения языками, должно твердо стоять на обеих ногах. Их знания – наша сила.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>В свою очередь, учебным заведениям технического и профессионального образования нужно ориентироваться на реальные потребности рынка труда и соответствовать задачам нового экономического курса страны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:lastRenderedPageBreak/>
+        <w:t>При этом необходимо последовательно выстраивать партнерские отношения с родителями и учениками, которые должны нести свою долю ответственности за качество и востребованность получаемых знаний и навыков.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Именно с этой целью планируется внедрить персональные образовательные ваучеры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Все средства, предоставляемые государством на обучение ребенка, в том числе внеклассное, будут аккумулироваться на единых образовательных счетах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>По сути, это станет первичным целевым капиталом детей, который они смогут инвестировать в свое образование.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Данный шаг позволит на практике реализовать принцип равных возможностей для каждого гражданина нашей страны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>В этой логике развития необходимо продолжать реформы и в сфере высшего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>По мере повышения качества отечественных вузов будет возрастать и стоимость обучения в них.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Поэтому государство планирует выделять образовательные гранты, которые в зависимости от результатов ЕНТ и иных показателей будут дифференцированы по размеру – от 30 до 100%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Будут предоставляться и льготные кредиты на обучение под 2-3% годовых.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Указанные меры сделают высшее образование более доступным, а также укрепят в обществе идеологию партнерства и взаимной ответственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Следующий чувствительный вопрос – обеспечение студентов общежитиями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Для решения этой проблемы нужно активно внедрять механизм государственно-частного партнерства с вузами и строительными компаниями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>В то же время считаю, что перекладывать решение всех проблем на плечи государства неправильно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Поэтому наличие общежитий должно быть одним из критериев доступа частных вузов к государственному финансированию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Разумеется, такие требования к учебным заведениям следует внедрять постепенно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Можно также проработать возможность субсидирования затрат на проживание для отдельных социально уязвимых категорий студентов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Ключевым звеном развития образовательной экосистемы должны стать эндаумент-фонды при вузах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>В ведущих университетах мира такие фонды целевого капитала являются основой устойчивого финансирования науки и инноваций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Базовым фактором повышения благосостояния народа является рост зарплат, адекватных рыночным условиям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Государство внедрит новую методику определения минимальной заработной платы, которая позволит поэтапно увеличивать ее размер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Мной принято решение поднять уровень минимальной заработной платы с 60 до 70 тысяч тенге. Это напрямую затронет доходы 1,8 миллиона граждан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Предстоит существенно перезагрузить пенсионную систему.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Следует последовательно довести минимальную базовую ставку пенсии до 70% от прожиточного минимума, а максимальную – до 120%. Вместе с ранее принятыми решениями это позволит к 2025 году увеличить совокупную пенсию в среднем на 27%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Более того, учитывая широкий социальный запрос, планка пенсионного возраста для женщин будет до 2028 года зафиксирована на уровне 61 года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Необходимо разработать эффективную инвестиционную стратегию Единого накопительного пенсионного фонда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Туда можно привлечь частные компании с безупречной репутацией и высокопрофессиональными командами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Потребуется скорректировать и систему социального обеспечения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Мы увеличим период выплат по уходу за ребенком до полутора лет уже с 1 января 2023 года. Родители дольше будут со своими детьми в самом важном младенческом возрасте.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:lastRenderedPageBreak/>
+        <w:t>Для участников системы соцстрахования выплаты по потере работы повысятся до 45% от среднемесячного дохода. Это поможет им легче и быстрее вернуться к трудовой деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Важным элементом благополучия граждан станет создание единой системы адресной социальной помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>С 2023 года планируется внедрить Цифровую карту семьи и Социальный кошелек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>В рамках этих инициатив будут интегрированы различные меры государственной поддержки. Они станут понятными и самое главное – точечными и проактивными.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Всесторонняя поддержка молодежи – один из наших безусловных приоритетов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>В следующем году различными мерами занятости будут охвачены около 100 тысяч молодых людей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Для поддержки молодежного предпринимательства будет запущен отдельный механизм льготного микрокредитования под 2,5% годовых.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Предлагаемые меры позволят повысить эффективность системы социальной защиты граждан, сделают наше общество более гармоничным и справедливым.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Принятые на общенациональном референдуме поправки в Конституцию стали символом Справедливого Казахстана.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Мы закрепили в Основном законе ключевой принцип, по которому земля и природные ресурсы принадлежат народу. Это не просто красивая декларация, а лейтмотив всех реформ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Каждая семья должна получить реальную отдачу от использования национальных богатств страны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Поэтому считаю исключительно важным в рамках объявленного мной Года детей дать старт принципиально новой программе «Нацфонд – детям».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Предлагаю отчислять 50% от ежегодного инвестиционного дохода Национального фонда на специальные накопительные счета детей до достижения ими 18 лет, без права досрочного снятия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>По достижении совершеннолетия накопленные суммы будут направлены на приобретение жилья и получение образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Эти средства дадут подрастающему поколению настоящую путевку во взрослую жизнь.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Фонд действительно обретет статус национального и будет служить интересам народа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Учитывая необходимость тщательной проработки этого масштабного начинания, поручаю запустить проект с 1 января 2024 года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Еще одной инициативой, соответствующей духу Нового Казахстана, станет ежегодное перечисление не менее 7% от чистого дохода фонда «Самрук-Казына» в общественный фонд «Қазақстан халқына».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Кроме того, уверен, что успешные предприниматели и состоятельные граждане продолжат вносить средства в данный фонд.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>В целом, для развития человеческого потенциала, важно привлекать в страну талантливых специалистов из-за рубежа, особенно тех, кто добился успеха в сферах творчества и предпринимательства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Речь об эффективной миграционной политике.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Необходимо снизить дефицит наиболее востребованных и высококвалифицированных кадров.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Для ценных профессионалов в сфере науки, здравоохранения, промышленности, IT государство будут введены послабления и предоставляться визы с правом получения вида на жительство.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>У зарубежных бизнесменов, инвестировавших в нашу экономику более 300 тысяч долларов, появится возможность получить десятилетнюю визу и вид на жительство.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Кардинальной реформе подвергнутся политика переселения кандасов и регулирование внутренней миграции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:lastRenderedPageBreak/>
+        <w:t>В этом вопросе принципиально важно использовать подходы, учитывающие демографические и экономические тенденции, а также общенациональные интересы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Сила нации заключена в людях, в их здоровье и глубоких знаниях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Крайне важно, чтобы в нашем обществе высоко ценились профессионализм и трудолюбие.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Еще раз повторю: трудолюбивые граждане, настоящие профессионалы своего дела должны быть самыми уважаемыми людьми в стране.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Именно такие граждане укрепляют наше государство.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>На заседании Национального курултая и съезде молодежного крыла партии Amanat «Жастар рухы» я особо выделил эту тему.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Мы должны почитать людей труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Неважно, каким делом заниматься, главное – выполнять работу добросовестно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Важно, чтобы молодежь стремилась постичь все тонкости одной конкретной профессии, поскольку труд профессионалов всегда высоко ценится.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Наше подрастающее поколение должно быть конкурентоспособно не только в Казахстане, но и за его пределами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Граждане соседних государств трудятся за границей, не пренебрегая никакой работой. Среди них немало профессионалов, которые добиваются больших успехов и в нашей стране.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Самое главное – честный труд. Нам необходимо воспитать поколение, которое хорошо понимает это.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Большое внимание данному вопросу следует уделить в идеологической работе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>ЧЕТВЕРТОЕ. ПЕРЕЗАГРУЗКА ГОСУДАРСТВЕННОГО УПРАВЛЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Намеченные структурные экономические реформы требуют перезагрузки системы государственного управления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Люди устали от пустых деклараций и бесконечных презентаций светлого будущего. Граждане ждут от госорганов фактического, а не формального исполнения своих обещаний.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Акцент необходимо сделать на децентрализации системы госуправления при одновременном повышении персональной ответственности политических служащих.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Часть компетенций Правительства следует передать министерствам – за конкретную отраслевую политику должен отвечать конкретный министр, а не «коллективный кабинет».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Правительство же сосредоточится на решении межотраслевых вопросов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Первым шагом в этом направлении станет трансформация Канцелярии Премьер-министра в компактный аппарат Правительства, соответствующий передовым стандартам госуправления. Дело не в смене названия, а в реальной реформе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Через оптимизацию вертикали центральных ведомств нам нужно существенно расширить полномочия местных исполнительных органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Это позволит приблизить решение насущных вопросов к регионам, к людям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Нужно обратить самое пристальное внимание на вопросы местного самоуправления, переформатирование деятельности общественных советов, КСК и ОСИ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Предстоит заняться обустройством жилых домов и инфраструктурой городов. Их внешний вид и функционирование внутренней инфраструктуры не отвечает ожиданиям граждан, дискредитирует страну в глазах иностранцев.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Поручаю Правительству разработать новую административную реформу для повышения результативности и ответственности государственных органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Новому Казахстану нужны новые государственные управленцы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>С учетом требований времени следует перестроить систему отбора и увольнения госслужащих.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:lastRenderedPageBreak/>
+        <w:t>Важно, чтобы государственная служба стала максимально открытой для профессионалов из частного сектора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Нужно усилить кадровый резерв.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Агентство по делам государственной службы должно стать полноценным институтом стратегического HR.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Правительству совместно с Агентством следует запустить специальную платформу для консолидации потенциала сограждан по всему миру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Особое внимание следует уделить повышению эффективности управления в квазигосударственном секторе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Работа в этом направлении началась, нужно довести ее до искомого результата.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Для этого необходимо окончательно определить новую модель работы фонда «Самрук-Казына».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>За ориентир нужно взять лучшие инвестиционные и производственные компании мира.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Управление государственными активами должно стать более прозрачным.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Правительство обеспечит ежегодную подготовку Национального доклада и будет направлять его в Парламент.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>ПЯТОЕ. ЗАКОН И ПОРЯДОК</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Необходимо обеспечить верховенство права и качество отправления правосудия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Для этого требуется срочное обновление и оздоровление судейского корпуса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Судьи должны быть высококвалифицированными, честными и неподкупными.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>В первую очередь, предстоит обеспечить равный статус всех судей, снизив их зависимость от вышестоящих коллег.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Многие позиции председателей судов будут преобразованы в судейские должности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Предлагаю применить выборные механизмы при отборе самими судьями кандидатур на должности председателей судов и председателей судебных коллегий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Необходимо приступить и к внедрению элементов выборности судей Верховного Суда. Для этого Президент будет вносить в Сенат кандидатуры на альтернативной основе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Важно создать соответствующие стимулы и условия для привлечения в сферу сильных юристов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Для повышения самостоятельности судей необходимо укрепить статус Высшего судебного совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>В ведение Совета будут переданы вопросы подготовки кандидатов в судьи, повышения квалификации, продления предельного возраста, приостановления и прекращения полномочий действующих судей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Данный государственный орган должен стать полноценным институтом с четкими кадровыми функциями, начиная с отбора и заканчивая рекомендациями по назначению судей всех уровней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Принципиально важно искоренить влияние силовых органов, исключив все инструменты их административного давления на судей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Вместе с ограничением вмешательства в деятельность судей будет усилена их ответственность за серьезные нарушения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Каждый отмененный судебный акт, при вынесении которого судья допустил грубую ошибку, должен проверяться Судебным жюри.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Предстоит также пересмотреть институт оценки и привлечения к ответственности судей по критерию «качество отправления правосудия».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Требует реформирования институт апелляции. Здесь решения должны выноситься по существу, без возврата в первую инстанцию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Необходимо также расширить сферу административной юстиции. Передача в процедурно-процессуальный кодекс широкого круга административных проступков и гражданско-правовых споров с государственными органами сделает отечественное правосудие гуманным и справедливым.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:lastRenderedPageBreak/>
+        <w:t>Одновременно надо проработать вопросы доступа к правосудию на уровне районных и областных судов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Бизнес справедливо считает серьезным ограничением в защите своих интересов чрезмерные ставки судебной пошлины.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Поэтому следует установить разумные размеры пошлины по имущественным спорам вместо существующих процентов от суммы иска.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Надо сокращать участие государства в судебных процессах. Пора уже разобраться с судебными спорами государственных органов между собой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Если два министерства по-разному понимают закон, то точку в этом вопросе должно ставить Правительство. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Такой подход применим и к спорам госорганов с государственными организациями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Нередко в разных регионах принимаются различные решения по аналогичным делам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Сейчас разрабатывается цифровой аналитический инструментарий, который призван обеспечить единообразие в отправлении правосудия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Верховному Суду следует ускорить полноценное внедрение данной интеллектуальной системы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Разумеется, на этом реформа судебной системы не заканчивается, она будет разрабатываться силами специалистов уже вне Верховного Суда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Это позволит сделать процесс более состязательным, открытым для общественности, независимых экспертов, а значит – более эффективным.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Далее остановлюсь на реформе правоохранительного блока.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Эта сфера традиционно находится под пристальным вниманием общественности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Серьезным испытанием для системы правопорядка стали дни «Трагического января».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Тогда под влиянием провокаторов митинги переросли в массовые беспорядки, которые затем обрели характер антигосударственного мятежа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Многие из подстрекателей отделались условными или мягкими приговорами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Однако степень их вины гораздо выше, поскольку эти люди сознательно нагнетали обстановку и сыграли ключевую роль в эскалации ситуации, которая закончилась трагедией.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Ко мне неоднократно обращались правозащитники, представители адвокатского сообщества с обоснованиями необходимости ужесточения наказания за призывы к массовым беспорядкам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Их доводы вполне резонные, поэтому поручаю уполномоченным органам проработать этот вопрос и принять конкретные меры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Мы должны жестко реагировать на любые публичные провокации и противозаконные действия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Люди, которые совершают подобные деструктивные действия и призывают к нарушению закона, не смогут избежать сурового наказания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Хочу напомнить всему обществу наш общий принцип: «политическому плюрализму – да, экстремизму, бандитизму, хулиганству – решительное нет».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Там, где начинаются целенаправленные провокации, не может быть и речи о свободе слова и плюрализме мнений. Это посягательство на стабильность и безопасность общества, попытка расшатывания устоев государства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Сегодня нам как никогда нужно единство.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>И участники протестов, и сотрудники силовых органов – это наши сограждане, которые надеются не только на объективное правосудие, но и на милосердие общества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Государство уже смягчило наказание для тех участников январских событий, которые не совершили серьезных преступлений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Многие из нарушителей закона осознали свою вину и раскаиваются в содеянном.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Думаю, они заслуживают второго шанса. Поэтому я принял решение провести единоразовую амнистию участников январских событий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:lastRenderedPageBreak/>
+        <w:t>Разумеется, амнистия не затронет главных фигурантов, причастных к организации беспорядков, а также обвиняемых в государственной измене и попытке насильственной смены власти.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Под амнистию не подпадут и лица, совершившие террористические и экстремистские преступления, рецидивисты, а также применявшие пытки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Проявив гуманизм, мы, как нация, извлечем уроки из этой трагедии и не допустим ее повторения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Семьи погибших в ходе январских событий, находящиеся в сложной финансовой ситуации, получат материальную поддержку.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Считаю, фонд «Қазақстан халқына» также внесет достойный вклад в это благородное дело.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Важным уроком январской трагедии стало осознание необходимости значительного усиления общественной безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>В последнее время учащаются случаи тяжких преступлений – убийств и бандитских разборок.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Они совершаются с особым цинизмом и являются вызовом всему нашему обществу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Эту опасную тенденцию нужно пресечь на корню – ужесточить наказание и исключить условно-досрочное освобождение за подобные преступления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>В обществе уже долгое время поднимается вопрос о криминализации насилия в семейно-бытовой сфере.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Правоохранительные органы сомневаются в необходимости данного шага, поскольку считают, что он приведет к снижению выявляемости таких правонарушений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>В этом есть доля истины. Однако как бы то ни было, нам нельзя закрывать глаза на многочисленные случаи семейно-бытового насилия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Безнаказанность дебоширов развязывает им руки, фактически оставляет их жертв беззащитными.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Считаю, что пришло время ужесточить ответственность за подобные деяния.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Нельзя, чтобы пострадавшие от семейно-бытового насилия боялись осуждения общества или давления с чьей-либо стороны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Для этого полицейские должны очень деликатно работать с ними, принимая все необходимые меры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Большую угрозу здоровью нации несет растущее потребление синтетических наркотиков.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Динамика резко отрицательная: за последние три года объем изымаемой из оборота «синтетики» вырос в 10 раз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Синтетические наркотики с каждым годом становятся дешевле и доступнее.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Они практически беспрепятственно продаются через социальные сети, мессенджеры и даже доставляются на дом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>С учетом масштаба этой крайне опасной социальной болезни борьба с производством и распространением синтетических наркотиков должна принять общенациональный характер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Поэтому необходимо разработать Комплексный план по борьбе с наркоманией и наркобизнесом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Отдельное внимание следует уделить валу интернет- и телефонного мошенничества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Правоохранительным органам нужно усилить информационно-аналитическую работу по выявлению и нейтрализации подобных угроз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Следует также системно повышать правовую и финансовую грамотность граждан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Важно последовательно наращивать усилия по вскрытию глубинных механизмов, поиску истинных организаторов коррупционных и теневых схем расхищения бюджетных средств и общенационального богатства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Следует провести ревизию Уголовного и Уголовно-процессуального кодексов, избавиться от всего, что фактически не работает или препятствует правосудию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:lastRenderedPageBreak/>
+        <w:t>Не менее важно, чтобы после внесения соответствующих поправок они не подвергались бесконечным корректировкам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>С 2015 года в Уголовный и Уголовно-процессуальный кодексы внесено уже более 1200 изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Недопустимо, чтобы законы менялись в угоду сиюминутной конъюнктуре или узким корпоративным интересам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Поэтому полномочия по коррекции уголовного и уголовно-процессуального законодательства необходимо передать Министерству юстиции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Это потребует укрепления кадрового потенциала и повышения качества законотворческой деятельности ведомства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Уважаемые соотечественники!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Сегодня мы обозначили ключевые направления предстоящих реформ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Нам предстоит перезагрузить все сферы государства и общества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Мы осуществляем политическую модернизацию в соответствии с основополагающей формулой «сильный Президент – влиятельный Парламент – подотчетное Правительство». Реформы в этом направлении продолжатся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Мы будем укреплять общенациональное согласие, партнерство власти и общества, следуя концепции «слышащего государства».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Мы должны фокусироваться не на разделительных линиях, а, наоборот, консолидироваться ради достижения масштабных целей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Именно в этом глубинный смысл идеи Нового Справедливого Казахстана.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Перед нами стоит особо важная задача –</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>сохранить суверенитет и территориальную целостность страны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Для дальнейшего укрепления государственности нам необходима сплоченность. Другого пути нет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Единство народа всегда было нашей самой главной ценностью, которая сегодня приобретает еще большее значение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Наш народ всегда ставил превыше всего мир и стабильность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>В это непростое время мы должны стать еще крепче в своем единстве.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Поэтому важно прекратить сеять взаимное недоверие и вносить раздор в общество.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rStyle w:val="a4"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00FE7553">
+        <w:t>Уважаемые депутаты Парламента,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rStyle w:val="a4"/>
         </w:rPr>
-        <w:t>Қадірлі депутаттар және Үкімет мүшелері!</w:t>
-[...434 lines deleted...]
-        </w:rPr>
+        <w:t>дорогие соотечественники!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Хочу поделиться с вами соображениями, имеющими прямое отношение к будущему нашего государства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>В современных геополитических условиях нам нужно последовательно укреплять свою государственность, твердо следовать курсом реформ и обновления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>В своих действиях мы должны быть предельно прагматичными и исходить из долгосрочных интересов страны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Крайне важно сохранить набранный темп реформ, решить все политические вопросы, не откладывая их в долгий ящик.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Для этого нужно рационально выстроить предстоящие электоральные циклы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Как вы знаете, очередные выборы Президента должны состояться в 2024 году, а Парламента – в 2025 году.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Считаю необходимым приступить к комплексной перезагрузке ключевых государственных институтов в соответствии с новой стратегией.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Это позволит нам активизировать совместную работу во имя благополучия каждого гражданина и процветания всей страны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Политическая традиция, когда власть держала свои планы в секрете от общества, должна уйти в прошлое.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Поэтому сегодня я намерен всенародно представить график будущих избирательных кампаний.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
         <w:lastRenderedPageBreak/>
-        <w:t>Тарифтерді күшпен ұстап тұрудың ақыры соның бәрін кезекпен өшіруге және түрлі апатты жағдайлар туындауына әкеп соқтырады. Осының салдарынан азаматтардың денсаулығына және өміріне қатер төнеді.      </w:t>
-[...301 lines deleted...]
-        </w:rPr>
+        <w:t>Предлагаю осенью текущего года провести внеочередные президентские выборы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Для успешной реализации кардинальных и всесторонних реформ, направленных на построение Справедливого Казахстана, требуется новый мандат доверия народа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Для меня интересы государства превыше всего. Поэтому я готов пойти на досрочные президентские выборы, даже несмотря на сокращение собственного срока полномочий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Кроме того, после долгих размышлений я пришел к выводу, что назрела необходимость пересмотра количества и длительности сроков полномочий Президента.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Предлагаю установить ограничение мандата Президента в один срок продолжительностью 7 лет без права переизбрания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>На чем базируется эта инициатива?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>С одной стороны, 7 лет – это достаточный период для реализации любой амбициозной программы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>С другой, ограничение президентского мандата одним сроком обеспечит максимальную нацеленность Главы государства на решение стратегических задач общенационального развития.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Жизнь не стоит на месте, динамика глобальных процессов и общественного развития внутри страны ускоряется с каждым днем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Предлагаемая мной конституционная новелла значительно снизит риски монополизации власти.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Именно поэтому я предлагаю внедрить норму однократного президентства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Мы должны установить цивилизованные принципы формирования, функционирования власти.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Новая президентская система укрепит политическую стабильность, устойчивость казахстанской модели общественного устройства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>После выборов я вынесу инициативу, ограничивающую полномочия Президента одним сроком, на рассмотрение Парламента.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>В случае ее принятия, в Казахстане начнется новая политическая эпоха.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>В рамках политической модернизации в нашей стране центральное место занимает развитие парламентаризма.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Обновленная Конституция задает совершенно новые стандарты политической системы с честными и открытыми правилами игры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Процедуры регистрации политических партий уже значительно упрощены.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Заработают новые механизмы формирования Парламента и маслихатов по партийным спискам и одномандатным округам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>В целом, все институциональные изменения, предусмотренные конституционной реформой, необходимо законодательно завершить уже до конца года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Они приведут к увеличению количества политических партий, усилят политическую конкуренцию, будут способствовать появлению новой волны народных избранников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Избранные по старым лекалам представительные органы власти должны закономерно обновиться, пройдя через внеочередной электоральный цикл.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Поэтому предлагаю провести выборы в Мажилис и маслихаты всех уровней в первой половине следующего года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Мы получим новый состав депутатов, представляющих интересы широких групп граждан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Уверен, это повысит эффективность работы маслихатов и Парламента.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>В будущем в состав Правительства смогут войти представители не только политических сил, получивших большинство голосов избирателей, но и других парламентских партий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Это позволит исполнительной власти принимать более сбалансированные решения, отвечающие запросам всего общества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Таким образом, в этом году состоятся выборы Президента, в следующем году – выборы депутатов Мажилиса и маслихатов, а затем будет сформировано Правительство.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>В итоге, к середине 2023 года будет осуществлена перезагрузка и обновление всех основных политических институтов: Президента, Парламента, Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
         <w:lastRenderedPageBreak/>
-        <w:t>бір реттік алым алуды ұсынамын. Бұл – іздеу салынбаған және кеден рәсімдерінен өткен көліктерге ғана қатысты шара. </w:t>
-[...3851 lines deleted...]
-    <w:p w:rsidR="00DD791F" w:rsidRDefault="00DD791F" w:rsidP="00FE7553">
+        <w:t>Мы строим Справедливый Казахстан с открытой конкуренцией и равными возможностями для каждого.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Принципиально важно осуществлять масштабные политические преобразования в режиме транспарентности, честности и взаимного доверия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Публичное обнародование сроков и последовательности нового электорального цикла отвечает принципам открытости в принятии решений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Все эти шаги поэтапно наполняют реальным содержанием нашу главную формулу «сильный Президент – влиятельный Парламент – подотчетное Правительство».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Будущее Казахстана рождается сегодня – в наших словах и делах, намерениях и поступках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Каждый день мы делаем выбор между старым и новым, застоем и развитием.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Призываю всех сограждан сплотиться вокруг общенациональных интересов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Мы станем сильной и успешной нацией, когда каждый из нас будет всемерно укреплять единство и твердо следовать принципам справедливости.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Построение Справедливого Казахстана только начинается. Впереди тернистый путь. Этот курс незыблем и будет продолжен при любых обстоятельствах внутреннего и внешнего характера.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Безделью и саботажу места не будет, мы не свернем с намеченного пути!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Мы не свернем с намеченного пути!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Вместе мы построим Справедливый Казахстан!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F628A7">
+        <w:t>Светлое будущее нашей священной Родины в наших руках!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD791F" w:rsidRDefault="00DD791F" w:rsidP="00F628A7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE7553" w:rsidRDefault="00FE7553" w:rsidP="00FE7553">
+    <w:p w:rsidR="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00FE7553" w:rsidRDefault="00FE7553" w:rsidP="00FE7553">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Источник: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidRPr="0073566C">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>https://www.akorda.kz/ru/poslanie-glavy-gosudarstva-kasym-zhomarta-tokaeva-narodu-kazahstana-181130</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00F628A7" w:rsidRPr="00F628A7" w:rsidRDefault="00F628A7" w:rsidP="00F628A7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...32 lines deleted...]
-    <w:sectPr w:rsidR="00FE7553" w:rsidRPr="00FE7553">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:sectPr w:rsidR="00F628A7" w:rsidRPr="00F628A7">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="90"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00FE7553"/>
+    <w:rsidRoot w:val="00F628A7"/>
     <w:rsid w:val="00DD791F"/>
-    <w:rsid w:val="00FE7553"/>
+    <w:rsid w:val="00F628A7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -5016,137 +5500,111 @@
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1">
-[...19 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...14 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00FE7553"/>
+    <w:rsid w:val="00F628A7"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F628A7"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00FE7553"/>
+    <w:rsid w:val="00F628A7"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -5271,169 +5729,143 @@
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1">
-[...19 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...14 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00FE7553"/>
+    <w:rsid w:val="00F628A7"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F628A7"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00FE7553"/>
+    <w:rsid w:val="00F628A7"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="2083988283">
+    <w:div w:id="1089426777">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://baiterek.gov.kz/kk/president-messages/memleket-basshysy-asym-zhomart-to-aevty-aza-stan-khal-yna-zholdauy-2022-zhyl-y-1-yrk-yek" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akorda.kz/ru/poslanie-glavy-gosudarstva-kasym-zhomarta-tokaeva-narodu-kazahstana-181130" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5681,51 +6113,51 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>14</Pages>
-[...1 lines deleted...]
-  <Characters>41193</Characters>
+  <Pages>17</Pages>
+  <Words>7420</Words>
+  <Characters>42294</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>343</Lines>
-  <Paragraphs>96</Paragraphs>
+  <Lines>352</Lines>
+  <Paragraphs>99</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>48323</CharactersWithSpaces>
+  <CharactersWithSpaces>49615</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>