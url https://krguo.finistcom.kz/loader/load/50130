--- v0 (2025-11-11)
+++ v1 (2026-02-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4cbe397" w14:textId="4cbe397">
+    <w:p w14:paraId="5d0c65b" w14:textId="5d0c65b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,347 +76,307 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Педагогтік қайта даярлау қағидаларын бекіту туралы</w:t>
-[...25 lines deleted...]
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+        <w:t>Об утверждении Правил педагогической переподготовки</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 17 марта 2020 года № 110. Зарегистрирован в Министерстве юстиции Республики Казахстан 20 марта 2020 года № 20147.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Педагог мәртебесі туралы" 2019 жылғы 27 желтоқсандағы Қазақстан Республикасы Заңының 10-бабының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес БҰЙЫРАМЫН:</w:t>
+      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 10 Закона Республики Казахстан от 27 декабря 2019 года "О статусе педагога" ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Қоса беріліп отырған Педагогикалық қайта даярлау курстарын өткізу </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> бекітілсін.</w:t>
+      1. Утвердить </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагогической переподготовки согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
-[...15 lines deleted...]
-      2. Қазақстан Республикасы Білім және ғылым министрлігінің Жоғары және жоғары оқу орнынан кейінгі білім департаменті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Департаменту высшего и послевузовского образования Министерства образования и науки Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
-[...15 lines deleted...]
-      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
-[...15 lines deleted...]
-      2) осы бұйрықты мемлекеттік тіркеуден өткен күнінен бастап күнтізбелік он күн ішінде электронды түрде қазақ және орыс тілдерінде ресми жариялау және Қазақстан Республикасы нормативтік құқықтық актілерінің Эталондық бақылау банкіне енгізу үшін Қазақстан Республикасы Әділет министрлігінің "Қазақстан Республикасының Заңнама және құқықтық ақпарат институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына жолдауды;</w:t>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в течение десяти календарных дней со дня государственной регистрации настоящего приказа направление его в электронном виде на казахском и русском языках в Республиканское государственное предприятие на праве хозяйственного ведения "Институт законодательства и правовой информации Республики Казахстан" Министерства юстиции Республики Казахстан для официального опубликования и включения в Эталонный контрольный банк нормативных правовых актов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
-[...15 lines deleted...]
-      3) осы бұйрық ресми жарияланғаннан кейін бұйрықты Қазақстан Республикасы Білім және ғылым министрлігінің ресми интернет-ресурсында орналастыруды;</w:t>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) размещение настоящего приказа на интернет-ресурсе Министерства образования и науки Республики Казахстан после его официального опубликования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z7" w:id="6"/>
-[...75 lines deleted...]
-        <w:t xml:space="preserve"> көзделеген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
+    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) в течение десяти рабочих дней после государственной регистрации настоящего приказа представление в Юридический департамент Министерства образования и науки Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1), 2) и 3) настоящего пункта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z8" w:id="7"/>
-[...15 lines deleted...]
-      3. Осы бұйрықтың орындалуын бақылау Қазақстан Республикасының Білім және ғылым вице-министрі М.М. Дәуленовке жүктелсін.</w:t>
+    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Контроль за исполнением настоящего приказа возложить на вице-министра образования и науки Республики Казахстан Дауленова М.М.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z9" w:id="8"/>
-[...15 lines deleted...]
-      4. Осы бұйрық алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7795"/>
         <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -434,64 +394,74 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      Қазақстан Республикасының </w:t>
-[...2 lines deleted...]
-              <w:br/>
+              <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Білім және ғылым министрі </w:t>
+              <w:t>Министр образования и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">науки Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -593,758 +563,762 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасы </w:t>
+              <w:t>Приложение</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрінің</w:t>
+              <w:t>к приказу Министра</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2020 жылғы 17 наурыздағы</w:t>
+              <w:t>образования</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 110 бұйрығына</w:t>
+              <w:t>и науки Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қосымша</w:t>
+              <w:t>от 17 марта 2020 года № 110</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Педагогтік қайта даярлау қағидалары</w:t>
+        <w:t xml:space="preserve"> Правила педагогической переподготовки</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Педагогтік қайта даярлау қағидалары (бұдан әрі – Қағидалар) "Педагог мәртебесі туралы" 2019 жылғы 27 желтоқсандағы Қазақстан Республикасы Заңының 10-бабының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес әзірленді және тиісті бейін бойынша педагогтің кәсіптік қызметіне алғаш рет кірісетін педагогикалық білімі жоқ тұлғаларды педагогикалық қайта даярлау (бұдан әрі –курстар) тәртібін айқындайды.</w:t>
+      1. Настоящие Правила педагогической переподготовки (далее – Правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 10 Закона Республики Казахстан от 27 декабря 2019 года "О статусе педагога" и определяют порядок педагогической переподготовки (далее – Курсы) лиц с профессиональным образованием, не имеющих педагогического образования, впервые приступающих к профессиональной деятельности педагога по соответствующему профилю.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z14" w:id="12"/>
-[...15 lines deleted...]
-      2. Осы Қағидаларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В настоящих Правилах используется следующее основное понятие:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:p>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      слушатель – лица с профессиональным образованием, не имеющие педагогического образования, впервые приступающие к профессиональной деятельности педагога по соответствующему профилю, проходят педагогическую переподготовку на базе организаций высшего и (или) послевузовского образования (далее – вуз).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-тарау. Педагогтік қайта даярлау тәртібі</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z16" w:id="14"/>
+        <w:t xml:space="preserve"> Глава 2. Порядок педагогической переподготовки</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. Педагогикалық білімі жоқ, тиісті бейін бойынша педагогтің кәсіптік қызметіне алғаш рет кірісетін адамдар үшін Қазақстан Республикасы Білім және ғылым министрінің 2018 жылғы 13 қазандағы № 569 бұйрығымен бекітілген (Қазақстан Республикасының Әділет министрлігінде 2018 жылғы 17 қазанда № 17565 болып тіркелген) жоғары және жоғары оқу орнынан кейінгі білімі бар кадрларды даярлау бағыттарының </w:t>
-[...59 lines deleted...]
-      4. Педагогикалық кадрларды қайта даярлау курстары күндізгі оқу нысаны бойынша жүргізіледі.</w:t>
+      3. Курсы проводятся вузом для лиц с профессиональным образованием, не имеющих педагогического образования, впервые приступающие к профессиональной деятельности педагога по соответствующему профилю на базе вуза имеющими лицензии в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 16 мая 2014 года "О разрешениях и уведомлениях" на ведение образовательной деятельности по направлению подготовки "Педагогические науки" в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Классификатором</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> направлений подготовки кадров с высшим и послевузовским образованием, утвержденного приказом Министра образования и науки Республики Казахстан от 13 октября 2018 года № 569 (Зарегистрирован в Министерстве юстиции Республики Казахстан 17 октября 2018 года № 17565).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z18" w:id="16"/>
-[...15 lines deleted...]
-      5. ЖОО-да басшының шешімімен қабылдау комиссиясы құрылады. Қабылдау комиссиясының құрамына ЖОО-ның ректоры, проректорлары, құрылымдық бөлімдерінің басшылары мен профессор-оқытушылар құрамының өкілдері кіреді. Қабылдау комиссиясының сандық құрамы тақ саннан тұрады. Қабылдау комиссиясының төрағасы ЖОО-ның басшысы болып табылады. Хатшы қабылдау комиссиясының құрамына кірмейді. ЖОО басшысының бұйрығымен қабылдау комиссиясының жауапты хатшысы тағайындалады.</w:t>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Курсы переподготовки педагогических кадров проводятся по очной форме обучения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z19" w:id="17"/>
-[...15 lines deleted...]
-      6. Курсқа түсуші адамдар ЖОО-ның қабылдау комиссиясына мынадай құжаттарды тапсырады:</w:t>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. В вузе решением руководителя создается приемная комиссия. В состав приемной комиссии входят руководитель вуза, проректора, руководители структурных подразделений и представители профессорско-преподавательского состава вуза. Количественный состав приемной комиссии состоит из нечетного числа членов. Председателем приемной комиссии является руководитель вуза. Секретарь не входит в состав приемной комиссии. Приказом руководителя вуза назначается ответственный секретарь приемной комиссии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:p>
-[...70 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Лица, поступающие на курсы, подают секретарю приемной комиссии вуза следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заявления на имя руководителя вуза в произвольной форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) копию документа, удостоверяющего личность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z27" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) копию документа об образовании;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z28" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) шесть фотографий размером 3x4 сантиметра;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5) "Денсаулық сақтау ұйымдарының бастапқы медициналық құжаттама нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2010 жылғы 23 қарашадағы № 907 </w:t>
-[...39 lines deleted...]
-    </w:p>
+      5) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>медицинскую справку</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> формы 086-У, утвержденной приказом и.о. Министра здравоохранения Республики Казахстан от 23 ноября 2010 года № 907 (Зарегистрирован в Министерстве юстиции Республики Казахстан 21 декабря 2010 года № 6697);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) один из следующих документов:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z31" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2019 жылғы 30 мамырдағы № 292 </w:t>
-[...94 lines deleted...]
-    <w:bookmarkStart w:name="z20" w:id="18"/>
+      о техническом и профессиональном, послесреднем образовании, с результатами обучения в соответствии с 5-ым уровнем профессионального </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>стандарта педагога</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, утвержденного приказом Министра труда и социальной защиты населения Республики Казахстан от 30 мая 2019 года № 292 (Зарегистрирован в Министерстве юстиции Республики Казахстан 31 мая 2019 года № 18764) (далее – Профессиональный стандарт педагога).;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z32" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      о высшем образовании, с результатами обучения в соответствии с 6-ым уровнем Профессионального стандарта педагога;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z33" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      о послевузовском образовании, с результатами обучения в соответствии с 7-ым уровнем Профессионального стандарта педагога.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z34" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Вместе с копиями документов, указанных в настоящем пункте, предоставляются их оригиналы для сверки. После проведения сверки оригиналы возвращаются.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z35" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При предоставлении неполного перечня документов, указанных в настоящем пункте, секретарь приемной комиссия вуза возвращает документы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z36" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. При предоставлении полного перечня документов, указанных в пункте 6 настоящих Правил зачисление на курсы педагогической переподготовки, осуществляется решением приемной комиссии вуза и издается приказ руководителя вуза или лицом, исполняющим его обязанности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z37" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. После зачисление на курсы педагогической переподготовки между вузом и слушателем заключается договор.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z38" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      7. Осы Қағидалардың </w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z22" w:id="20"/>
+      9. Образовательной программы педагогической переподготовки определяются вузом самостоятельно согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункту 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 2 статьи 43-1 Закона Республики Казахстан "Об образовании", и учитывает потребности рынка труда, ожидания работодателей и индивидуальные интересы слушателя в соответствии с Профессиональным стандартом педагога.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z39" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Освоение образовательной программы педагогической переподготовки завершается итоговой аттестацией слушателей в форме, определяемой вузом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z40" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      9. "Білім туралы" Қазақстан Республикасы Заңының 43-1-бабы </w:t>
-[...82 lines deleted...]
-    <w:bookmarkEnd w:id="22"/>
+      11. Слушателям, успешно прошедшим программы педагогической переподготовки, выдается сертификат вуза по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1378,77 +1352,77 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Педагогтік қайта даярлау</w:t>
+              <w:t>Приложение</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
+              <w:t>к Правилам педагогической</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қосымша</w:t>
+              <w:t>переподготовки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -1469,309 +1443,268 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z26" w:id="23"/>
+    <w:bookmarkStart w:name="z43" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Сертификат</w:t>
-[...200 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve">                                Сертификат</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z44" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выдан _________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (Ф.И.О.) (при наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в том, что он(а) с "___" _______ по " ___ " ________ 20__ года прошел(а) курс</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>педагогической переподготовки в объеме ________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кредитов ___________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (название организаций высшего и (или) послевузовского образования)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (Ф.И.О. при наличии, подпись руководителя)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Место печати</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата выдачи " ___" ____________ 20___ года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z45" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Регистрационный номер: № ___ от "___" _______ 20__ года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
+					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>