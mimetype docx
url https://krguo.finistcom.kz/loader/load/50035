--- v0 (2025-12-04)
+++ v1 (2026-01-21)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="080dc1a" w14:textId="080dc1a">
+    <w:p w14:paraId="08d8c65" w14:textId="08d8c65">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,10657 +76,10619 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Мемлекеттік көрсетілетін қызметтер туралы</w:t>
-[...16 lines deleted...]
-        <w:t>Қазақстан Республикасының 2013 жылғы 15 сәуірдегі № 88-V Заңы.</w:t>
+        <w:t>О государственных услугах</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закон Республики Казахстан от 15 апреля 2013 года № 88-V.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Қолданушылар назарына!</w:t>
+        <w:t>      Вниманию пользователей!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Қолданушыларға ыңғайлы болуы үшін ЗҚАИ мазмұнды жасады. </w:t>
-[...93 lines deleted...]
-    <w:bookmarkStart w:name="z1" w:id="0"/>
+        <w:t xml:space="preserve">      Для удобства пользования РЦПИ создано </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ОГЛАВЛЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Настоящий Закон регулирует общественные отношения в сфере оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тарау. ЖАЛПЫ ЕРЕЖЕЛЕР</w:t>
+        <w:t xml:space="preserve"> Глава 1. ОБЩИЕ ПОЛОЖЕНИЯ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>1-бап. Осы Заңда пайдаланылатын негізгі ұғымдар</w:t>
-[...17 lines deleted...]
-      Осы Заңда мынадай негізгі ұғымдар пайдаланылады:</w:t>
+        <w:t>Статья 1. Основные понятия, используемые в настоящем Законе</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В настоящем Законе используются следующие основные понятия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z85" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы (бұдан әрі – Мемлекеттік корпорация) – Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтерді, табиғи монополиялар субъектілерінің желілеріне қосуға арналған техникалық шарттарды беру жөніндегі қызметтерді және квазимемлекеттік сектор субъектілерінің қызметтерін көрсету, "бір терезе" қағидаты бойынша мемлекеттік қызметтерді, табиғи монополиялар субъектілерінің желілеріне қосуға арналған техникалық шарттарды беру жөніндегі қызметтерді, квазимемлекеттік сектор субъектілерінің қызметтерін көрсетуге өтініштер қабылдау және көрсетілетін қызметті алушыға олардың нәтижелерін беру жөніндегі жұмысты ұйымдастыру, сондай-ақ электрондық нысанда мемлекеттік қызметтер көрсетуді қамтамасыз ету үшін Қазақстан Республикасы Үкіметінің шешімі бойынша құрылған, орналасқан жері бойынша жылжымайтын мүлікке құқықтарды мемлекеттік тіркеуді жүзеге асыратын заңды тұлға;</w:t>
+      1) Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация) – юридическое лицо, созданное по решению Правительства Республики Казахстан для оказания государственных услуг, услуг по выдаче технических условий на подключение к сетям субъектов естественных монополий и услуг субъектов квазигосударственного сектора в соответствии с законодательством Республики Казахстан, организации работы по приему заявлений на оказание государственных услуг, услуг по выдаче технических условий на подключение к сетям субъектов естественных монополий, услуг субъектов квазигосударственного сектора и выдаче их результатов услугополучателю по принципу "одного окна", а также обеспечения оказания государственных услуг в электронной форме, осуществляющее государственную регистрацию прав на недвижимое имущество по месту его нахождения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z119" w:id="2"/>
-[...15 lines deleted...]
-      1-1) ақпараттандыру саласындағы уәкiлеттi орган – ақпараттандыру және "электрондық үкiмет" саласындағы басшылықты және салааралық үйлестіруді жүзеге асыратын орталық атқарушы орган;</w:t>
+    <w:bookmarkStart w:name="z139" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1) уполномоченный орган в сфере информатизации – центральный исполнительный орган, осуществляющий руководство и межотраслевую координацию в сфере информатизации и "электронного правительства";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z120" w:id="3"/>
-[...15 lines deleted...]
-      1-2) "бір өтініш" қағидаты – бір өтініш негізінде көрсетілетін бірнеше мемлекеттік қызметтер жиынтығын көздейтін мемлекеттік қызметті көрсету нысаны;</w:t>
+    <w:bookmarkStart w:name="z140" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-2) принцип "одного заявления" – форма оказания государственной услуги, предусматривающая совокупность нескольких государственных услуг, оказываемых на основании одного заявления;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z86" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) "бір терезе" қағидаты – мемлекеттік қызметті орталықтандырып көрсетудің мемлекеттік қызметтер көрсету кезінде көрсетілетін қызметті алушының құжаттарды жинау мен дайындауға барынша аз қатысуын және оның көрсетілетін қызметті берушілермен тікелей байланысын шектеуді көздейтін нысаны;</w:t>
+      2) принцип "одного окна" – форма централизованного оказания государственной услуги, предусматривающая минимальное участие услугополучателя в сборе и подготовке документов при оказании государственной услуги и ограничение его непосредственного контакта с услугодателями;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z87" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) көрсетілетін қызметті алушы – орталық мемлекеттік органдарды, Қазақстан Республикасының шетелдегі мекемелерін, облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдарын, қаладағы аудандардың, аудандық маңызы бар қалалардың, кенттердің, ауылдардың, ауылдық округтердің әкімдерін қоспағанда, жеке және заңды тұлғалар;</w:t>
+      3) услугополучатель – физические и юридические лица, за исключением центральных государственных органов, загранучреждений Республики Казахстан, местных исполнительных органов областей, городов республиканского значения, столицы, районов, городов областного значения, акимов районов в городе, городов районного значения, поселков, сел, сельских округов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z88" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) көрсетілетін қызметті беруші – Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсететін орталық мемлекеттік органдар, Қазақстан Республикасының шетелдегі мекемелері, облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдары, қаладағы аудандардың, аудандық маңызы бар қалалардың, кенттердің, ауылдардың, ауылдық округтердің әкімдері, сондай-ақ жеке және заңды тұлғалар;</w:t>
+      4) услугодатель – центральные государственные органы, загранучреждения Республики Казахстан, местные исполнительные органы областей, городов республиканского значения, столицы, районов, городов областного значения, акимы районов в городе, городов районного значения, поселков, сел, сельских округов, а также физические и юридические лица, оказывающие государственные услуги в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z89" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) мемлекеттік көрсетілетін қызмет – көрсетілетін қызметті алушылардың өтініш жасауы бойынша немесе өтініш жасауынсыз жеке тәртіппен жүзеге асырылатын және олардың құқықтарын, бостандықтары мен заңды мүдделерін іске асыруға, оларға тиісті материалдық немесе материалдық емес игіліктер беруге бағытталған жекелеген мемлекеттік функцияларды іске асыру нысандарының бірі;</w:t>
+      5) государственная услуга – одна из форм реализации отдельных государственных функций, осуществляемых в индивидуальном порядке по обращению или без обращения услугополучателей и направленных на реализацию их прав, свобод и законных интересов, предоставление им соответствующих материальных или нематериальных благ;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">6) алып тасталды - ҚР 25.11.2019 </w:t>
+        <w:t xml:space="preserve">6) исключен Законом РК от 25.11.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 272-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z91" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) мемлекеттік көрсетілетін қызмет стандарты – мемлекеттік қызмет көрсету ерекшеліктері ескеріле отырып, қызмет көрсету процесінің сипаттамаларын, нысанын, мазмұны мен нәтижесін, сондай-ақ өзге де мәліметтерді қамтитын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесі;</w:t>
+      7) стандарт государственной услуги – перечень основных требований к оказанию государственной услуги, включающий характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z92" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) мемлекеттік көрсетілетін қызметтер тізілімі – мемлекеттік көрсетілетін қызметтердің сыныпталған тізбесі;</w:t>
+      8) реестр государственных услуг – классифицированный перечень государственных услуг;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z93" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) Бiрыңғай байланыс орталығы – Қазақстан Республикасының Үкіметі айқындаған, көрсетiлетiн қызметтi алушыларға мемлекеттiк және өзге де қызметтер көрсету мәселелерi бойынша – ақпарат, сондай-ақ мемлекеттік органдарға ақпараттық-коммуникациялық қызметтер көрсету мәселелері бойынша ақпарат беру жөнiндегi ақпараттық-анықтамалық қызмет функцияларын орындайтын заңды тұлға;</w:t>
+      9) Единый контакт-центр – юридическое лицо, определенное Правительством Республики Казахстан, выполняющее функции информационно-справочной службы по предоставлению услугополучателям информации по вопросам оказания государственных и иных услуг, а также государственным органам – информации по вопросам оказания информационно-коммуникационных услуг;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z94" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10) мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесі – мемлекеттік қызметтер көрсету, оның ішінде "Азаматтарға арналған үкімет" мемлекеттік корпорациясы арқылы көрсету процесін автоматтандыруға және мониторингтеуге арналған ақпараттық жүйе;</w:t>
+      10) информационная система мониторинга оказания государственных услуг – информационная система, предназначенная для автоматизации и мониторинга процесса оказания государственных услуг, в том числе оказываемых через Государственную корпорацию "Правительство для граждан";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z121" w:id="12"/>
-[...15 lines deleted...]
-      10-1) мемлекеттік қызметтер көрсету саласындағы пилоттық жоба – перспективаларын зерттеу, талдау және тәуекелдерді барынша азайту мақсатында мемлекеттік қызметтер көрсету саласында жаңа тәсілдерді енгізу;</w:t>
+    <w:bookmarkStart w:name="z141" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10-1) пилотный проект в сфере оказания государственных услуг – внедрение новых подходов в сфере оказания государственных услуг с целью исследования, анализа перспектив и минимизации рисков;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z95" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11) мемлекеттік қызметтер көрсету сапасының қоғамдық мониторингі – жеке тұлғалардың, коммерциялық емес ұйымдардың мемлекеттік қызметтер көрсету сапасының деңгейі туралы ақпаратты жинау, талдау және ұсынымдарды тұжырымдау жөніндегі қызметі;</w:t>
+      11) общественный мониторинг качества оказания государственных услуг – деятельность физических лиц, некоммерческих организаций по сбору, анализу информации об уровне качества оказания государственных услуг и выработке рекомендаций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z96" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12) мемлекеттік қызметтер көрсету сапасын бағалау – көрсетілетін қызметті алушыларды орталық мемлекеттік органдар, облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдары, қаладағы аудандардың, аудандық маңызы бар қалалардың, кенттердің, ауылдардың, ауылдық округтердің әкімдері көрсететін қолжетімді және сапалы мемлекеттік көрсетілетін қызметтермен қамтамасыз ету бойынша шаралардың тиімділігін айқындау жөніндегі қызмет;</w:t>
+      12) оценка качества оказания государственных услуг – деятельность по определению эффективности мер по обеспечению услугополучателей доступными и качественными государственными услугами, оказываемыми центральными государственными органами, местными исполнительными органами областей, городов республиканского значения, столицы, районов, городов областного значения, акимами районов в городе, городов районного значения, поселков, сел, сельских округов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z97" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13) мемлекеттік қызметтер көрсету сапасын мемлекеттік бақылау – орталық мемлекеттік органдардың, облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдарының, қаладағы аудандар, аудандық маңызы бар қалалар, кенттер, ауылдар, ауылдық округтер әкімдерінің, сондай-ақ Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсететін жеке және заңды тұлғалардың Қазақстан Республикасының мемлекеттік қызметтер көрсету саласындағы заңнамасын сақтауын тексеру, профилактикалық бақылау және оған мониторинг жүргізу жөніндегі қызмет;</w:t>
+      13) государственный контроль за качеством оказания государственных услуг – деятельность по проверке, профилактическому контролю и мониторингу соблюдения законодательства Республики Казахстан в сфере оказания государственных услуг центральными государственными органами, местными исполнительными органами областей, городов республиканского значения, столицы, районов, городов областного значения, акимами районов в городе, городов районного значения, поселков, сел, сельских округов, а также физическими и юридическими лицами, оказывающими государственные услуги в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z98" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14) мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган – өз құзыреті шегінде мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі қызметті жүзеге асыратын орталық мемлекеттік орган;</w:t>
+      14) уполномоченный орган по оценке и контролю за качеством оказания государственных услуг – центральный государственный орган, осуществляющий в пределах своей компетенции деятельность по оценке и контролю за качеством оказания государственных услуг;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z99" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15) мемлекеттік қызмет көрсету процесін автоматтандыру – электрондық нысанда мемлекеттік қызмет көрсетуді қамтамасыз ету үшін көрсетілетін қызметті берушінің әкімшілік процестерін түрлендіру рәсімі;</w:t>
+      15) автоматизация процесса оказания государственной услуги – процедура преобразования административных процессов услугодателя для обеспечения оказания государственной услуги в электронной форме;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z100" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16) мемлекеттік қызмет көрсету процесін оңтайландыру – мемлекеттік қызмет көрсету процесін оңайлатуға, мемлекеттік қызмет көрсету мерзімін, көрсетілетін қызметті алушылар ұсынатын құжаттардың тізбесін, сондай-ақ оны көрсету процесінің буындарын қысқартуға, оның ішінде автоматтандыру арқылы қысқартуға бағытталған іс-шара;</w:t>
+      16) оптимизация процесса оказания государственной услуги – мероприятие, направленное на упрощение процесса оказания государственной услуги, сокращение срока оказания государственной услуги, перечня документов, представляемых услугополучателями, а также звеньев процесса ее оказания, в том числе путем автоматизации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z101" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17) мемлекеттік қызметтер көрсету саласындағы уәкілетті орган – мемлекеттік қызметтер көрсету саласындағы басшылықты және салааралық үйлестіруді жүзеге асыратын орталық мемлекеттік орган;</w:t>
+      17) уполномоченный орган в сфере оказания государственных услуг – центральный государственный орган, осуществляющий руководство и межотраслевую координацию в сфере оказания государственных услуг;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z122" w:id="20"/>
-[...15 lines deleted...]
-      17-1) проактивті көрсетілетін қызмет – қызмет көрсету субъектісінің бастамасы бойынша берілетін, қызметті көрсету үшін көрсетілетін қызметті алу субъектісінің ұялы байланыс абоненттік құрылғысы арқылы берілген келісімі міндетті түрде қажет болатын, электрондық нысанда көрсетілетін мемлекеттік қызмет;</w:t>
+    <w:bookmarkStart w:name="z142" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17-1) проактивная услуга – государственная услуга, оказываемая в электронной форме, предоставляемая по инициативе субъекта оказания услуг, для оказания которой необходимо обязательное согласие субъекта получения услуги, предоставленное посредством абонентского устройства сотовой связи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z123" w:id="21"/>
-[...15 lines deleted...]
-      17-2) ұялы байланыс абоненттік құрылғысы – абонент берген ақпаратты беру немесе қабылдау үшін электр байланысы сигналдарын қалыптастыратын және ұялы байланыс операторының желісіне қосылатын, қызмет көрсетілетін аумағы шеңберінде географиялық тұрғыдан айқындалатын тұрақты орналасқан жері жоқ, ұялы байланыс желілерінде жұмыс істейтін жеке-дара пайдаланылатын байланыс құралы;</w:t>
+    <w:bookmarkStart w:name="z143" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17-2) абонентское устройство сотовой связи – средство связи индивидуального использования, формирующее сигналы электрической связи для передачи или приема заданной абонентом информации и подключаемое к сети оператора сотовой связи, не имеющее постоянного географически определяемого местоположения в рамках обслуживаемой территории, работающее в сетях сотовой связи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">18) алып тасталды - ҚР 24.05.2018 </w:t>
+        <w:t xml:space="preserve">18) исключен Законом РК от 24.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z103" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      19) "электрондық үкіметтің" веб-порталы – нормативтік құқықтық базаны қоса алғанда, бүкіл шоғырландырылған үкіметтік ақпаратқа және электрондық нысанда көрсетілетін мемлекеттік қызметтерге, табиғи монополиялар субъектілерінің желілеріне қосуға техникалық шарттарды беру жөніндегі қызметтерге және квазимемлекеттік сектор субъектілерінің қызметтеріне қол жеткізудің бірыңғай терезесі болатын ақпараттық жүйе.</w:t>
+      19) веб-портал "электронного правительства" – информационная система, представляющая собой единое окно доступа ко всей консолидированной правительственной информации, включая нормативную правовую базу, и к государственным услугам, услугам по выдаче технических условий на подключение к сетям субъектов естественных монополий и услугам субъектов квазигосударственного сектора, оказываемым в электронной форме.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-бапқа өзгерістер енгізілді - ҚР 23.11.2015 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 1 с изменениями, внесенными законами РК от 23.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 417-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 17.11.2015 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 24.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 419-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016); от 17.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 408-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.03.2016 бастап </w:t>
-[...26 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.03.2016); от 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 2. Законодательство Республики Казахстан в сфере оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Законодательство Республики Казахстан в сфере оказания государственных услуг основывается на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конституции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан, состоит из настоящего Закона и иных нормативных правовых актов Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z6" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Если международным договором, ратифицированным Республикой Казахстан, установлены иные правила, чем те, которые содержатся в настоящем Законе, то применяются правила международного договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 3. Основные принципы оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственные услуги оказываются на основе следующих основных принципов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      равного доступа услугополучателям без какой-либо дискриминации по мотивам происхождения, социального, должностного и имущественного положения, пола, расы, национальности, языка, отношения к религии, убеждений, места жительства или по любым иным обстоятельствам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      недопустимости проявлений бюрократизма и волокиты при оказании государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подотчетности и прозрачности в сфере оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      качества и доступности государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      постоянного совершенствования процесса оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      экономичности и эффективности при оказании государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 4. Права услугополучателей</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Услугополучатели имеют право:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) получать в доступной форме от услугодателя полную и достоверную информацию о порядке предоставления государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) получать государственную услугу в соответствии с подзаконным нормативным правовым актом, определяющим порядок оказания государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z120" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) обжаловать решения, действия (бездействие) центрального государственного органа, местного исполнительного органа области, города республиканского значения, столицы, района, города областного значения, акима района в городе, города районного значения, поселка, села, сельского округа, а также услугодателя и (или) их должностных лиц, Государственной корпорации и (или) ее работников по вопросам оказания государственных услуг в порядке, установленном законодательными актами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z134" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) получать государственную услугу в бумажной и (или) электронной форме в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) участвовать в публичных обсуждениях проектов подзаконных нормативных правовых актов, определяющих порядок оказания государственных услуг, в порядке, предусмотренном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) обращаться в суд с иском о защите нарушенных прав, свобод и законных интересов в сфере оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z170" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) использовать электронные документы в отношении себя и несовершеннолетних членов семьи из сервиса цифровых документов в соответствии с подзаконным нормативным правовым актом, определяющим порядок оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z10" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Иностранцы, лица без гражданства и иностранные юридические лица получают государственные услуги наравне с гражданами и юридическими лицами Республики Казахстан, если иное не предусмотрено законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 4 с изменениями, внесенными законами РК от 17.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 408-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.03.2016); от 03.12.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 433-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016); от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 25.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 347-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 5. Права и обязанности услугодателей</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z12" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Услугодатели имеют право:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) получать от центральных государственных органов, местных исполнительных органов областей, городов республиканского значения, столицы, районов, городов областного значения, акимов районов в городе, городов районного значения, поселков, сел, сельских округов информацию, необходимую для оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z124" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) отказывать в оказании государственных услуг в случаях и по основаниям, установленным законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z13" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Услугодатели обязаны:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) оказывать государственные услуги в соответствии с подзаконными нормативными правовыми актами, определяющими порядок оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) создавать необходимые условия для лиц с ограниченными возможностями при получении ими государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) предоставлять полную и достоверную информацию о порядке оказания государственных услуг услугополучателям в доступной форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z123" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) предоставлять центральным государственным органам, местным исполнительным органам областей, городов республиканского значения, столицы, районов, городов областного значения, акимам районов в городе, городов районного значения, поселков, сел, сельских округов, иным услугодателям, Государственной корпорации документы и информацию, необходимые для оказания государственных услуг, в том числе посредством интеграции информационных систем, в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) обеспечить доставку результата государственной услуги в Государственную корпорацию, оказываемой через Государственную корпорацию, не позднее чем за сутки до истечения срока оказания государственной услуги, установленного подзаконным нормативным правовым актом, определяющим порядок оказания государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) повышать квалификацию работников в сфере оказания государственных услуг, а также обучать навыкам общения с инвалидами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z125" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) рассматривать жалобы услугополучателей и информировать их о результатах рассмотрения в сроки, установленные настоящим </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) обеспечивать возможность получения информации услугополучателями о стадии исполнения государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) принимать меры, направленные на восстановление нарушенных прав, свобод и законных интересов услугополучателей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) обеспечивать бесперебойное функционирование информационных систем, используемых для оказания государственных услуг, а также содержащих необходимые актуальные сведения для их оказания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) обеспечивать внесение данных в информационную систему мониторинга оказания государственных услуг о стадии оказания государственной услуги в порядке, установленном уполномоченным органом в сфере информатизации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z135" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) получать письменное согласие или согласие, подтвержденное электронной цифровой подписью, либо согласие посредством абонентского устройства сотовой связи услугополучателя на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z171" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) использовать электронные документы из сервиса цифровых документов для оказания государственных услуг в случаях, предусмотренных подзаконными нормативными правовыми актами, определяющими порядок оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При оказании государственных услуг не допускается истребования от услугополучателей:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) документов и сведений, которые могут быть получены из информационных систем;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z121" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) нотариально засвидетельствованных копий документов, оригиналы которых представлены для сверки услугодателю, Государственной корпорации, за исключением случаев, предусмотренных законодательством Республики Казахстан, регулирующим вопросы пенсионного и социального обеспечения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 5 с изменениями, внесенными законами РК от 17.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 408-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.03.2016); от 03.12.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 433-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016); от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 25.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 347-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. ГОСУДАРСТВЕННОЕ РЕГУЛИРОВАНИЕ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>В СФЕРЕ ОКАЗАНИЯ ГОСУДАРСТВЕННЫХ УСЛУГ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 6. Компетенция Правительства Республики Казахстан в сфере оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Правительство Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) разрабатывает основные направления государственной политики в сфере оказания государственных услуг и организует их осуществление;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) исключен Законом РК от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1) утверждает положение о Межведомственной комиссии по вопросам оказания государственных услуг и ее состав;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) - 9) исключены Законом РК от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10) выполняет иные функции, возложенные на него </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конституцией</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, настоящим Законом, иными законами Республики Казахстан и актами Президента Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 6 с изменениями, внесенными законами РК от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 17.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 408-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.03.2016); от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 7. Компетенция уполномоченного органа по оценке и контролю за качеством оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченный орган по оценке и контролю за качеством оказания государственных услуг:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обеспечивает реализацию государственной политики в сфере оказания государственных услуг в пределах своей компетенции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществляет государственный контроль за качеством оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) разрабатывает и утверждает правила государственного контроля за качеством оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) запрашивает информацию о результатах внутреннего контроля за качеством оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) разрабатывает и утверждает методику оценки качества оказания государственных услуг по согласованию с уполномоченным органом в сфере информатизации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осуществляет формирование, реализацию, мониторинг реализации и оценку результатов государственного социального заказа по проведению общественного мониторинга качества оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) исключен Законом РК от 02.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 384-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) оказывает информационную, консультативную, методическую поддержку физическим лицам и некоммерческим организациям по проведению общественного мониторинга качества оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) осуществляет иные функции, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 7 с изменениями, внесенными законами РК от 02.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 384-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016); от 23.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 417-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 13.06.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 160-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 8. Компетенция уполномоченного органа в сфере оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченный орган в сфере оказания государственных услуг:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обеспечивает реализацию государственной политики в сфере оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) разрабатывает и утверждает правила ведения реестра государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z144" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1) утверждает реестр государственных услуг и вносит в него изменения и дополнения по согласованию с уполномоченным органом по оценке и контролю за качеством оказания государственных услуг и уполномоченным органом в сфере развития системы государственного управления;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осуществляет разработку и ведение реестра государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) исключен Законом РК от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) осуществляет согласование проектов подзаконных нормативных правовых актов, определяющих порядок оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) проводит мониторинг деятельности центральных государственных органов по разработке подзаконных нормативных правовых актов, определяющих порядок оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) разрабатывает и утверждает методику определения стоимости государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) разрабатывает и утверждает порядок формирования, сроки представления и типовую форму отчета деятельности центральных государственных органов, местных исполнительных органов областей, городов республиканского значения, столицы, районов, городов областного значения, акимов районов в городе, городов районного значения, поселков, сел, сельских округов по вопросам оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z172" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-1) разрабатывает и утверждает правила сбора, обработки и хранения биометрических данных физических лиц для их биометрической аутентификации при оказании государственных услуг по согласованию с уполномоченным органом в сфере защиты персональных данных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) разрабатывает предложения по совершенствованию подзаконных нормативных правовых актов, определяющих порядок оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 8 с изменениями, внесенными законами РК от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 25.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 347-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 9. Компетенция уполномоченного органа в сфере информатизации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченный орган в сфере информатизации:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обеспечивает реализацию государственной политики в сфере оказания государственных услуг в пределах своей компетенции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) исключен Законом РК от 17.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 408-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.03.2016);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) исключен Законом РК от 17.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 408-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.03.2016);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) исключен Законом РК от 17.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 408-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.03.2016);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) исключен Законом РК от 17.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 408-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.03.2016);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) исключен Законом РК от 17.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 408-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.03.2016);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) исключен Законом РК от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) организует и координирует работу Единого контакт-центра;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-1) утверждает перечень государственных услуг, оказываемых по принципу "одного заявления";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) утверждает правила деятельности Единого контакт-центра;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) утверждает правила взаимодействия Единого контакт-центра с центральными государственными органами, местными исполнительными органами областей, городов республиканского значения, столицы, районов, городов областного значения, акимами районов в городе, городов районного значения, поселков, сел, сельских округов, а также услугодателями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) осуществляет согласование проектов подзаконных нормативных правовых актов, определяющих порядок оказания государственных услуг, предусматривающих электронную форму оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) разрабатывает предложения по совершенствованию подзаконных нормативных правовых актов, определяющих порядок оказания государственных услуг, оказываемых в электронной форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12-1) осуществляет проверку деятельности Государственной корпорации в пределах компетенции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12-2) вправе получать от государственных органов и организаций сведения о деятельности Государственной корпорации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z145" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12-3) координирует деятельность центральных государственных органов, местных исполнительных органов областей, городов республиканского значения, столицы, районов, городов областного значения, акимов районов в городе, городов районного значения, поселков, сел, сельских округов по вопросам оптимизации процессов оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) разрабатывает и утверждает правила оптимизации и автоматизации государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z146" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-1) утверждает перечень проактивных услуг и порядок их оказания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 9 с изменениями, внесенными законами РК от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 17.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 408-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.03.2016); от 24.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 419-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі); 24.05.2018 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016); от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 9-1. Компетенция уполномоченного органа, определяемого Правительством Республики Казахстан из числа центральных государственных органов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченный орган:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) разрабатывает и утверждает правила деятельности Государственной корпорации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) разрабатывает и утверждает правила отбора государственных услуг, подлежащих оказанию через Государственную корпорацию, по согласованию с уполномоченным органом в сфере информатизации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осуществляет организацию и контроль за деятельностью Государственной корпорации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) координирует деятельность Государственной корпорации и ее взаимодействие с услугодателями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) осуществляет методологическое обеспечение деятельности Государственной корпорации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осуществляет согласование проектов подзаконных нормативных правовых актов, определяющих порядок оказания государственных услуг через Государственную корпорацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) разрабатывает предложения по совершенствованию подзаконных нормативных правовых актов, определяющих порядок оказания государственных услуг, оказываемых через Государственную корпорацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) определяет порядок ценообразования на услуги, оказываемые Государственной корпорацией.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена статьей 9-1 в соответствии с Законом РК от 17.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 408-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.03.2016); с изменениями, внесенными Законом РК от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 10. Компетенция центральных государственных органов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центральные государственные органы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) разрабатывают и утверждают подзаконные нормативные правовые акты, определяющие порядок оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) исключен Законом РК от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) обеспечивают повышение качества, доступность оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) обеспечивают доступность подзаконных нормативных правовых актов, определяющих порядок оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) обеспечивают информированность услугополучателей в доступной форме о порядке оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) рассматривают обращения услугополучателей по вопросам оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) принимают меры, направленные на восстановление нарушенных прав, свобод и законных интересов услугополучателей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) обеспечивают повышение квалификации работников в сфере оказания государственных услуг, общения с инвалидами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z126" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) принимают меры по оптимизации и автоматизации процессов оказания государственных услуг в соответствии с законодательством Республики Казахстан по согласованию с уполномоченным органом в сфере информатизации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z147" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-1) после внесения в реестр государственных услуг новой государственной услуги принимают меры по переводу ее оказания в электронный формат в соответствии с законодательством Республики Казахстан по согласованию с уполномоченным органом в сфере информатизации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z127" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) обеспечивают предоставление информации в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг для проведения оценки качества оказания государственных услуг, а также информации по результатам внутреннего контроля за качеством оказания государственных услуг в порядке и сроки, установленные законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z137" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) обеспечивают предоставление информации в уполномоченный орган в сфере информатизации для проведения оценки качества оказания государственных услуг, оказываемых в электронной форме, в порядке и сроки, установленные законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) предоставляют доступ Государственной корпорации к информационным системам, содержащим необходимые для оказания государственных услуг сведения, если иное не предусмотрено законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) предоставляют информацию о порядке оказания государственных услуг в Единый контакт-центр;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z128" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) проводят внутренний контроль за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) обеспечивают соблюдение услугодателями подзаконных нормативных правовых актов, определяющих порядок оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) осуществляют иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 10 с изменениями, внесенными законами РК от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 17.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 408-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.03.2016); от 24.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 419-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016); от 03.12.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 433-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016); от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 11. Компетенция местных исполнительных органов областей, городов республиканского значения, столицы, районов, городов областного значения, акимов районов в городе, городов районного значения, поселков, сел, сельских округов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местные исполнительные органы областей, городов республиканского значения, столицы, районов, городов областного значения, акимы районов в городе, городов районного значения, поселков, сел, сельских округов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обеспечивают повышение качества, доступность оказания государственных услуг на территории соответствующей административно-территориальной единицы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечивают доступность подзаконных нормативных правовых актов, определяющих порядок оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) обеспечивают информированность услугополучателей в доступной форме о порядке оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) рассматривают обращения услугополучателей по вопросам оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) принимают меры, направленные на восстановление нарушенных прав, свобод и законных интересов услугополучателей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) обеспечивают повышение квалификации работников в сфере оказания государственных услуг, общения с инвалидами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z129" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) принимают меры по оптимизации и автоматизации процессов оказания государственных услуг в соответствии с законодательством Республики Казахстан по согласованию с уполномоченным органом в сфере информатизации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z130" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) обеспечивают предоставление информации в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг для проведения оценки качества оказания государственных услуг, а также информации по результатам внутреннего контроля за качеством оказания государственных услуг в порядке и сроки, установленные законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z138" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) обеспечивают предоставление информации в уполномоченный орган в сфере информатизации для проведения оценки качества оказания государственных услуг, оказываемых в электронной форме, в порядке и сроки, установленные законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) предоставляют доступ Государственной корпорации к информационным системам, содержащим необходимые для оказания государственных услуг сведения, если иное не предусмотрено законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) предоставляют информацию о порядке оказания государственных услуг в Единый контакт-центр;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) проводят внутренний контроль за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) обеспечивают соблюдение услугодателями подзаконных нормативных правовых актов, определяющих порядок оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z131" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) осуществляют в интересах местного государственного управления иные полномочия, возлагаемые законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 11 с изменениями, внесенными законами РК от 17.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 408-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.03.2016); от 24.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 419-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016); от 03.12.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 433-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016); от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 11-1. Организация деятельности Государственной корпорации</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z109" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственная корпорация является единым провайдером, осуществляющим деятельность в сфере оказания государственных услуг физическим и (или) юридическим лицам по принципу "одного окна", регистрации залога движимого имущества, не подлежащего обязательной государственной регистрации, физических и юридических лиц, технического обследования зданий, сооружений и (или) их составляющих, государственной регистрации прав на недвижимое имущество, ведения государственного земельного кадастра, пенсионного и социального обеспечения, государственной регистрации юридических лиц, являющихся коммерческими организациями, и учетной регистрации их филиалов и представительств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Иным лицам запрещается осуществление деятельности единого провайдера.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z110" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Государственная корпорация создается в форме акционерного общества, является некоммерческой организацией.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственная корпорация имеет свои филиалы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z111" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Единственным акционером Государственной корпорации является Правительство Республики Казахстан. Уполномоченный орган Государственной корпорации определяется решением Правительства Республики Казахстан из числа центральных государственных органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z112" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Государственная корпорация:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обеспечивает повышение качества оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечивает соблюдение подзаконных нормативных правовых актов, определяющих порядок оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) обеспечивает информированность услугополучателей о порядке оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z148" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1) работники Государственной корпорации, имеющие доступ к персональным данным граждан, а также участвующие в процессе оказания государственных услуг, подлежат проверке в порядке, определяемом уполномоченным органом в сфере информатизации по согласованию с Комитетом национальной безопасности Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) рассматривает обращения услугополучателей по вопросам оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) обеспечивает повышение квалификации работников в сфере оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) оказывает государственные услуги физическим и (или) юридическим лицам по принципу "одного окна" в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z149" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-1) предоставляет уполномоченному органу по оценке и контролю за качеством оказания государственных услуг информацию по государственным услугам, оказываемым через Государственную корпорацию, для проведения оценки качества оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z173" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-2) осуществляет сбор, обработку и хранение биометрических данных физических лиц для их биометрической аутентификации при оказании государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z174" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-3) осуществляет ведение базы биометрических данных физических лиц для их биометрической аутентификации при оказании государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена статьей 11-1 в соответствии с Законом РК от 17.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 408-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.03.2016); с изменениями, внесенными законами РК от 24.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.05.2018 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 25.11.2019 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 02.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.07.2019); от 25.11.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 272-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 25.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 347-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z21" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...43 lines deleted...]
-    <w:bookmarkEnd w:id="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. РЕЕСТР, ПОДЗАКОННЫЙ НОРМАТИВНЫЙ ПРАВОВОЙ АКТ, ОПРЕДЕЛЯЮЩИЙ ПОРЯДОК ОКАЗАНИЯ ГОСУДАРСТВЕННЫХ УСЛУГ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок главы 3 с изменением, внесенным Законом РК от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>3-бап. Мемлекеттік қызметтер көрсетудің негізгі қағидаттары</w:t>
-[...125 lines deleted...]
-      мемлекеттік қызметтер көрсету кезіндегі үнемділік және тиімділік.</w:t>
+        <w:t>Статья 12. Реестр государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственные услуги подлежат включению в реестр государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z24" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Порядок ведения реестра государственных услуг, а также его структура определяются уполномоченным органом в сфере оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 12 с изменением, внесенным Законом РК от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>4-бап. Көрсетілетін қызметті алушылардың құқықтары</w:t>
-[...105 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>Статья 13. Общие требования к разработке и утверждению подзаконного нормативного правового акта, определяющего порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5) осы Заңның </w:t>
-[...77 lines deleted...]
-    <w:bookmarkEnd w:id="26"/>
+      Сноска. Заголовок статьи 13 с изменением, внесенным Законом РК от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Для обеспечения единых требований к качеству оказания государственных услуг центральными государственными органами разрабатываются и утверждаются подзаконные нормативные правовые акты, определяющие порядок оказания государственных услуг, в том числе для государственных услуг, оказываемых загранучреждениями Республики Казахстан, местными исполнительными органами областей, городов республиканского значения, столицы, районов, городов областного значения, акимами районов в городе, городов районного значения, поселков, сел, сельских округов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z150" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подзаконный нормативный правовой акт, определяющий порядок оказания государственной услуги, разрабатывается и утверждается в течение двух месяцев со дня утверждения реестра государственных услуг или внесения в него изменений и дополнений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z151" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Разработка и согласование проектов подзаконных нормативных правовых актов, определяющих порядок оказания государственных услуг, осуществляются в соответствии с Законом Республики Казахстан "О правовых актах".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z27" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Проект подзаконного нормативного правового акта, определяющего порядок оказания государственной услуги, подлежит публичному обсуждению в порядке, определяемом </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z28" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Принятие, изменение, дополнение и отмена подзаконных нормативных правовых актов, определяющих порядок оказания государственных услуг, осуществляются на основе предложений уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, уполномоченного органа в сфере оказания государственных услуг, уполномоченного органа в сфере информатизации, центральных государственных органов, местных исполнительных органов областей, городов республиканского значения, столицы, районов, городов областного значения, акимов районов в городе, городов районного значения, поселков, сел, сельских округов, а также по итогам общественного мониторинга качества оказания государственных услуг и (или) рассмотрения обращений услугополучателей по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 4-бапқа өзгерістер енгізілді - ҚР 17.11.2015 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 13 с изменениями, внесенными законами РК от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 06.04.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 484-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении тридцати календарных дней после дня его первого официального опубликования); от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 14. Требования к содержанию подзаконного нормативного правового акта, определяющего порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок статьи 14 в редакции Закона РК от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подзаконный нормативный правовой акт, определяющий порядок оказания государственной услуги, предусматривает:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) исключен Законом РК от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) описание порядка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      действий структурных подразделений (работников) услугодателя в процессе оказания государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      взаимодействия структурных подразделений (работников) услугодателя в процессе оказания государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      взаимодействия с Государственной корпорацией и (или) иными услугодателями, а также использования информационных систем в процессе оказания государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) порядок обжалования решений, действий (бездействия) центральных государственных органов, местных исполнительных органов областей, городов республиканского значения, столицы, районов, городов областного значения, акимов районов в городе, городов районного значения, поселков, сел, сельских округов, а также услугодателей и (или) их должностных лиц, Государственной корпорации и (или) ее работников по вопросам оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z152" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1) приложение в форме стандарта государственной услуги, который содержит:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z153" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      наименование государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z154" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      наименование услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z155" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      способы предоставления государственной услуги; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z156" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      срок оказания государственной услуги; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z157" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      форму оказания государственной услуги; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z158" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      результат оказания государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z159" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      размер платы, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z160" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      график работы услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z161" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      перечень документов, необходимых для оказания государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z162" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      основания для отказа в оказании государственной услуги, установленные законами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 14 с изменениями, внесенными законами РК от 17.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 408-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.03.2016 бастап </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі); 25.11.2019 </w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.03.2016); от 25.11.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 272-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 25.06.2020 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>5-бап. Көрсетілетін қызметті берушілердің құқықтары мен міндеттері</w:t>
-[...365 lines deleted...]
-    </w:p>
+        <w:t>Статья 15. Публичное обсуждение проектов подзаконных нормативных правовых актов, определяющих порядок оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок статьи 15 в редакции Закона РК от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z31" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Публичное обсуждение проектов подзаконных нормативных правовых актов, определяющих порядок оказания государственных услуг, проводится с целью учета замечаний и предложений физических и юридических лиц, права, свободы и законные интересы которых затрагиваются подзаконными нормативными правовыми актами, определяющими порядок оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z32" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Центральный государственный орган, разрабатывающий подзаконный нормативный правовой акт, определяющий порядок оказания государственной услуги, размещает проект подзаконного нормативного правового акта, определяющего порядок оказания государственной услуги, для его публичного обсуждения на веб-портале "электронного правительства", своем интернет-ресурсе и (или) интернет-ресурсах местного исполнительного органа области, города республиканского значения, столицы, района, города областного значения, акима района в городе, города районного значения, поселка, села, сельского округа, а также обеспечивает иными способами информирование услугополучателей о проекте подзаконного нормативного правового акта, определяющего порядок оказания государственной услуги, в течение пяти рабочих дней со дня включения государственной услуги в реестр государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z33" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Публичное обсуждение проекта подзаконного нормативного правового акта, определяющего порядок оказания государственной услуги, осуществляется в течение десяти рабочих дней со дня его размещения для публичного обсуждения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z34" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Центральный государственный орган, разрабатывающий проект подзаконного нормативного правового акта, определяющего порядок оказания государственной услуги, составляет отчет о завершении публичного обсуждения проекта подзаконного нормативного правового акта, определяющего порядок оказания государственной услуги, который подлежит размещению на веб-портале "электронного правительства", своем интернет-ресурсе и (или) интернет-ресурсах местного исполнительного органа области, города республиканского значения, столицы, района, города областного значения, акима района в городе, города районного значения, поселка, села, сельского округа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отчет о завершении публичного обсуждения проекта подзаконного нормативного правового акта, определяющего порядок оказания государственной услуги, содержит:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      перечень и краткое содержание замечаний и предложений, полученных в ходе публичного обсуждения, с приложением обоснований по принятым и (или) непринятым замечаниям и предложениям;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      информацию о способе ознакомления с проектом подзаконного нормативного правового акта, определяющего порядок оказания государственной услуги, доработанного с учетом поступивших замечаний и предложений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Замечания и предложения физических и юридических лиц к проекту подзаконного нормативного правового акта, определяющего порядок оказания государственной услуги, поступившие по истечении срока, указанного в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящей статьи, не подлежат рассмотрению.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Проект подзаконного нормативного правового акта, определяющего порядок оказания государственной услуги, доработанный по результатам публичного обсуждения, и отчет о завершении публичного обсуждения проекта подзаконного нормативного правового акта, определяющего порядок оказания государственной услуги, направляются на согласование в заинтересованные центральные государственные органы, местные исполнительные органы областей, городов республиканского значения, столицы, районов, городов областного значения, акимам районов в городе, городов районного значения, поселков, сел, сельских округов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Проекты нормативных правовых актов по внесению изменений и (или) дополнений в утвержденные подзаконные нормативные правовые акты, определяющие порядок оказания государственных услуг, в обязательном порядке подлежат публичному обсуждению в порядке, установленном настоящей статьей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 5-бапқа өзгерістер енгізілді - ҚР 17.11.2015 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">      Сноска. Статья 15 с изменениями, внесенными Законом РК от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 16. Требования к разработке регламента государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Статья 16 исключена Законом РК от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 17. Требования к содержанию регламента государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Статья 17 исключена Законом РК от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. ОКАЗАНИЕ ГОСУДАРСТВЕННЫХ УСЛУГ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 18. Оказание государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственные услуги оказываются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) услугодателями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) через Государственную корпорацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z175" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) посредством веб-портала "электронного правительства", абонентского устройства сотовой связи и объектов информатизации, интегрированных с сервисами, размещенными на шлюзе "электронного правительства", внешнем шлюзе "электронного правительства";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z163" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) посредством стационарного абонентского устройства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 18 с изменениями, внесенными законами РК от 17.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 408-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.03.2016 бастап </w:t>
-[...59 lines deleted...]
-        <w:t xml:space="preserve"> енгізіледі); 25.11.2019 </w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.03.2016); от 24.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 419-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016); от 25.11.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 272-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 25.06.2020 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 399-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования) .</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 19. Оказание государственных услуг услугодателями</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Требования и порядок оказания государственных услуг услугодателями определяются подзаконным нормативным правовым актом, определяющим порядок оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случаях представления услугополучателем неполного пакета документов согласно перечню, предусмотренному подзаконным нормативным правовым актом, определяющим порядок оказания государственной услуги, и (или) документов с истекшим сроком действия услугодатель отказывает в приеме заявления.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 19 с изменениями, внесенными законами РК от 06.04.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 484-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении тридцати календарных дней после дня его первого официального опубликования); от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> 2-тарау. МЕМЛЕКЕТТІК ҚЫЗМЕТТЕР КӨРСЕТУ САЛАСЫНДАҒЫ</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 19-1. Отказ в оказании государственных услуг услугодателями</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z115" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. При отказе в оказании государственной услуги услугодатель направляет услугополучателю ответ с указанием причин отказа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z116" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Услугодатели отказывают в оказании государственных услуг по следующим основаниям:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным нормативными правовыми актами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) отрицательный ответ уполномоченного государственного органа на запрос о согласовании, который требуется для оказания государственной услуги, а также отрицательное заключение экспертизы, исследования либо проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения определенной государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) в отношении услугополучателя имеется вступившее в законную силу решение суда, на основании которого услугополучатель лишен специального права, связанного с получением государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z176" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) отсутствие согласия услугополучателя, предоставляемого в соответствии со статьей 8 Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z117" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В случае устранения услугополучателем причин отказа в оказании государственной услуги услугополучатель может обратиться повторно для получения государственной услуги в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z118" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Действие пункта 2 настоящей статьи не распространяется на случаи получения лицензии в порядке, установленном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О разрешениях и уведомлениях".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z119" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Законами Республики Казахстан могут устанавливаться иные основания для отказа в оказании государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 4 дополнена статьей 19-1 в соответствии с Законом РК от 06.04.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 484-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении тридцати календарных дней после дня его первого официального опубликования); с изменением, внесенным Законом РК от 30.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 96-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:bookmarkEnd w:id="29"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 20. Оказание государственных услуг через Государственную корпорацию</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z44" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. При оказании государственных услуг через Государственную корпорацию, оказание которых предусматривает отправку заявления и документов услугополучателя услугодателям на бумажном носителе, день приема заявлений и документов не входит в срок оказания государственной услуги, установленный подзаконным нормативным правовым актом, определяющим порядок оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z45" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Работник Государственной корпорации обязан принять заявление услугополучателя при наличии у него полного пакета документов согласно перечню, предусмотренному подзаконным нормативным правовым актом, определяющим порядок оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае представления услугополучателем неполного пакета документов согласно перечню, предусмотренному подзаконным нормативным правовым актом, определяющим порядок оказания государственной услуги, а также документов с истекшим сроком действия работник Государственной корпорации отказывает в приеме заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z46" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. При оказании государственной услуги через Государственную корпорацию идентификацию личности услугополучателя осуществляют работники Государственной корпорации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z47" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. При оказании государственных услуг через Государственную корпорацию взаимодействие с услугодателями осуществляется с использованием информационной системы мониторинга оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Исключен Законом РК от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z49" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Работники Государственной корпорации при оказании государственных услуг обязаны получать письменное согласие услугополучателя на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, если иное не предусмотрено законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 20 в редакции Закона РК от 17.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 408-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.03.2016); с изменениями, внесенными Законом РК от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>6-бап. Қазақстан Республикасы Үкіметінің мемлекеттік қызметтер көрсету саласындағы құзыреті</w:t>
-[...37 lines deleted...]
-    </w:p>
+        <w:t>Статья 21. Оказание государственных услуг в электронной форме</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z51" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Оказание государственных услуг в электронной форме осуществляется посредством веб-портала "электронного правительства" и объектов информатизации, интегрированных с сервисами, размещенными на шлюзе "электронного правительства", внешнем шлюзе "электронного правительства", в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z52" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Результатом оказания государственной услуги в электронной форме является выдача электронного документа или документа на бумажном носителе либо сведения из информационной системы "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z104" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1. Результаты оказания государственных услуг в электронной форме, полученных посредством абонентского устройства сотовой связи, направляются в кабинет пользователя на веб-портале "электронного правительства" в форме электронного документа, а также по выбору услугополучателя на его абонентский номер в виде короткого текстового сообщения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z105" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-2. Обязательные реквизиты результатов оказания государственных услуг в электронной форме, полученных посредством абонентского устройства сотовой связи, а также порядок проверки их достоверности регулируются законодательством Республики Казахстан об информатизации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z106" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-3. Результаты оказания государственных услуг в электронной форме, полученных посредством абонентского устройства сотовой связи, используются услугополучателем для подтверждения фактов, имеющих юридическое значение, без необходимости их представления на бумажном носителе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z53" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. При оказании государственной услуги в электронной форме через Государственную корпорацию на основании письменного согласия услугополучателя его запрос в форме электронного документа заверяется электронной цифровой подписью работника Государственной корпорации, выданной ему для использования в служебных целях.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z54" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Услугополучателям может быть оказано несколько государственных услуг в электронной форме по принципу "одного заявления" в порядке, определяемом уполномоченным органом в сфере информатизации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z113" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Для оказания государственных услуг в электронной форме государственные органы обязаны на постоянной основе поддерживать в актуальном состоянии электронные информационные ресурсы, находящиеся в их информационных системах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      2) алып тасталды - ҚР 25.11.2019 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 21 с изменениями, внесенными законами РК от 17.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 408-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.03.2016); от 24.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 419-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016); от 25.11.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 272-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 399-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...19 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 21-1. Оказание проактивных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z165" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оказание проактивных услуг осуществляется без заявления услугополучателя по инициативе услугодателя посредством информационных систем государственных органов при регистрации телефонного номера абонентского устройства сотовой связи услугополучателя на веб-портале "электронного правительства" и включает в себя:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z166" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) отправку услугополучателю автоматических уведомлений с запросом на оказание государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z167" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) получение согласия услугополучателя на оказание проактивной услуги, а также иных необходимых сведений от услугополучателя, в том числе ограниченного доступа, посредством абонентского устройства сотовой связи услугополучателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 4 дополнена статьей 21-1 в соответствии с Законом РК от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 22. Оптимизация процессов оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z168" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оптимизация процессов оказания государственных услуг осуществляется центральными государственными органами, Государственной корпорацией, местными исполнительными органами областей, городов республиканского значения, столицы, районов, городов областного значения, акимами районов в городе, городов районного значения, поселков, сел, сельских округов на постоянной основе в порядке, определяемом уполномоченным органом в сфере информатизации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z169" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оптимизация процессов оказания государственных услуг через Государственную корпорацию проводится на основании решения уполномоченного органа в сфере оказания государственных услуг, в том числе по итогам пилотных проектов в сфере оказания государственных услуг. Реализация пилотных проектов в сфере оказания государственных услуг уполномоченного органа в сфере оказания государственных услуг и заинтересованных центральных государственных органов – разработчиков подзаконного нормативного правового акта, определяющего порядок оказания государственной услуги, осуществляется на основании совместного решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 22 в редакции Закона РК от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 23. Информирование услугополучателей о порядке оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z57" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Информация о порядке оказания государственных услуг предоставляется посредством:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) размещения подзаконных нормативных правовых актов, определяющих порядок оказания государственных услуг, в местах нахождения услугодателей и Государственной корпорации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обращения физических и юридических лиц к услугодателям;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) размещения подзаконных нормативных правовых актов, определяющих порядок оказания государственных услуг, на веб-портале "электронного правительства", интернет-ресурсах центральных государственных органов, местных исполнительных органов областей, городов республиканского значения, столицы, районов, городов областного значения, акимов районов в городе, городов районного значения, поселков, сел, сельских округов, услугодателей и других средствах массовой информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) обращения в Единый контакт-центр.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z58" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Центральные государственные органы, местные исполнительные органы областей, городов республиканского значения, столицы, районов, городов областного значения, акимы районов в городе, городов районного значения, поселков, сел, сельских округов и услугодатели в течение трех рабочих дней с даты утверждения или изменения подзаконного нормативного правового акта, определяющего порядок оказания государственной услуги, актуализируют информацию о порядке ее оказания и направляют в Единый контакт-центр.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z59" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Центральные государственные органы, местные исполнительные органы областей, городов республиканского значения, столицы, районов, городов областного значения, акимы районов в городе, городов районного значения, поселков, сел, сельских округов, услугодатели и Государственная корпорация обязаны незамедлительно предоставлять услугополучателям информацию о порядке оказания государственных услуг с необходимыми разъяснениями при их обращении.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z60" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Информация о стадии оказания государственной услуги предоставляется услугополучателю при его обращении в Единый контакт-центр и (или) к услугодателю.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z61" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Центральные государственные органы, местные исполнительные органы областей, городов республиканского значения, столицы, районов, городов областного значения, акимы районов в городе, городов районного значения, поселков, сел, сельских округов ежегодно размещают на веб-портале "электронного правительства", интернет-ресурсах и других средствах массовой информации отчет о деятельности по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z62" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Центральные государственные органы, местные исполнительные органы областей, городов республиканского значения, столицы, районов, городов областного значения, акимы районов в городе, городов районного значения, поселков, сел, сельских округов не реже одного раза в год проводят публичные обсуждения отчетов о деятельности в сфере оказания государственных услуг с участием услугодателей, заинтересованных физических и юридических лиц. Итоги публичных обсуждений используются для повышения качества оказания государственных услуг и совершенствования подзаконных нормативных правовых актов, определяющих порядок оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 23 с изменениями, внесенными законами РК от 17.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 408-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.03.2016); от 24.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 419-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016); от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 24. Плата за оказание государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z64" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственные услуги в Республике Казахстан оказываются на платной или бесплатной основе в соответствии с законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z65" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Не допускается установление для услугополучателя платы за оказание государственных услуг, бесплатное предоставление которых гарантировано законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 25. Особенности рассмотрения жалоб по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z67" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Жалобы услугополучателей по вопросам оказания государственных услуг подлежат рассмотрению в соответствии с законодательством Республики Казахстан с учетом особенностей, установленных настоящим Законом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z68" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Жалоба услугополучателя, поступившая в адрес центрального государственного органа, местного исполнительного органа области, города республиканского значения, столицы, района, города областного значения, акима района в городе, города районного значения, поселка, села, сельского округа, услугодателя, Государственной корпорации, непосредственно оказывающих государственные услуги, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z69" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Уполномоченный орган по оценке и контролю за качеством оказания государственных услуг по итогам рассмотрения жалобы обязан:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обеспечить комплексное изучение причин неудовлетворения услугополучателя принятым решением центрального государственного органа, местного исполнительного органа области, города республиканского значения, столицы, района, города областного значения, акима района в городе, города районного значения, поселка, села, сельского округа, услугодателя, Государственной корпорации по его жалобе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в случае установления факта несоблюдения законодательства Республики Казахстан в сфере оказания государственных услуг со стороны центрального государственного органа, местного исполнительного органа области, города республиканского значения, столицы, района, города областного значения, акима района в городе, города районного значения, поселка, села, сельского округа направить в их адрес предложения для принятия мер по восстановлению нарушенных прав, свобод и законных интересов услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осуществлять контроль своевременности и полноты удовлетворения жалобы услугополучателя со стороны центрального государственного органа, местного исполнительного органа области, города республиканского значения, столицы, района, города областного значения, акима района в городе, города районного значения, поселка, села, сельского округа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z70" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Срок рассмотрения жалобы уполномоченным органом по оценке и контролю за качеством оказания государственных услуг, центральным государственным органом, местным исполнительным органом области, города республиканского значения, столицы, района, города областного значения, акимом района в городе, города районного значения, поселка, села, сельского округа продлевается не более чем на десять рабочих дней в случаях необходимости:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проведения дополнительного изучения или проверки по жалобе либо проверки с выездом на место;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) получения дополнительной информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае продления срока рассмотрения жалобы должностное лицо, наделенное полномочиями по рассмотрению жалоб, в течение трех рабочих дней с момента продления срока рассмотрения жалобы сообщает в письменной форме (при подаче жалобы на бумажном носителе) или электронной форме (при подаче жалобы в электронном виде) услугополучателю, подавшему жалобу, о продлении срока рассмотрения жалобы с указанием причин продления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 25 с изменениями, внесенными законами РК от 17.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 408-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.03.2016); от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z71" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. Государственный контроль за качеством оказания</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>государственных услуг. Оценка и общественный мониторинг</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>качества оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...77 lines deleted...]
-        <w:t>, осы Заңымен, өзге де заңдарымен және Қазақстан Республикасы Президентінің актілерімен өзіне жүктелген өзге де функцияларды орындайды.</w:t>
+      Сноска. Заголовок главы 5 в редакции Закона РК от 23.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 417-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 26. Принципы проведения государственного контроля за качеством оказания государственных услуг, оценки и общественного мониторинга качества оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Проведение государственного контроля за качеством оказания государственных услуг, оценки и общественного мониторинга качества оказания государственных услуг основывается на принципах:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) законности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) объективности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) беспристрастности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) достоверности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) всесторонности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) прозрачности.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 6-бапқа өзгерістер енгізілді - ҚР 29.09.2014 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 17.11.2015 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 26 в редакции Закона РК от 23.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 417-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 27. Особенности проведения государственного контроля за качеством оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z74" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственный контроль за качеством оказания государственных услуг осуществляется в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z75" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Объектом государственного контроля за качеством оказания государственных услуг является деятельность в сфере оказания государственных услуг центральных государственных органов, местных исполнительных органов областей, городов республиканского значения, столицы, районов, городов областного значения, акимов районов в городе, городов районного значения, поселков, сел, сельских округов, а также физических и юридических лиц, оказывающих государственные услуги в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 27 в редакции Закона РК от 23.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 417-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 28. Порядок проведения оценки качества оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оценка качества оказания государственных услуг, за исключением государственных услуг, оказываемых в электронной форме, осуществляется уполномоченным органом по оценке и контролю за качеством оказания государственных услуг в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z133" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оценка качества государственных услуг, оказываемых в электронной форме, осуществляется уполномоченным органом в сфере информатизации в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 29. Общественный мониторинг качества оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z78" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Общественный мониторинг качества оказания государственных услуг проводится физическими лицами, некоммерческими организациями по собственной инициативе и за свой счет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Общественный мониторинг качества оказания государственных услуг также проводится по государственному социальному заказу уполномоченного органа по оценке и контролю за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z79" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. При проведении общественного мониторинга качества оказания государственных услуг физические лица, некоммерческие организации вправе запрашивать у центральных государственных органов, местных исполнительных органов областей, городов республиканского значения, столицы, районов, городов областного значения, акимов районов в городе, городов районного значения, поселков, сел, сельских округов, Государственной корпорации необходимую информацию, относящуюся к сфере оказания государственных услуг, в случае отсутствия данной информации на их интернет-ресурсах, за исключением информации, составляющей государственные секреты, коммерческую и иную охраняемую законом тайну в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z80" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. По результатам общественного мониторинга качества оказания государственных услуг физические лица, некоммерческие организации составляют заключение. Заключение общественного мониторинга качества оказания государственных услуг включает:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) информацию о соблюдении центральными государственными органами, местными исполнительными органами областей, городов республиканского значения, столицы, районов, городов областного значения, акимами районов в городе, городов районного значения, поселков, сел, сельских округов, Государственной корпорацией, а также услугодателями требований законодательства Республики Казахстан в сфере оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) рекомендации по устранению выявленных в ходе общественного мониторинга качества оказания государственных услуг фактов несоблюдения законодательства Республики Казахстан в сфере оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) предложения по повышению качества оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) предложения по внесению изменений и дополнений в подзаконные нормативные правовые акты, определяющие порядок оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z81" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Центральные государственные органы, местные исполнительные органы областей, городов республиканского значения, столицы, районов, городов областного значения, акимы районов в городе, городов районного значения, поселков, сел, сельских округов, Государственная корпорация, а также услугодатели принимают меры по повышению качества оказания государственных услуг с учетом заключения общественного мониторинга качества оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 29 с изменениями, внесенными законами РК от 17.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 408-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.03.2016 бастап </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> енгізіледі); 25.11.2019 </w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.03.2016); от 25.11.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 272-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z82" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...325 lines deleted...]
-    </w:p>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 6. ЗАКЛЮЧИТЕЛЬНЫЕ ПОЛОЖЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>8-бап. Мемлекеттік қызметтер көрсету саласындағы уәкілетті органның құзыреті</w:t>
-[...379 lines deleted...]
-</w:t>
+        <w:t>Статья 30. Ответственность за нарушение законодательства Республики Казахстан в сфере оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нарушение законодательства Республики Казахстан в сфере оказания государственных услуг влечет ответственность, установленную законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>9-бап. Ақпараттандыру саласындағы уәкілетті органның құзыреті</w:t>
-[...7191 lines deleted...]
-      Осы Заң алғашқы ресми жарияланғанынан кейін күнтізбелік отыз күн өткен соң қолданысқа енгізіледі.</w:t>
+        <w:t>Статья 31. Порядок введения в действие настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Настоящий Закон вводится в действие по истечении тридцати календарных дней после его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6150"/>
-        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="3960"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының</w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>      Президент</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Президенті</w:t>
+</w:t>
             </w:r>
-          </w:p>
-[...18 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Н. НАЗАРБАЕВ</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Н.НАЗАРБАЕВ.</w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
-        <w:rPr>
-[...16 lines deleted...]
-      <w:r>
         <w:br/>
       </w:r>
       <w:r>
-        <w:br/>
-[...1 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
+					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>