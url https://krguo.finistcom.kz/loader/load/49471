--- v0 (2025-10-14)
+++ v1 (2025-12-03)
@@ -1,4832 +1,10187 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="009D04BA" w:rsidRPr="009D04BA" w:rsidRDefault="009D04BA" w:rsidP="009D04BA">
-[...1 lines deleted...]
-        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Helvetica"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Helvetica"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
-          <w:sz w:val="24"/>
-[...75 lines deleted...]
-        <w:r w:rsidRPr="009D04BA">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ЗАКОН РЕСПУБЛИКИ КАЗАХСТАН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>О статусе педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-            <w:szCs w:val="23"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Мәтін</w:t>
+          <w:t>изменениями</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-[...48 lines deleted...]
-        <w:r w:rsidRPr="009D04BA">
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> по состоянию на 02.01.2021 г.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>См</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-            <w:szCs w:val="23"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Ақпарат</w:t>
+          <w:t>Распоряжение</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-[...18 lines deleted...]
-        <w:r w:rsidRPr="009D04BA">
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Премьер-Министра Республики Казахстан от 28 января 2020 года № 13-р</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId7" w:anchor="sub_id=10000" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-            <w:szCs w:val="23"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Өзгерістер тарихы</w:t>
+          <w:t>Статья 1. Основные понятия, используемые в настоящем Законе</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="009D04BA" w:rsidRPr="009D04BA" w:rsidRDefault="009D04BA" w:rsidP="009D04BA">
-[...17 lines deleted...]
-        <w:r w:rsidRPr="009D04BA">
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId8" w:anchor="sub_id=20000" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-            <w:szCs w:val="23"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Сілтемелер</w:t>
+          <w:t>Статья 2. Законодательство Республики Казахстан о статусе педагога</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="009D04BA" w:rsidRPr="009D04BA" w:rsidRDefault="009D04BA" w:rsidP="009D04BA">
-[...17 lines deleted...]
-        <w:r w:rsidRPr="009D04BA">
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId9" w:anchor="sub_id=30000" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-            <w:szCs w:val="23"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Көшіру</w:t>
+          <w:t>Статья 3. Сфера действия настоящего Закона</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="009D04BA" w:rsidRPr="009D04BA" w:rsidRDefault="009D04BA" w:rsidP="009D04BA">
-[...475 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId10" w:anchor="sub_id=40000" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Статья 4. Статус педагога</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId11" w:anchor="sub_id=50000" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Статья 5. Педагогическая этика</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId12" w:anchor="sub_id=60000" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Статья 6. Обеспечение профессиональной деятельности педагога</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId13" w:anchor="sub_id=70000" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Статья 7. Права педагога при осуществлении профессиональной деятельности</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId14" w:anchor="sub_id=80000" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Статья 8. Право педагога на материальное обеспечение</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId15" w:anchor="sub_id=90000" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Статья 9. Право педагога на поощрение</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId16" w:anchor="sub_id=100000" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Статья 10. Педагогическая переподготовка</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId17" w:anchor="sub_id=110000" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Статья 11. Ограничение доступа к занятию профессиональной деятельностью педагога</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId18" w:anchor="sub_id=120000" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Статья 12. Социальные гарантии</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId19" w:anchor="sub_id=130000" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Статья 13. Наставничество</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId20" w:anchor="sub_id=140000" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Статья 14. Присвоение (подтверждение) педагогу квалификационной категории</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId21" w:anchor="sub_id=150000" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Статья 15. Обязанности педагога</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId22" w:anchor="sub_id=160000" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Статья 16. Совет по педагогической этике</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId23" w:anchor="sub_id=170000" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Статья 17. Профессиональная подготовка педагога</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId24" w:anchor="sub_id=180000" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Статья 18. Повышение квалификации педагога</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId25" w:anchor="sub_id=190000" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Статья 19. Ответственность за нарушение законодательства Республики Казахстан о статусе педагога</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId26" w:anchor="sub_id=200000" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Статья 20. Переходные положения</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId27" w:anchor="sub_id=210000" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Статья 21. Порядок введения в действие настоящего Закона</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Настоящий Закон определяет статус педагога, устанавливает права, социальные гарантии и ограничения, обязанности и ответственность педагога.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1200"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 1. Основные понятия, используемые в настоящем Законе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В настоящем Законе используются следующие основные понятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) педагог - лицо, имеющее педагогическое или иное профессиональное образование по соответствующему профилю и осуществляющее профессиональную деятельность педагога по обучению и воспитанию </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      5) тәлімгер - тәлімгерлікті жүзеге асыратын педагог;</w:t>
-[...3782 lines deleted...]
-    <w:p w:rsidR="00B90963" w:rsidRDefault="009D04BA">
+        <w:t>обучающихся и (или) воспитанников, методическому сопровождению или организации образовательной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) педагогическая этика - нормы поведения педагогов, установленные законодательством Республики Казахстан о статусе педагога;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) совет по педагогической этике - коллегиальный орган, создаваемый в организации образования, рассматривающий вопросы соблюдения педагогами педагогической этики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) наставничество - деятельность педагога по оказанию практической помощи в профессиональной адаптации лицу, впервые приступившему к профессиональной деятельности педагога в организации среднего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1200"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 2. Законодательство Республики Казахстан о статусе педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Законодательство Республики Казахстан о статусе педагога основывается на </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Конституции</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан, состоит из настоящего Закона и иных нормативных правовых актов Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Если международным договором, ратифицированным Республикой Казахстан, установлены иные правила, чем те, которые содержатся в настоящем Законе, то применяются правила международного договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1200"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 3. Сфера действия настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Действие настоящего Закона распространяется на педагогов, осуществляющих профессиональную деятельность в дошкольных организациях образования, организациях среднего (начального, основного среднего, общего среднего), технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования, специализированных, специальных организациях образования, организациях образования для детей-сирот и детей, оставшихся без попечения родителей, организациях дополнительного образования для детей, а также в методических кабинетах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>На педагогов военных учебных заведений действие настоящего Закона распространяется с особенностями, предусмотренными </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан «О воинской службе и статусе военнослужащих».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="00B90963">
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1200"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Статья 4. Статус педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. В Республике Казахстан признается особый статус педагога, обеспечивающий условия для осуществления им профессиональной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Лицо обладает статусом педагога в период осуществления профессиональной деятельности в области образования и нахождения в трудовых отношениях с соответствующей организацией в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Перечень</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> должностей педагогов утверждается уполномоченным органом в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1200"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 5. Педагогическая этика</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Педагогическая этика основывается на принципах законности, добросовестности, ответственности, уважения чести и достоинства личности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Нарушение педагогической этики является дисциплинарным проступком и влечет дисциплинарную ответственность педагога в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId31" w:anchor="sub_id=660000" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>трудовым законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32" w:anchor="sub_id=100" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Педагогическая этика</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> утверждается уполномоченным органом в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1200"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 6. Обеспечение профессиональной деятельности педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Работодатель обеспечивает педагогу условия для осуществления им профессиональной деятельности в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId33" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>трудовым законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. При осуществлении педагогом профессиональной деятельности не допускаются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) привлечение его к видам работ, не связанным с профессиональными обязанностями, за исключением случаев, предусмотренных законами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) истребование у него отчетности либо информации, не предусмотренной </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId34" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан в области образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>3) проведение проверок, не предусмотренных законами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) возложение на него обязанности по приобретению товаров и услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Привлечение педагогов государственных организаций среднего образования при осуществлении ими профессиональной деятельности к проведению мероприятий негосударственных организаций не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1200"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 7. Права педагога при осуществлении профессиональной деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Педагог при осуществлении профессиональной деятельности имеет право </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) свободный выбор способов и форм организации профессиональной деятельности при условии </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>соблюдения требований государственного общеобязательного стандарта соответствующего уровня образования</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) защиту от незаконного вмешательства и воспрепятствования со стороны должностных и других лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) уважительное отношение к профессии и надлежащее поведение со стороны обучающихся, воспитанников и их родителей или иных законных представителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) организационное и материально-техническое обеспечение и создание необходимых условий для осуществления профессиональной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5) осуществление научной, исследовательской, творческой, экспериментальной деятельности, внедрение новых методик и технологий в педагогическую практику;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) творческую инициативу, разработку и применение авторских программ и методов обучения и воспитания, развитие и распространение новых, более совершенных методов обучения и воспитания при условии </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>соблюдения требований государственного общеобязательного стандарта соответствующего уровня образования</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7) выбор учебных пособий, материалов и иных средств обучения и воспитания в соответствии с образовательной программой;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) участие в разработке образовательных программ, учебных планов, методических материалов и иных компонентов образовательной </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>деятельности, а также учебников, учебно-методических комплексов и учебных пособий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>9) избрание и занятие выборной должности по месту работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>10) участие в обсуждении вопросов, направленных на совершенствование качества образования, в том числе относящихся к деятельности организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>11) участие в работе коллегиальных органов управления организацией образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>12) повышение квалификации не реже одного раза в пять лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>13) непрерывное профессиональное развитие и выбор форм повышения квалификации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>14) досрочное присвоение квалификационной категории;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>15) индивидуальную педагогическую деятельность в порядке, установленном законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>16) поощрение за успехи в профессиональной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>17) отсрочку от призыва на воинскую службу в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId35" w:anchor="sub_id=350000" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан «О воинской службе и статусе военнослужащих»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>18) прохождение стажировки по международной стипендии «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Болашак</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>» для поддержания и повышения профессиональных навыков в порядке и на условиях, определенных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId36" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>19) обжалование принимаемых в отношении него актов, действий и решений руководителя организации вышестоящим должностным лицам или в суд;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>20) уважение чести и достоинства со стороны обучающихся, воспитанников и их родителей или иных законных представителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>21) иные права, предусмотренные законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Осуществление прав педагога, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId37" w:anchor="sub_id=70100" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пунктом 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящей статьи, не должно нарушать права и свободы других лиц.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1200"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 8. Право педагога на материальное обеспечение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Система оплаты труда, должностные оклады, доплаты, надбавки и другие выплаты стимулирующего характера педагогу, осуществляющему профессиональную деятельность в государственных организациях, определяются в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оплата труда педагогов, осуществляющих профессиональную деятельность в частных организациях образования, определяется их учредителями или уполномоченным на то лицом в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId38" w:anchor="sub_id=1030000" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId39" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Правила исчисления заработной платы педагогов государственных организаций</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> утверждаются уполномоченным органом в области образования по согласованию с уполномоченным государственным органом по труду.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Для исчисления месячной заработной платы педагогов, осуществляющих профессиональную деятельность в государственных организациях образования, устанавливается нормативная учебная нагрузка в неделю:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Подпункт 1 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId40" w:anchor="sub_id=210000" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>вводится в действие</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> с 1 сентября 2021 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) 16 часов - для организаций среднего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) 18 часов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Действие абзаца второго подпункта 2 приостановлено до 1 сентября 2021 года, в период приостановления абзац действует в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId41" w:anchor="sub_id=200000" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>редакции</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для организаций образования, реализующих образовательные программы технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>для организаций дополнительного образования обучающихся и воспитанников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>для специализированных и специальных организаций образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) 24 часа:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для дошкольных организаций, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>предшкольных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> групп дошкольного воспитания и обучения, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>предшкольных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> классов организаций образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>для детских юношеских спортивных организаций образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) 30 часов - для воспитателей </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>интернатных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организаций, лагерей отдыха, общежитий организаций технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5) 25 часов - для воспитателей специальных организаций образования и организаций образования для детей-сирот и детей, оставшихся без попечения родителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>В пункт 4 внесены изменения в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId42" w:anchor="sub_id=8500" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> РК от 02.01.21 г. № 399-VI (введены в действие с 1 января 2021 г.) (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId43" w:anchor="sub_id=80400" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>см. стар</w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>р</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ед</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Педагогу государственных организаций по основному месту работы устанавливается доплата </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>степень доктора философии (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>PhD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>), доктора по профилю - в размере 17-кратного </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId44" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>месячного расчетного показателя</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, установленного законом о республиканском бюджете и действующего на 1 января соответствующего финансового года;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ученую степень кандидата наук - в размере 17-кратного месячного расчетного показателя, доктора наук - в размере 34-кратного месячного расчетного показателя, установленного законом о республиканском бюджете и действующего на 1 января соответствующего финансового года;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ведение внеурочных спортивных занятий - в размере ста процентов от базового должностного оклада.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В пункт 5 внесены изменения в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId45" w:anchor="sub_id=8500" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> РК от 02.01.21 г. № 399-VI (введены в действие с 1 января 2021 г.) (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId46" w:anchor="sub_id=80500" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>см. стар</w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>р</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ед</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5. Педагогу, осуществляющему профессиональную деятельность в государственной организации среднего образования, а также в методическом кабинете, по основному месту работы устанавливается доплата за степень магистра по научно-педагогическому направлению в размере 10-кратного месячного расчетного показателя, установленного законом о республиканском бюджете и действующего на 1 января соответствующего финансового года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>См.: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId47" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Ответ</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Министра образования и науки РК от 14 апреля 2020 года на вопрос от 20 марта 2020 года № 601404 (dialog.egov.kz) «Доплата за степень магистра по научно-педагогическому направлению устанавливается при наличии соответствующего диплома и производится по основному месту работы независимо от фактической нагрузки»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6. Местные исполнительные органы вправе устанавливать дополнительные стимулирующие выплаты педагогам в виде вознаграждения в размере не менее 300-кратного </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId48" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>месячного расчётного показателя</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, установленного законом о республиканском бюджете и действующего на 1 января соответствующего финансового года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1200"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 9. Право педагога на поощрение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. За добросовестный труд и образцовое исполнение своих профессиональных обязанностей к педагогу применяются поощрения, предусмотренные законодательством Республики Казахстан, а также правилами внутреннего распорядка организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2. За выдающиеся достижения и особые заслуги педагога перед Республикой Казахстан ему присваиваются государственные награды, в том числе почетное звание «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстанның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>еңбек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сіңірген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұстазы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>», в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId49" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан «О государственных наградах Республики Казахстан».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Педагог, удостоенный почетного звания «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстанның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>еңбек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сіңірген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұстазы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>», получает единовременную выплату в размере 1000-кратного </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId50" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>месячного расчетного показателя</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, установленного законом о республиканском бюджете и действующего на 1 января соответствующего финансового года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Педагогу, подготовившему победителя, призера международных олимпиад, конкурсов и спортивных соревнований среди обучающихся и воспитанников по перечню, определяемому уполномоченным органом в области образования, за счет экономии по деятельности соответствующей государственной организации образования выплачивается единовременное вознаграждение в размере трех должностных окладов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Местные исполнительные органы вправе устанавливать дополнительные меры </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId51" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>поощрения</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> педагогов посредством учреждения местных знаков отличия и почетных званий с выплатой единовременного вознаграждения или без таковой и иных форм стимулирования, в том числе к праздничным датам, установленным в Республике Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Описание, порядок присвоения местных знаков отличия и почетных званий, в том числе размеры выплат единовременного вознаграждения, определяются местным исполнительным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5. Ежегодно за счет средств республиканского бюджета обладателю звания «Лучший педагог» выплачивается вознаграждение в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId52" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>размере и порядке</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, определяемых Правительством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1200"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 10. Педагогическая переподготовка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Лица с профессиональным образованием, не имеющие педагогического образования, впервые приступающие к профессиональной деятельности педагога по соответствующему профилю, проходят педагогическую переподготовку на базе организаций высшего и (или) послевузовского образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId53" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Порядок педагогической переподготовки</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> определяется уполномоченным органом в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>3. Нормы настоящей статьи не распространяются на лиц, осуществляющих профессиональную деятельность педагога по образовательным программам дополнительного образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1200"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 11. Ограничение доступа к занятию профессиональной деятельностью педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>К профессиональной деятельности педагога не допускаются лица:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) лишенные права осуществлять профессиональную деятельность педагога в соответствии со вступившим в законную силу приговором суда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) признанные недееспособными или ограниченно дееспособными в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId54" w:anchor="sub_id=260000" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>порядке</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, установленном законами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Подпункт 3 изложен в редакции </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId55" w:anchor="sub_id=4200" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Закона</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> РК от 07.07.20 г. № 361-VI (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId56" w:anchor="sub_id=110003" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>см. стар</w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>р</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ед.</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) имеющие медицинские противопоказания, а также с психическими, поведенческими расстройствами (заболеваниями), в том числе связанными с употреблением </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>психоактивных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> веществ, состоящие на учете в организациях, оказывающих медицинскую помощь в области психического здоровья;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) не </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>имеющие</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документов о техническом и профессиональном, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>послесреднем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, высшем или послевузовском образовании;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5) на основании иных ограничений, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId57" w:anchor="sub_id=260000" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Трудовым кодексом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1200"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 12. Социальные гарантии</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Педагогам гарантируются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) жилище, в том числе служебное и (или) общежитие, в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) земельные участки под индивидуальное жилищное строительство в порядке, предусмотренном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Педагогам, осуществляющим профессиональную деятельность в сельских населенных пунктах, предоставление земельных участков под индивидуальное жилищное строительство осуществляется в приоритетном порядке, предусмотренном законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) оплачиваемый ежегодный трудовой отпуск продолжительностью 56 календарных дней;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) пособие на оздоровление в размере не менее одного должностного оклада один раз в календарном году при предоставлении им очередного трудового отпуска.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Особенности режима рабочего времени и времени отдыха педагога определяются </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId58" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>правилами</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, утверждаемыми уполномоченным органом в области образования по согласованию с уполномоченными органами соответствующей отрасли.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Детям педагогов места в дошкольных организациях по месту жительства предоставляются местными исполнительными органами в первоочередном порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Педагог имеет социальные гарантии обеспечения прав в области здравоохранения в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId59" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан в области здравоохранения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5. Педагогу, осуществляющему профессиональную деятельность в сельском населенном пункте:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) по решению местных представительных органов устанавливаются повышенные не менее чем на двадцать пять процентов оклады и тарифные ставки по сравнению со ставками педагогов, осуществляющих профессиональную деятельность в городских условиях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) оказывается социальная поддержка по оплате коммунальных услуг и приобретению топлива за счет бюджетных сре</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дств в п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орядке и размерах, утвержденных местными представительными органами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6. Педагогу, прибывшему для осуществления профессиональной деятельности и проживания в сельские населенные пункты, по решению местных представительных органов предоставляются подъемное пособие и социальная поддержка для приобретения или строительства жилья.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7. Местные исполнительные органы вправе устанавливать компенсационные выплаты педагогу за наем (аренду) жилища и коммунальные услуги, полные или частичные выплаты для приобретения путёвок на санаторно-курортное лечение и отдых, а также иные льготы, направленные на социальную поддержку педагога.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1200"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 13. Наставничество</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>1. За педагогом, впервые приступившим к профессиональной деятельности в организации среднего образования, на период одного учебного года закрепляется педагог, осуществляющий наставничество.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>За осуществление наставничества педагогу выплачивается доплата в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId60" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Порядок организации наставничества</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и требования к педагогам, осуществляющим наставничество, определяются уполномоченным органом в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1200"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 14. Присвоение (подтверждение) педагогу квалификационной категории</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Педагогам присваиваются (подтверждаются) квалификационные категории в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId61" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>порядке</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, определяемом уполномоченным органом в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1200"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 15. Обязанности педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Педагог обязан:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) обладать соответствующими профессиональными компетенциями в своей деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) соблюдать педагогические принципы обучения и воспитания, обеспечивать качество обучения и воспитания не ниже требований, предусмотренных государственными общеобязательными стандартами образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) непрерывно совершенствовать свое профессиональное мастерство, исследовательский, интеллектуальный и творческий уровень, в том числе повышать (подтверждать) уровень квалификационной категории не реже одного раза в пять лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) соблюдать педагогическую этику;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5) проходить обязательные периодические медицинские осмотры в порядке, установленном законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6) уважать честь и достоинство обучающихся, воспитанников и их родителей или иных законных представителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) воспитывать детей в духе уважения к закону, правам, свободам человека и гражданина, родителям, старшим, семейным, историческим и культурным </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ценностям, государственным символам, высокой нравственности, патриотизма, бережного отношения к окружающей среде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8) развивать у обучающихся и воспитанников жизненные навыки, компетенции, самостоятельность, творческие способности и формировать культуру здорового образа жизни;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>9) незамедлительно информировать руководство организации образования о фактах выявления ребенка, находящегося в трудной жизненной ситуации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>10) незамедлительно сообщать правоохранительным органам и руководству организации образования о фактах совершения несовершеннолетними или в отношении них действий (бездействия), содержащих признаки уголовного либо административного правонарушения, в том числе ставших известными ему в связи с профессиональной деятельностью вне организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>11) консультировать родителей или иных законных представителей по вопросам обучения и воспитания обучающихся и воспитанников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Педагог не вправе использовать образовательный процесс для политической агитации, принуждения обучающихся и воспитанников к принятию политических, религиозных или иных убеждений либо отказу от них, для разжигания социальной, расовой, национальной или религиозной розни, агитации, пропагандирующей исключительность, превосходство либо неполноценность граждан по признаку социальной, расовой, национальной, религиозной или языковой принадлежности, их отношения к религии, в том числе посредством </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сообщения</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающимся недостоверных сведений об исторических, национальных, религиозных и культурных традициях наций и народностей Республики Казахстан, а также побуждения обучающихся к действиям, противоречащим </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId62" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Конституции</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан и законодательству Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1200"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 16. Совет по педагогической этике</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Деятельность совета по педагогической этике осуществляется в порядке, определяемом организацией образования на основании </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId63" w:anchor="sub_id=2" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>типовых правил</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> организации работы совета по педагогической этике, утверждаемых уполномоченным органом в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Решения совета по педагогической этике носят рекомендательный характер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Решение о привлечении педагога к дисциплинарной ответственности принимается актом руководителя организации образования с учетом рекомендации совета по педагогической этике.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. При рассмотрении вопроса о соблюдении педагогической этики педагог имеет право </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) получение в письменном виде информации о рассматриваемом вопросе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) ознакомление со всеми материалами по рассматриваемому вопросу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) защиту своих прав и законных интересов всеми не противоречащими закону способами лично или через представителя в порядке, установленном законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) получение решения в письменном виде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5) обжалование принятого решения в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Разбирательства в отношении педагога и принятые на их основании решения могут быть преданы гласности только с его согласия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1200"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 17. Профессиональная подготовка педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Профессиональная подготовка педагога осуществляется в организациях образования, реализующих образовательные программы технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, высшего и (или) послевузовского образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Образовательные программы профессиональной подготовки педагогов разрабатываются на основе требований </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId64" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>профессионального стандарта педагога</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1200"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 18. Повышение квалификации педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Педагог в целях поддержания и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>развития</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ранее приобретенных профессиональных компетенций проходит курсы повышения квалификации, порядок прохождения которых определяется уполномоченным органом в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. В целях повышения квалификации педагога </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обучение по</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образовательным программам дополнительного образования осуществляется единовременно </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>или поэтапно посредством освоения отдельных направлений и дисциплин (модулей), а также путем прохождения стажировки по международной стипендии «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Болашак</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Для реализации на практике полученных педагогами знаний организации, проводящие курсы повышения квалификации, бесплатно осуществляют </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>посткурсовое</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сопровождение деятельности педагогов в порядке, определяемом уполномоченным органом в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>См: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId65" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Приказ</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 4 мая 2020 года № 175 «Об утверждении Правил разработки, согласования и утверждения образовательных </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>программ курсов повышения квалификации педагогов</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1200"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 19. Ответственность за нарушение законодательства Республики Казахстан о статусе педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нарушение законодательства Республики Казахстан о статусе педагога влечет ответственность в соответствии с законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1200"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 20. Переходные положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Приостановить до 1 сентября 2021 года действие абзаца второго </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId66" w:anchor="sub_id=80302" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>подпункта 2) пункта 3 статьи 8</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящего Закона, установив, что в период приостановления данный абзац действует в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«для организаций среднего образования и организаций образования, реализующих образовательные программы технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;»</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1200"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 21. Порядок введения в действие настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Настоящий Закон вводится в действие по истечении десяти календарных дней после дня его первого официального </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId67" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>опубликования</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, за исключением </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId68" w:anchor="sub_id=80301" w:history="1">
+        <w:r w:rsidRPr="00BF0BDB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>подпункта 1) пункта 3 статьи 8</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, который вводится в действие с 1 сентября 2021 года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Президент</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>К. ТОКАЕВ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нур</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Султан, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Акорда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, 27 декабря 2019 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0BDB" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 293-VI ЗРК</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B90963" w:rsidRPr="00BF0BDB" w:rsidRDefault="00BF0BDB" w:rsidP="00BF0BDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00B90963" w:rsidRPr="00BF0BDB">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...41 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...155 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00B02529"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B02529"/>
+    <w:rsidRoot w:val="0005216B"/>
+    <w:rsid w:val="0005216B"/>
+    <w:rsid w:val="00BF0BDB"/>
     <w:rsid w:val="00DF6CE3"/>
     <w:rsid w:val="00F174C4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -5195,164 +10550,1854 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1220481487">
+    <w:div w:id="1073702159">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1479028652">
-[...11 lines deleted...]
-        <w:div w:id="5253805">
+        <w:div w:id="1850630816">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1998801565">
-[...11 lines deleted...]
-            <w:div w:id="1167090861">
+            <w:div w:id="862285064">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="1346437796">
+                <w:div w:id="884754655">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="905846854">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="1007825858">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="1534657911">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                              <w:divsChild>
+                                <w:div w:id="1826585901">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                  <w:divsChild>
+                                    <w:div w:id="1447116711">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1363049757">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                      <w:divsChild>
+                                        <w:div w:id="1952928764">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="436559740">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="871263584">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="382875021">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1996032399">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="753010360">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1419979149">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="522591036">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1447768390">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1877618873">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1302736469">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="369889672">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="219022853">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1784837055">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="198786041">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1535728442">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1810704044">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="754281207">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="851803624">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1758669626">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1662393628">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1300309192">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="483357329">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1417173404">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1753160235">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1942834337">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1583491272">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="557328643">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1916283653">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1719738365">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1103451880">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="445545402">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1043748467">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="221988599">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="93743316">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="619721116">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="897325958">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="2033457001">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="553003743">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1127891933">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="62990383">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="833715628">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1469131802">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="2102414287">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1369063975">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="2008551166">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1046609961">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="525757799">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="586815259">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1949189824">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1385912077">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="837111503">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="121846290">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1743796852">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="194855111">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1049494530">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1311978560">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="79834003">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1166170360">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1054159812">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="158228413">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="185599909">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1094592148">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="561791136">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1455440372">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1351569095">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1476527952">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="311714671">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="880899185">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="735858127">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="798188076">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1397121417">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1634091099">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="2134865374">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1642921988">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="582908534">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="971133470">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1482235630">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="430664668">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="143550234">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1789818403">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1146119869">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="180973872">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1933662250">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1441140295">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1089275639">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="915940198">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="574316864">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="178742513">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="661197602">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="504056292">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1203206391">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1041248452">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1443262462">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="276759626">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="242759337">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="106581208">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="503397975">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="615605725">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1719670484">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1139496242">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1941647592">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1079518264">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="243731253">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1888683952">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1896355596">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1033195662">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1863203412">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1324965997">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1556045234">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="582380302">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="512836916">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="2107730299">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="772556235">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="123278559">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="874076524">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="625740067">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="136383157">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1415937037">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="951977341">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="198010604">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="173620186">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="931546506">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1690906580">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1684475215">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="406345107">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="2045670427">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="1335189151">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                        <w:div w:id="294798156">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                      </w:divsChild>
+                                    </w:div>
+                                  </w:divsChild>
+                                </w:div>
+                              </w:divsChild>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
-            <w:div w:id="1332216915">
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="628366543">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2044355355">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="873420708">
+                <w:div w:id="798915729">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="276722711">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="1401248060">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="1207062656">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="750"/>
+                              <w:marBottom w:val="750"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                        <w:div w:id="904143321">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="1817795358">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="750"/>
+                              <w:marBottom w:val="750"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1900000645/history" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1900000645/info" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1900000645" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1900000645/download" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1900000645/links" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=32091648" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=32091648" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=32091648" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=38874426" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=32091648" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=30118747" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=38686844" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=36492410" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=1026672" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=36905951" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=35071832" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=32091648" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=32091648" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=32091648" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=31130640" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=32777578" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=32091648" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=32091648" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=35071832" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=32091648" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=32091648" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=38686844" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=35553854" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=32080675" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=32091648" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=34205020" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=32091648" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=32091648" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=1005029" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=30186430" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=1007642" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=38910832" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?link_id=1007953076" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=32091648" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=32091648" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=38910832" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=1026672" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?link_id=1007470528" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=35912698" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=33618792" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=32091648" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=32091648" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=32091648" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=32091648" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=33107583" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=31130640" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=33411469" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=1026672" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=36349993" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=36778129" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=32091648" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?link_id=1007897924" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=32091648" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=32091648" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=32091648" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=38910832" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=38910832" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=33411469" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=37608800" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=34205020" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=32091648" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=32091648" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=1006061" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/m/document/?doc_id=1005029" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5601,54 +12646,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>3857</Words>
-  <Characters>21985</Characters>
+  <Words>4540</Words>
+  <Characters>25884</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>183</Lines>
-  <Paragraphs>51</Paragraphs>
+  <Lines>215</Lines>
+  <Paragraphs>60</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>25791</CharactersWithSpaces>
+  <CharactersWithSpaces>30364</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>usse</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>