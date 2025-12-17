--- v0 (2025-10-19)
+++ v1 (2025-12-17)
@@ -1,3953 +1,3953 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p w:rsidR="00817127" w:rsidRDefault="00817127" w:rsidP="00817127">
+    <w:p w:rsidP="00817127" w:rsidR="00817127" w:rsidRDefault="00817127">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0040272A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Утверждаю</w:t>
+        <w:t>Бекітемін</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00817127" w:rsidRDefault="00817127" w:rsidP="00817127">
+    <w:p w:rsidP="00817127" w:rsidR="00817127" w:rsidRDefault="00817127">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">директор </w:t>
+        <w:t xml:space="preserve">директоры </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00817127" w:rsidRDefault="00817127" w:rsidP="00817127">
+    <w:p w:rsidP="00817127" w:rsidR="00817127" w:rsidRDefault="00817127">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>КГУ «Общеобразовательная школа № 7»</w:t>
+        <w:t>КММ "Жалпы білім беретін № 7 орта мектебі"</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00817127" w:rsidRDefault="00817127" w:rsidP="00817127">
+    <w:p w:rsidP="00817127" w:rsidR="00817127" w:rsidRDefault="00817127">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>____________Карпец Т.В.</w:t>
+        <w:t>____________Т. В. Карпец</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B0333" w:rsidRDefault="008B0333" w:rsidP="004336CF">
+    <w:p w:rsidP="004336CF" w:rsidR="008B0333" w:rsidRDefault="008B0333">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008B0333" w:rsidRDefault="008B0333" w:rsidP="004336CF">
+    <w:p w:rsidP="004336CF" w:rsidR="008B0333" w:rsidRDefault="008B0333">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004336CF" w:rsidRDefault="004336CF" w:rsidP="004336CF">
+    <w:p w:rsidP="004336CF" w:rsidR="004336CF" w:rsidRDefault="004336CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004336CF">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">План  мероприятий </w:t>
+        <w:t xml:space="preserve">Іс-шаралар жоспары </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004336CF" w:rsidRDefault="004336CF" w:rsidP="004336CF">
+    <w:p w:rsidP="004336CF" w:rsidR="004336CF" w:rsidRDefault="004336CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004336CF">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> по  профилактике  </w:t>
+        <w:t xml:space="preserve"> алдын алу </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004336CF">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>аутодеструктивного</w:t>
+        <w:t>аутодеструктивті</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004336CF">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">  и  асоциального  поведения  среди  несовершеннолетних  </w:t>
+        <w:t xml:space="preserve"> және бейәлеуметтік мінез-құлық кәмелетке толмағандар арасында </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00145E74" w:rsidRDefault="004336CF" w:rsidP="004336CF">
+    <w:p w:rsidP="004336CF" w:rsidR="00145E74" w:rsidRDefault="004336CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004336CF">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>и  содействия  в  реализации  инклюзивного  образования  в  КГУ  «Общеобразовательная  школа № 7»</w:t>
+        <w:t>жәрдемдесу және инклюзивті білім беруді іске асыру "КММ-Жалпы білім беретін мектеп № 7"</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004336CF" w:rsidRDefault="004336CF" w:rsidP="004336CF">
+    <w:p w:rsidP="004336CF" w:rsidR="004336CF" w:rsidRDefault="004336CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:type="auto" w:w="0"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="663"/>
         <w:gridCol w:w="5111"/>
         <w:gridCol w:w="2910"/>
         <w:gridCol w:w="2894"/>
         <w:gridCol w:w="3208"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004336CF" w:rsidRPr="008B0333" w:rsidTr="008B0333">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidTr="008B0333" w:rsidR="004336CF" w:rsidRPr="008B0333">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="663"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004336CF" w:rsidRDefault="004336CF" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B0333">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5111" w:type="dxa"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:tcW w:type="dxa" w:w="5111"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004336CF" w:rsidRDefault="004336CF" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008B0333">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Наименованиие</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="008B0333">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> мероприятия</w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve"> іс-шаралар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2910"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004336CF" w:rsidRDefault="004336CF" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B0333">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Форма завершения</w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>аяқталу Нысаны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2894"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004336CF" w:rsidRDefault="004336CF" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B0333">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Срок </w:t>
+              <w:t xml:space="preserve">Мерзімі </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="008B0333">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">и </w:t>
+              <w:t xml:space="preserve">және </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008B0333">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>сполнения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3208" w:type="dxa"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:tcW w:type="dxa" w:w="3208"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004336CF" w:rsidRDefault="004336CF" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B0333">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ответственные </w:t>
+              <w:t xml:space="preserve">Жауапты </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E4454" w:rsidRPr="008B0333" w:rsidTr="00401AF3">
-[...2 lines deleted...]
-            <w:tcW w:w="14786" w:type="dxa"/>
+      <w:tr w:rsidTr="00401AF3" w:rsidR="004E4454" w:rsidRPr="008B0333">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="14786"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidR="004E4454" w:rsidRPr="008B0333" w:rsidRDefault="004E4454" w:rsidP="004336CF">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidP="004336CF" w:rsidR="004E4454" w:rsidRDefault="004E4454" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B0333">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>1. Аналитическая и исследовательская деятельность</w:t>
+              <w:t>1. Аналитикалық және зерттеу қызметін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004336CF" w:rsidRPr="008B0333" w:rsidTr="008B0333">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidTr="008B0333" w:rsidR="004336CF" w:rsidRPr="008B0333">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="663"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004336CF" w:rsidRDefault="004336CF" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B0333">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5111" w:type="dxa"/>
-[...85 lines deleted...]
-              <w:t xml:space="preserve">Классные руководители, психолог, зам </w:t>
+            <w:tcW w:type="dxa" w:w="5111"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004336CF" w:rsidRDefault="004336CF" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>деректер банкін Құру тәуекел тобына жататын оқушылар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2910"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004336CF" w:rsidRDefault="002F29B7" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Тізімі оқушылары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2894"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004336CF" w:rsidRDefault="002F29B7" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қыркүйек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="3208"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004336CF" w:rsidRDefault="002F29B7" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сынып жетекшілері, психолог, директордың орынбасары </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008B0333">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>дир</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="008B0333">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> по ВР</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ТЖ бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004336CF" w:rsidRPr="008B0333" w:rsidTr="008B0333">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidTr="008B0333" w:rsidR="004336CF" w:rsidRPr="008B0333">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="663"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004336CF" w:rsidRDefault="004336CF" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B0333">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5111" w:type="dxa"/>
-[...32 lines deleted...]
-              <w:t xml:space="preserve"> - пропускающих занятия без уважительной причины; - склонных и сопричастных к употреблению ПАВ, общественно опасным деяниям, </w:t>
+            <w:tcW w:type="dxa" w:w="5111"/>
+          </w:tcPr>
+          <w:p w:rsidP="002F29B7" w:rsidR="002F29B7" w:rsidRDefault="002F29B7" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>деректер банкін Құру келесі санаттағы оқушылар:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="002F29B7" w:rsidR="002F29B7" w:rsidRDefault="002F29B7" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - пропускающих сабақты себепсіз; - бейім және сопричастных тұтынуға ПАВ, қоғамдық қауіпті әрекеттерге байланысты болса, </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="008B0333">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>попрошайничеству</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="008B0333">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және бродяжничеству; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="002F29B7" w:rsidR="002F29B7" w:rsidRDefault="002F29B7" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="008B0333">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>употребляющих</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>пайдаланатын</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="008B0333">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> алкоголь және құрамында спирт бар өнімдерге</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="002F29B7" w:rsidR="002F29B7" w:rsidRDefault="002F29B7" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="008B0333">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>- проживающих в неблагополучных семьях;</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- тұратын қолайсыз отбасыларда;</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w:rsidR="004336CF" w:rsidRPr="008B0333" w:rsidRDefault="002F29B7" w:rsidP="002F29B7">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidP="002F29B7" w:rsidR="004336CF" w:rsidRDefault="002F29B7" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="008B0333">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>проживающих</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тұратын</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="008B0333">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> с отчимами.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2910" w:type="dxa"/>
-[...62 lines deleted...]
-              <w:t xml:space="preserve">Классные руководители, психолог, зам </w:t>
+            <w:tcW w:type="dxa" w:w="2910"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004336CF" w:rsidRDefault="002F29B7" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оқушылар тізімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2894"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004336CF" w:rsidRDefault="002F29B7" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қыркүйек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="3208"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004336CF" w:rsidRDefault="002F29B7" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сынып жетекшілері, психолог, директордың орынбасары </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008B0333">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>дир</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="008B0333">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> по ВР</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ТЖ бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004336CF" w:rsidRPr="008B0333" w:rsidTr="008B0333">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidTr="008B0333" w:rsidR="004336CF" w:rsidRPr="008B0333">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="663"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004336CF" w:rsidRDefault="004336CF" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B0333">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5111" w:type="dxa"/>
-[...121 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:tcW w:type="dxa" w:w="5111"/>
+          </w:tcPr>
+          <w:p w:rsidP="00A87631" w:rsidR="00A87631" w:rsidRDefault="002F29B7" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Диагностикалық зерттеулер: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00A87631" w:rsidR="00A87631" w:rsidRDefault="002F29B7" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"оқушылардың Адаптациясы 1-ші, 5-ші, 10-шы сынып" Болуы "зиянды әдеттерден балалар мен жасөспірімдердің" "қызығушылығы мен бейімділігін Зерттеу балалар мен жасөспірімдердің" </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00A87631" w:rsidR="00A87631" w:rsidRDefault="002F29B7" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Жұмыспен қамту "тәуекел тобының" балаларын" қосымша білім беру жүйесіндегі </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00A87631" w:rsidR="00A87631" w:rsidRDefault="002F29B7" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"өзін-өзі бағалау" </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00A87631" w:rsidR="00A87631" w:rsidRDefault="002F29B7" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Деңгейі"мазасыздық" </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00A87631" w:rsidR="00A87631" w:rsidRDefault="002F29B7" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"Тұлғалық өсу"оқушы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00A87631" w:rsidR="00A87631" w:rsidRDefault="002F29B7" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "қарым-Қатынасы оқушылардың тұтынуға ПАВ, есірткі және уытты заттарды" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">«Межличностные отношения в классе и семье. Статус детей и подростков асоциального поведения в школьном коллективе» </w:t>
-[...35 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve">"Тұлғааралық қарым-қатынас сыныпта және отбасы. Мәртебесі балалар мен жасөспірімдердің бейәлеуметтік мінез-құлық мектеп ұжымында" </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00A87631" w:rsidR="004336CF" w:rsidRDefault="002F29B7" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>" Құндылық" балалар мен жасөспірімдерді Жұмыспен қамту "және жазғы демалысты ұйымдастыру, балалар мен жасөспірімдердің жазғы кезеңде"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2910"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004336CF" w:rsidRDefault="00A87631" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">Протокол </w:t>
-[...64 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve">Хаттама </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2894"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="00A87631" w:rsidRDefault="00A87631" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidP="004336CF" w:rsidR="00A87631" w:rsidRDefault="00A87631" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қыркүйек – қазан,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="004336CF" w:rsidR="00A87631" w:rsidRDefault="00A87631" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қыркүйек - қазан </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="004336CF" w:rsidR="00A87631" w:rsidRDefault="00A87631" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">сентябрь </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A87631" w:rsidRPr="008B0333" w:rsidRDefault="00A87631" w:rsidP="004336CF">
-[...20 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidP="004336CF" w:rsidR="00A87631" w:rsidRDefault="00A87631" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidP="004336CF" w:rsidR="00A87631" w:rsidRDefault="00A87631" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">октябрь </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A87631" w:rsidRPr="008B0333" w:rsidRDefault="00A87631" w:rsidP="004336CF">
-[...94 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidP="004336CF" w:rsidR="00A87631" w:rsidRDefault="00A87631" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidP="004336CF" w:rsidR="00A87631" w:rsidRDefault="00A87631" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қараша </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="004336CF" w:rsidR="00A87631" w:rsidRDefault="00A87631" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>желтоқсан қаңтар</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="004336CF" w:rsidR="00A87631" w:rsidRDefault="00A87631" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidP="004336CF" w:rsidR="00A87631" w:rsidRDefault="00A87631" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ақпан </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="004336CF" w:rsidR="00A87631" w:rsidRDefault="00A87631" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidP="004336CF" w:rsidR="00A87631" w:rsidRDefault="00A87631" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">апрель </w:t>
-[...73 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve">сәуір </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="004336CF" w:rsidR="00A87631" w:rsidRDefault="00A87631" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidP="004336CF" w:rsidR="00A87631" w:rsidRDefault="00A87631" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">наурыз </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00A87631" w:rsidR="00A87631" w:rsidRDefault="00A87631" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidP="004336CF" w:rsidR="004336CF" w:rsidRDefault="00A87631" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мамыр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="3208"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004336CF" w:rsidRDefault="00A87631" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Психолог, классные руководители</w:t>
+              <w:t>Психолог, сынып жетекшілері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004336CF" w:rsidRPr="008B0333" w:rsidTr="008B0333">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidTr="008B0333" w:rsidR="004336CF" w:rsidRPr="008B0333">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="663"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004336CF" w:rsidRDefault="004336CF" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B0333">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5111" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve">Организация систематического </w:t>
+            <w:tcW w:type="dxa" w:w="5111"/>
+          </w:tcPr>
+          <w:p w:rsidP="00A87631" w:rsidR="004336CF" w:rsidRDefault="00A87631" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ұйымдастыру жүйелі түрде </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="008B0333">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>контроля за</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бақылау</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="008B0333">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...64 lines deleted...]
-              <w:t>Классные  руководители</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> үлгерімі, сабаққа қатысуын және жұмыспен қамту, балалардың демалыс уақытында.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2910"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004336CF" w:rsidRDefault="004336CF" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2894"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004336CF" w:rsidRDefault="00A87631" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жыл бойы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="3208"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004336CF" w:rsidRDefault="00A87631" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004336CF" w:rsidRPr="008B0333" w:rsidTr="008B0333">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidTr="008B0333" w:rsidR="004336CF" w:rsidRPr="008B0333">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="663"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004336CF" w:rsidRDefault="004336CF" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B0333">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5111" w:type="dxa"/>
-[...113 lines deleted...]
-              <w:t>Классные руководители</w:t>
+            <w:tcW w:type="dxa" w:w="5111"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004336CF" w:rsidRDefault="00A87631" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балалардың тамақтануын Ұйымдастыру "тәуекел тобы"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2910"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="00A87631" w:rsidRDefault="00A87631" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2894"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004336CF" w:rsidRDefault="00A87631" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қыркүйек</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="004336CF" w:rsidR="00A87631" w:rsidRDefault="00A87631" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қаңтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="3208"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004336CF" w:rsidRDefault="00A87631" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>директордың ТЖ Орынбасары</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="004336CF" w:rsidR="00A87631" w:rsidRDefault="00A87631" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004336CF" w:rsidRPr="008B0333" w:rsidTr="008B0333">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidTr="008B0333" w:rsidR="004336CF" w:rsidRPr="008B0333">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="663"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004336CF" w:rsidRDefault="004336CF" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B0333">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5111" w:type="dxa"/>
-[...58 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:tcW w:type="dxa" w:w="5111"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004336CF" w:rsidRDefault="00A87631" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Зерттеу тұрғын үй-тұрмыстық жағдайларын семей тұрған, әлеуметтік-қауіпті жағдайда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2910"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004336CF" w:rsidRDefault="00A87631" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Акт ІН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2894"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004336CF" w:rsidRDefault="004E4454" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>А</w:t>
             </w:r>
             <w:r w:rsidR="00A87631" w:rsidRPr="008B0333">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>вгуст</w:t>
             </w:r>
             <w:r w:rsidRPr="008B0333">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...26 lines deleted...]
-              <w:t xml:space="preserve">Классные руководители, психолог, инспектор по </w:t>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-қыркүйек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="3208"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004336CF" w:rsidRDefault="004E4454" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сынып жетекшілері, психолог, инспектор по </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="008B0333">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ПР</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004336CF" w:rsidRPr="008B0333" w:rsidTr="008B0333">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidTr="008B0333" w:rsidR="004336CF" w:rsidRPr="008B0333">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="663"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004336CF" w:rsidRDefault="004336CF" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B0333">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5111" w:type="dxa"/>
-[...85 lines deleted...]
-              <w:t>Классные руководители</w:t>
+            <w:tcW w:type="dxa" w:w="5111"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004336CF" w:rsidRDefault="004E4454" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Есептер, сынып жетекшілерінің жұмысы, "қауіп тобындағы" балалармен және отбасыларымен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2910"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004336CF" w:rsidRDefault="004E4454" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ақпараттық есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2894"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004336CF" w:rsidRDefault="004E4454" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1 рет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="3208"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004336CF" w:rsidRDefault="004E4454" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A74E6F" w:rsidRPr="008B0333" w:rsidTr="008B0333">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidTr="008B0333" w:rsidR="00A74E6F" w:rsidRPr="008B0333">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="663"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="00A74E6F" w:rsidRDefault="00A74E6F" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5111" w:type="dxa"/>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Ежемесячно (не позднее 01 числа) информационный отчет о </w:t>
+            <w:tcW w:type="dxa" w:w="5111"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="00A74E6F" w:rsidRDefault="00A74E6F" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ай Сайын (күнінен кешіктірмей 01 санынан) ақпараттық есеп туралы </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008B0333">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>проделаной</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="008B0333">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...72 lines deleted...]
-              <w:t>Зам директора по ВР, психолог, классные руководители</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жұмысына</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2910"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="00A74E6F" w:rsidRDefault="00A74E6F" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ақпараттық есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2894"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="00A74E6F" w:rsidRDefault="00A74E6F" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ай Сайын </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="3208"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="00A74E6F" w:rsidRDefault="00A74E6F" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>директордың ТЖ Орынбасары, психолог, сынып жетекшілері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00653F5A" w:rsidRPr="008B0333" w:rsidTr="008A2D57">
-[...2 lines deleted...]
-            <w:tcW w:w="14786" w:type="dxa"/>
+      <w:tr w:rsidTr="008A2D57" w:rsidR="00653F5A" w:rsidRPr="008B0333">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="14786"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidR="00653F5A" w:rsidRPr="008B0333" w:rsidRDefault="00653F5A" w:rsidP="004336CF">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidP="004336CF" w:rsidR="00653F5A" w:rsidRDefault="00653F5A" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B0333">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>2. Кадровое обеспечение</w:t>
+              <w:t>2. Кадрлық қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E4454" w:rsidRPr="008B0333" w:rsidTr="008B0333">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidTr="008B0333" w:rsidR="004E4454" w:rsidRPr="008B0333">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="663"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004E4454" w:rsidRDefault="004E4454" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B0333">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5111" w:type="dxa"/>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Рассмотрение вопросов профилактической работы с детьми и подростками на педсоветах, совещаниях при директоре, заседаниях </w:t>
+            <w:tcW w:type="dxa" w:w="5111"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004E4454" w:rsidRDefault="00653F5A" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">мәселелерін Қарау, профилактикалық жұмыстың балалармен және жасөспірімдермен арналған педагогикалық кеңестерде, директор жанындағы кеңестерде, отырыстарда </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008B0333">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>методобъединения</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бірлестік</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="008B0333">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...86 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сынып жетекшілер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2910"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004E4454" w:rsidRDefault="00653F5A" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>хаттама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2894"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004E4454" w:rsidRDefault="00653F5A" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тоқсанына 1 рет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="3208"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004E4454" w:rsidRDefault="00653F5A" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>директордың ТЖ Орынбасары</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="004336CF" w:rsidR="00653F5A" w:rsidRDefault="00653F5A" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, психолог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidTr="008B0333" w:rsidR="004E4454" w:rsidRPr="008B0333">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="663"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004E4454" w:rsidRDefault="004E4454" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="5111"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004E4454" w:rsidRDefault="00653F5A" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеке кеңестер беруді Ұйымдастыру үшін сынып жетекшілері "Жеткіншектер проблемалары", "қазақ", толық емес отбасыларда тәрбиеленетін"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2910"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004E4454" w:rsidRDefault="00653F5A" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>журналына Жазылу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2894"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004E4454" w:rsidRDefault="00653F5A" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жыл бойы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="3208"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004E4454" w:rsidRDefault="00653F5A" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Психолог </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidTr="008B0333" w:rsidR="004E4454" w:rsidRPr="008B0333">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="663"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004E4454" w:rsidRDefault="004E4454" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="5111"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004E4454" w:rsidRDefault="00653F5A" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Әңгіме "Балалар агрессивтілік және оны жеңудің тәсілдері"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2910"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004E4454" w:rsidRDefault="00653F5A" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2894"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004E4454" w:rsidRDefault="00653F5A" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>желтоқсан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="3208"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004E4454" w:rsidRDefault="00653F5A" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>психолог</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E4454" w:rsidRPr="008B0333" w:rsidTr="008B0333">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidTr="008B0333" w:rsidR="004E4454" w:rsidRPr="008B0333">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="663"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004E4454" w:rsidRDefault="004E4454" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="5111"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004E4454" w:rsidRDefault="0013270F" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тренинг "Алдын алу </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>аутодеструктивті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және бейәлеуметтік мінез-құлық" кәмелетке толмағандар арасында педагогтар мен "вахтеров суицид"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2910"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004E4454" w:rsidRDefault="0013270F" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2894"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004E4454" w:rsidRDefault="0013270F" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қараша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="3208"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004E4454" w:rsidRDefault="0013270F" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>психолог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidTr="008B0333" w:rsidR="004E4454" w:rsidRPr="008B0333">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="663"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004E4454" w:rsidRDefault="004E4454" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="5111"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004E4454" w:rsidRDefault="0013270F" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учстие</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> семинарларға зертхана мамандары әлеуметтік-психологиялық сүйемелдеу "РҒПО -</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сарыарқа </w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Дарыны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2910"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004E4454" w:rsidRDefault="004E4454" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2894"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004E4454" w:rsidRDefault="0013270F" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қыркүйек-қазан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="3208"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004E4454" w:rsidRDefault="004E4454" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidTr="00EB6F06" w:rsidR="0013270F" w:rsidRPr="008B0333">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="14786"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="0013270F" w:rsidRDefault="008B0333" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B0333">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>9</w:t>
-[...91 lines deleted...]
-              <w:t xml:space="preserve">Психолог </w:t>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="0013270F" w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. Ұйымдастыру-бұқаралық іс-шаралар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E4454" w:rsidRPr="008B0333" w:rsidTr="008B0333">
-[...451 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidTr="008B0333" w:rsidR="004E4454" w:rsidRPr="008B0333">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="663"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004E4454" w:rsidRDefault="004E4454" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5111" w:type="dxa"/>
-[...28 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:tcW w:type="dxa" w:w="5111"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004E4454" w:rsidRDefault="0013270F" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>денсаулық күнін Өткізу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2910"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004E4454" w:rsidRDefault="00A72BA6" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008B0333">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>Фотоотчет</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Фотоесеп</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="008B0333">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...49 lines deleted...]
-              <w:t>Классные руководители, школьный парламент</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, жариялау,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2894"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004E4454" w:rsidRDefault="00A72BA6" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жылына 1 рет (каникул уақытында)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="3208"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004E4454" w:rsidRDefault="00A72BA6" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілері, мектеп парламенті</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E4454" w:rsidRPr="008B0333" w:rsidTr="008B0333">
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidTr="008B0333" w:rsidR="004E4454" w:rsidRPr="008B0333">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="663"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004E4454" w:rsidRDefault="004E4454" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5111" w:type="dxa"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:tcW w:type="dxa" w:w="5111"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004E4454" w:rsidRDefault="00A72BA6" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008B0333">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>Тренинговые</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Тренингтік</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="008B0333">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...79 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жаттығулар дамыту бойынша өзін-өзі бағалау оқушыларымен орта буын</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2910"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004E4454" w:rsidRDefault="00A72BA6" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2894"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004E4454" w:rsidRDefault="00A72BA6" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қараша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="004336CF" w:rsidR="00A72BA6" w:rsidRDefault="00A72BA6" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>желтоқсан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="3208"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004E4454" w:rsidRDefault="00A72BA6" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008B0333">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классныеруководители</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00A72BA6" w:rsidRPr="008B0333" w:rsidRDefault="00A72BA6" w:rsidP="004336CF">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidP="004336CF" w:rsidR="00A72BA6" w:rsidRDefault="00A72BA6" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>психолог</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E4454" w:rsidRPr="008B0333" w:rsidTr="008B0333">
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidTr="008B0333" w:rsidR="004E4454" w:rsidRPr="008B0333">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="663"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004E4454" w:rsidRDefault="004E4454" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5111" w:type="dxa"/>
-[...81 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:tcW w:type="dxa" w:w="5111"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004E4454" w:rsidRDefault="00A72BA6" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Тренинг "өзін-өзі Жетілдіру тұлға" (9 - 10классы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2910"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004E4454" w:rsidRDefault="00A72BA6" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2894"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004E4454" w:rsidRDefault="00A72BA6" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1 рет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="3208"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004E4454" w:rsidRDefault="00A72BA6" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>психолог</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E4454" w:rsidRPr="008B0333" w:rsidTr="008B0333">
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidTr="008B0333" w:rsidR="004E4454" w:rsidRPr="008B0333">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="663"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004E4454" w:rsidRDefault="004E4454" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5111" w:type="dxa"/>
-[...103 lines deleted...]
-              <w:t>Классные руководители</w:t>
+            <w:tcW w:type="dxa" w:w="5111"/>
+          </w:tcPr>
+          <w:p w:rsidP="00A72BA6" w:rsidR="004E4454" w:rsidRDefault="00A72BA6" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кинодәрісі оқушылары үшін "Нашақорлық – қасіреттің белгісі", кейіннен талқыланады просмотренного фильм</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2910"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004E4454" w:rsidRDefault="00A72BA6" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2894"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004E4454" w:rsidRDefault="00A72BA6" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сәуір</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="3208"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="004E4454" w:rsidRDefault="00A72BA6" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>директордың ТЖ Орынбасары</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="004336CF" w:rsidR="00A72BA6" w:rsidRDefault="00A72BA6" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C516C2" w:rsidRPr="008B0333" w:rsidTr="008B0333">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidTr="008B0333" w:rsidR="00C516C2" w:rsidRPr="008B0333">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="663"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="00C516C2" w:rsidRDefault="008B0333" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5111" w:type="dxa"/>
-[...85 lines deleted...]
-              <w:t>Зам директора по ВР</w:t>
+            <w:tcW w:type="dxa" w:w="5111"/>
+          </w:tcPr>
+          <w:p w:rsidP="00A72BA6" w:rsidR="00C516C2" w:rsidRDefault="00C516C2" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жүргізу рейд "Жасөспірім" - мен бірлесіп, құқық қорғау органдарының қызметкерлері және ата-аналар қоғамымен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2910"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="00C516C2" w:rsidRDefault="00C516C2" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, Ақпараттық есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2894"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="00C516C2" w:rsidRDefault="00C516C2" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>айына 1 рет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="3208"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="00C516C2" w:rsidRDefault="00C516C2" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>директордың ТЖ Орынбасары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A72BA6" w:rsidRPr="008B0333" w:rsidTr="000A5A0F">
-[...2 lines deleted...]
-            <w:tcW w:w="14786" w:type="dxa"/>
+      <w:tr w:rsidTr="000A5A0F" w:rsidR="00A72BA6" w:rsidRPr="008B0333">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="14786"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidR="00A72BA6" w:rsidRPr="008B0333" w:rsidRDefault="008B0333" w:rsidP="004336CF">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidP="004336CF" w:rsidR="00A72BA6" w:rsidRDefault="008B0333" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B0333">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00A72BA6" w:rsidRPr="008B0333">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>. Работа с родителями</w:t>
+              <w:t>. Ата-аналармен жұмыс:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A72BA6" w:rsidRPr="008B0333" w:rsidTr="008B0333">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidTr="008B0333" w:rsidR="00A72BA6" w:rsidRPr="008B0333">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="663"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="00A72BA6" w:rsidRDefault="008B0333" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5111" w:type="dxa"/>
-[...103 lines deleted...]
-              <w:t>Классные руководители</w:t>
+            <w:tcW w:type="dxa" w:w="5111"/>
+          </w:tcPr>
+          <w:p w:rsidP="00A72BA6" w:rsidR="00A72BA6" w:rsidRDefault="00C516C2" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Елбасы семей үйде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2910"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="00A72BA6" w:rsidRDefault="00A74E6F" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>журналына Жазылу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2894"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="00A72BA6" w:rsidRDefault="00A74E6F" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жыл бойы қажеттілік бойынша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="3208"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="00A72BA6" w:rsidRDefault="00A74E6F" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>директордың ТЖ Орынбасары</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="004336CF" w:rsidR="00A74E6F" w:rsidRDefault="00A74E6F" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A72BA6" w:rsidRPr="008B0333" w:rsidTr="008B0333">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidTr="008B0333" w:rsidR="00A72BA6" w:rsidRPr="008B0333">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="663"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="00A72BA6" w:rsidRDefault="008B0333" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5111" w:type="dxa"/>
-[...181 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:tcW w:type="dxa" w:w="5111"/>
+          </w:tcPr>
+          <w:p w:rsidP="00A72BA6" w:rsidR="00A74E6F" w:rsidRDefault="00A74E6F" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жұмыс ата-аналар жаппай оқыту. Дәрістер: Құқықтық негіздері "отбасылық тәрбие: құқықтары мен міндеттері, бала мен ата-ана",</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00A72BA6" w:rsidR="00A74E6F" w:rsidRDefault="00A74E6F" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "Құпияларды жанжалсыз арасындағы өзара іс-қимыл балалар мен ата-ана", </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00A72BA6" w:rsidR="00A74E6F" w:rsidRDefault="00A74E6F" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Бала алкоголь отбасы" </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00A72BA6" w:rsidR="00A74E6F" w:rsidRDefault="00A74E6F" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"пәледен аулақ",</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00A72BA6" w:rsidR="00A72BA6" w:rsidRDefault="00A74E6F" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "Отбасылық бос уақыт және оны ұйымдастыру"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2910"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="00A72BA6" w:rsidRDefault="00A72BA6" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2894"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="00A72BA6" w:rsidRDefault="00A74E6F" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1 рет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="3208"/>
+          </w:tcPr>
+          <w:p w:rsidP="00A74E6F" w:rsidR="00A74E6F" w:rsidRDefault="00A74E6F" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>директордың ТЖ Орынбасары</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00A74E6F" w:rsidR="00A72BA6" w:rsidRDefault="00A74E6F" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілері</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00A74E6F" w:rsidR="00A74E6F" w:rsidRDefault="00A74E6F" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>психолог</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A74E6F" w:rsidRPr="008B0333" w:rsidTr="008B0333">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidTr="008B0333" w:rsidR="00A74E6F" w:rsidRPr="008B0333">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="663"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="00A74E6F" w:rsidRDefault="008B0333" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5111" w:type="dxa"/>
-[...81 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:tcW w:type="dxa" w:w="5111"/>
+          </w:tcPr>
+          <w:p w:rsidP="00A72BA6" w:rsidR="00A74E6F" w:rsidRDefault="00A74E6F" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>психологтың Кеңес беру (жеке және топтық).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2910"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="00A74E6F" w:rsidRDefault="00A74E6F" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Журналына жазылу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2894"/>
+          </w:tcPr>
+          <w:p w:rsidP="004336CF" w:rsidR="00A74E6F" w:rsidRDefault="00A74E6F" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жыл бойы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="3208"/>
+          </w:tcPr>
+          <w:p w:rsidP="00A74E6F" w:rsidR="00A74E6F" w:rsidRDefault="00A74E6F" w:rsidRPr="008B0333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0333">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>психолог</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004336CF" w:rsidRDefault="004336CF" w:rsidP="004336CF">
+    <w:p w:rsidP="004336CF" w:rsidR="004336CF" w:rsidRDefault="004336CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00817127" w:rsidRDefault="00817127" w:rsidP="004336CF">
+    <w:p w:rsidP="004336CF" w:rsidR="00817127" w:rsidRDefault="00817127">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00817127" w:rsidRPr="00817127" w:rsidRDefault="00817127" w:rsidP="004336CF">
+    <w:p w:rsidP="004336CF" w:rsidR="00817127" w:rsidRDefault="00817127" w:rsidRPr="00817127">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00817127">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Заместитель директора по ВР                        Яковлева Т.А.</w:t>
+        <w:t>Директордың ТӘРБИЕ ісі жөніндегі орынбасары Яковлева Т. А.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00817127" w:rsidRPr="00817127" w:rsidSect="00817127">
-[...1 lines deleted...]
-      <w:pgMar w:top="568" w:right="1134" w:bottom="284" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+    <w:sectPr w:rsidSect="00817127" w:rsidR="00817127" w:rsidRPr="00817127">
+      <w:pgSz w:orient="landscape" w:w="16838" w:h="11906"/>
+      <w:pgMar w:footer="708" w:right="1134" w:gutter="0" w:left="1134" w:bottom="284" w:top="568" w:header="708"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
@@ -4536,33 +4536,34 @@
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>4685</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>del</dc:creator>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Yandex.Translate</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <dc:description>Translated with Yandex.Translate</dc:description>
 </cp:coreProperties>
 </file>