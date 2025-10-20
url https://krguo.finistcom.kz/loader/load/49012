--- v0 (2025-10-20)
+++ v1 (2025-10-20)
@@ -1,8431 +1,8431 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p w:rsidR="00D91BC0" w:rsidRDefault="00D91BC0" w:rsidP="00FE08D0">
+    <w:p w:rsidR="00D91BC0" w:rsidP="00FE08D0" w:rsidRDefault="00D91BC0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2940"/>
         </w:tabs>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002A3F3E" w:rsidRPr="00577000" w:rsidRDefault="002A3F3E" w:rsidP="002A3F3E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00577000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>УТВЕРЖДАЮ</w:t>
+        <w:t>БЕКІТЕМІН</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002A3F3E" w:rsidRPr="00577000" w:rsidRDefault="002A3F3E" w:rsidP="002A3F3E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00577000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>директор СШ №7</w:t>
+        <w:t> №7 ОМ директоры</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002A3F3E" w:rsidRPr="00577000" w:rsidRDefault="002A3F3E" w:rsidP="002A3F3E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00577000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>_________Карпец</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00577000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Т.В.</w:t>
+        <w:t xml:space="preserve"> Т. В.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002A3F3E" w:rsidRPr="00577000" w:rsidRDefault="00F13A01" w:rsidP="002A3F3E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>«___»_________2021</w:t>
+        <w:t>"___"_________2021</w:t>
       </w:r>
       <w:r w:rsidR="002A3F3E" w:rsidRPr="00577000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> г</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002A3F3E" w:rsidRDefault="002A3F3E" w:rsidP="002A3F3E">
+    <w:p w:rsidR="002A3F3E" w:rsidP="002A3F3E" w:rsidRDefault="002A3F3E">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00577000" w:rsidRPr="00577000" w:rsidRDefault="00D91BC0" w:rsidP="00B746B7">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00577000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>План работы п</w:t>
+        <w:t>Жұмыс жоспары р</w:t>
       </w:r>
       <w:r w:rsidR="002A3F3E" w:rsidRPr="00577000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">о профориентации в КГУ «СШ № 7 </w:t>
+        <w:t xml:space="preserve">туралы кәсіби бағдар беру ОРТА мектебі "КММ - № 7 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002A3F3E" w:rsidRPr="00577000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>с</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="002A3F3E" w:rsidRPr="00577000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.П</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="002A3F3E" w:rsidRPr="00577000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>риишимское</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002A3F3E" w:rsidRPr="00577000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">» </w:t>
+        <w:t xml:space="preserve">" </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE08D0" w:rsidRDefault="00F13A01" w:rsidP="00B746B7">
+    <w:p w:rsidR="00FE08D0" w:rsidP="00B746B7" w:rsidRDefault="00F13A01">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> на 2021 - 2022</w:t>
       </w:r>
       <w:r w:rsidR="00FE08D0" w:rsidRPr="00577000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> учебный го</w:t>
+        <w:t xml:space="preserve"> оқу шы</w:t>
       </w:r>
       <w:r w:rsidR="00B746B7" w:rsidRPr="00577000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>д</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F0F34" w:rsidRPr="0031054F" w:rsidRDefault="001F0F34" w:rsidP="001F0F34">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0031054F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Цель: </w:t>
+        <w:t xml:space="preserve">Мақсаты: </w:t>
       </w:r>
       <w:r w:rsidRPr="0031054F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">оказание </w:t>
+        <w:t xml:space="preserve">көрсету, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0031054F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>профориентационной</w:t>
+        <w:t>кәсіптік бағдар беру</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0031054F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> поддержки учащимся в процессе в</w:t>
+        <w:t xml:space="preserve"> , қолдау барысында оқушыларға қр</w:t>
       </w:r>
       <w:r w:rsidRPr="0031054F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>ы</w:t>
+        <w:t>лар</w:t>
       </w:r>
       <w:r w:rsidRPr="0031054F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">бора профиля обучения и сферы будущей профессиональной деятельности. </w:t>
+        <w:t xml:space="preserve">бор бейінді оқытуды және кәсіби. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F0F34" w:rsidRPr="0031054F" w:rsidRDefault="001F0F34" w:rsidP="001F0F34">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0031054F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Задачи: </w:t>
+        <w:t xml:space="preserve">Міндеттері: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F0F34" w:rsidRPr="0004223D" w:rsidRDefault="001F0F34" w:rsidP="001F0F34">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:shd w:color="auto" w:fill="FFFFFF" w:val="clear"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto" w:before="150"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0004223D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>- научить постановке дальних и ближних профессиональных целей, помочь опр</w:t>
+        <w:t>- үйрету қою алыс және жақын кәсіби мақсаттар, көмектесу дрк</w:t>
       </w:r>
       <w:r w:rsidRPr="0004223D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>е</w:t>
       </w:r>
       <w:r w:rsidRPr="0004223D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>делить свою готовность к достижению профессиональных целей, осознать тру</w:t>
+        <w:t>бөлуге дайын екендіктерін қол жеткізуге кәсіби мақсаттарға түсінуге тжқ</w:t>
       </w:r>
       <w:r w:rsidRPr="0004223D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>д</w:t>
       </w:r>
       <w:r w:rsidRPr="0004223D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>ности в достижении профессиональных целей и найти пути их преодоления;</w:t>
+        <w:t>гін жетуде кәсіби мақсаттарға және табу оларды шешу жолдары;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F0F34" w:rsidRPr="0004223D" w:rsidRDefault="001F0F34" w:rsidP="001F0F34">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:shd w:color="auto" w:fill="FFFFFF" w:val="clear"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto" w:before="150"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0004223D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>- помочь сопоставить свои возможности с требованиями выбираемых профессий;</w:t>
+        <w:t>- көмектесу салыстыруға өз мүмкіндіктерін талаптарына сәйкес таңдалатын мамандықтар;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F0F34" w:rsidRPr="0004223D" w:rsidRDefault="001F0F34" w:rsidP="001F0F34">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:shd w:color="auto" w:fill="FFFFFF" w:val="clear"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto" w:before="150"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0004223D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>- формировать у учащихся и выпускников школы мотивационной основы для п</w:t>
+        <w:t>- оқушылардың және мектеп мотивациялық негіздері п</w:t>
       </w:r>
       <w:r w:rsidRPr="0004223D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>о</w:t>
+        <w:t>туралы</w:t>
       </w:r>
       <w:r w:rsidRPr="0004223D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>лучения начального и среднего профессионального образования и выбора ими р</w:t>
+        <w:t>алу үшін бастауыш және орта кәсіптік білім беру және таңдаған р</w:t>
       </w:r>
       <w:r w:rsidRPr="0004223D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>а</w:t>
       </w:r>
       <w:r w:rsidRPr="0004223D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>бочих профессий;</w:t>
+        <w:t>бочих кәсіптер;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F0F34" w:rsidRPr="0004223D" w:rsidRDefault="001F0F34" w:rsidP="001F0F34">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:shd w:color="auto" w:fill="FFFFFF" w:val="clear"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto" w:before="150"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0004223D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>-  повышать информированность учащихся об основных профессиях, по которым наблюдается или планируется существенный дефицит кадро</w:t>
+        <w:t>- ақпараттануын арттыруға, оқушылардың негізгі мамандықтар байқалады немесе жетіспеушілігі аудандарың</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>в.</w:t>
+        <w:t>. в.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F13A01" w:rsidRDefault="00F13A01" w:rsidP="00A037CD">
+    <w:p w:rsidR="00F13A01" w:rsidP="00A037CD" w:rsidRDefault="00F13A01">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="-567" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A037CD" w:rsidRPr="00A037CD" w:rsidRDefault="00A037CD" w:rsidP="00A037CD">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="-567" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="5448" w:type="pct"/>
+        <w:tblW w:type="pct" w:w="5448"/>
         <w:jc w:val="center"/>
         <w:tblCellMar>
-          <w:left w:w="0" w:type="dxa"/>
-          <w:right w:w="0" w:type="dxa"/>
+          <w:left w:type="dxa" w:w="0"/>
+          <w:right w:type="dxa" w:w="0"/>
         </w:tblCellMar>
         <w:tblLook w:val="00A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="560"/>
         <w:gridCol w:w="4411"/>
         <w:gridCol w:w="2063"/>
         <w:gridCol w:w="1670"/>
         <w:gridCol w:w="2341"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D91BC0" w:rsidRPr="00110D77" w:rsidTr="00CA1AAD">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="540"/>
+            <w:tcBorders>
+              <w:top w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:left w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00577000" w:rsidRDefault="00D91BC0" w:rsidP="00577000">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00577000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">№ </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00577000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>п</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00577000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4140" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="4140"/>
+            <w:tcBorders>
+              <w:top w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00577000" w:rsidRDefault="00D91BC0" w:rsidP="00577000">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00577000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Название мероприятия</w:t>
-[...16 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+              <w:t>іс-шара Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2182"/>
+            <w:tcBorders>
+              <w:top w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00577000" w:rsidRDefault="00D91BC0" w:rsidP="00577000">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00577000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Сроки исполн</w:t>
+              <w:t>Мерзімі орындаушылар</w:t>
             </w:r>
             <w:r w:rsidRPr="00577000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>е</w:t>
             </w:r>
             <w:r w:rsidRPr="00577000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>ния</w:t>
-[...16 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+              <w:t>лық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1682"/>
+            <w:tcBorders>
+              <w:top w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00577000" w:rsidRDefault="00D91BC0" w:rsidP="00577000">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00577000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Участники</w:t>
-[...16 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+              <w:t>Қатысушылар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2501"/>
+            <w:tcBorders>
+              <w:top w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00577000" w:rsidRDefault="00D91BC0" w:rsidP="00577000">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00577000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Ответственные</w:t>
+              <w:t>Жауапты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D91BC0" w:rsidRPr="00110D77" w:rsidTr="00CA1AAD">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11045" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="11045"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...7 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+              <w:left w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00A22F77" w:rsidRDefault="00D91BC0" w:rsidP="00A22F77">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Организационные мероприятия</w:t>
+              <w:t>Ұйымдық іс-шаралар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D91BC0" w:rsidRPr="00110D77" w:rsidTr="00CA1AAD">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="540"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4140" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="4140"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
-[...12 lines deleted...]
-              <w:t>Изучение нормативно-правовых док</w:t>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Зерттеу нормативтік-құқықтық док</w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>у</w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>ментов.  Разработка плана профорие</w:t>
+              <w:t>тарды. Жоспарын әзірлеу профорие</w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>н</w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>тационно</w:t>
             </w:r>
             <w:r w:rsidR="00BC0901">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>й работы в школе на учебный год (должностная инструкция, атлас н</w:t>
+              <w:t>ші мектеп оқу жылына (лауазымдық нұсқаулық, атлас н</w:t>
             </w:r>
             <w:r w:rsidR="00BC0901">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>о</w:t>
+              <w:t>туралы</w:t>
             </w:r>
             <w:r w:rsidR="00BC0901">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>вых профессий, классификатор профе</w:t>
+              <w:t>вых кәсіптердің жіктеуіші тті</w:t>
             </w:r>
             <w:r w:rsidR="00BC0901">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>с</w:t>
             </w:r>
             <w:r w:rsidR="00BC0901">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>сий).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2182" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="2182"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00BB22E4" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...29 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тамыз </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1682"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
-[...12 lines deleted...]
-              <w:t>Классные р</w:t>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сыныптық р</w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>у</w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">ководители </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2501" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="2501"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...44 lines deleted...]
-              <w:t xml:space="preserve">ВР, </w:t>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Орынбасары ха</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қарай,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сондай-ақ тора бойынша </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>У -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ТІ, </w:t>
             </w:r>
             <w:r w:rsidR="006754AF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>з</w:t>
             </w:r>
             <w:r w:rsidR="006754AF" w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ам. д</w:t>
             </w:r>
             <w:r w:rsidR="006754AF" w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>и</w:t>
+              <w:t>және</w:t>
             </w:r>
             <w:r w:rsidR="006754AF" w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>ректора по ВР</w:t>
+              <w:t>ректордың ТӘРБИЕ жұмысы бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D91BC0" w:rsidRPr="00110D77" w:rsidTr="00CA1AAD">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="540"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00BC0901" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4140" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="4140"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00BC0901" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...12 lines deleted...]
-              <w:t>Обновление информационных сте</w:t>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жаңарту ақпараттық байсерке</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>н</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>дов по профориентации.</w:t>
-[...16 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+              <w:t>дов бойынша кәсіптік бағдар беру.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2182"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1 </w:t>
             </w:r>
             <w:r w:rsidR="00BC0901">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">раз </w:t>
+              <w:t xml:space="preserve">рет </w:t>
             </w:r>
             <w:r w:rsidR="00FE08D0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>в полуг</w:t>
+              <w:t>бүгін жартыжылдық</w:t>
             </w:r>
             <w:r w:rsidR="00FE08D0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>о</w:t>
+              <w:t>туралы</w:t>
             </w:r>
             <w:r w:rsidR="00FE08D0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>дие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1682" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="1682"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
-[...47 lines deleted...]
-              <w:t>Зам. директора по ВР</w:t>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2501"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00D91BC0" w:rsidP="00260771" w:rsidRDefault="006754AF">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Орынбасары. директордың ТІ жөніндегі</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00BC0901" w:rsidRPr="00260771" w:rsidRDefault="00BC0901" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Психолог</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D91BC0" w:rsidRPr="00110D77" w:rsidTr="00CA1AAD">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="540"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00BC0901" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4140" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="4140"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Отражени</w:t>
             </w:r>
             <w:r w:rsidR="00611F95">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>е профориентационной раб</w:t>
+              <w:t>е профориентациялық жұмыс</w:t>
             </w:r>
             <w:r w:rsidR="00611F95">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>о</w:t>
+              <w:t>туралы</w:t>
             </w:r>
             <w:r w:rsidR="00611F95">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">ты </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> на школьном сайте</w:t>
+              <w:t xml:space="preserve">сен </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мектеп сайтында</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2182" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="2182"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...29 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Үнемі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1682"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
-[...29 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2501"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="006754AF" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...12 lines deleted...]
-              <w:t>Зам. директора по ВР</w:t>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Директордың Орынбасары. ТЖ бойынша директор</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D91BC0" w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>ответственный за школьный сайт</w:t>
+              <w:t>жауапты мектеп сайты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D91BC0" w:rsidRPr="00110D77" w:rsidTr="00CA1AAD">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="540"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00BC0901" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4140" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="4140"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Организация </w:t>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мекеме </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>профориентационных</w:t>
+              <w:t>бағдар</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> эк</w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>с</w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>курсий на предприятия</w:t>
-[...7 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>курсий кәсіпорындар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. </w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2182" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="2182"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...29 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Бір жылдың ішінде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1682"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Уч-ся </w:t>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Оқушы </w:t>
             </w:r>
             <w:r w:rsidR="00BC0901">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">5-9 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>классов</w:t>
-[...34 lines deleted...]
-              <w:t>Зам. директора по ВР</w:t>
+              <w:t>сынып</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2501"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00D91BC0" w:rsidP="00260771" w:rsidRDefault="006754AF">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мұғалімі. директордың ТӘРБИЕ жұмысы бойынша</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00BC0901" w:rsidRPr="00260771" w:rsidRDefault="00BC0901" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...28 lines deleted...]
-              <w:t>тели</w:t>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сынып басшылықты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нәтижелер көрсеткіштері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D91BC0" w:rsidRPr="00110D77" w:rsidTr="00CA1AAD">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="540"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00BC0901" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4140" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="4140"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
-[...28 lines deleted...]
-              <w:t xml:space="preserve"> классов на предмет выявления профе</w:t>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Төр</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>е сауалнамаға оқушы 5-9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сынып анықтау тті</w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>с</w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>сий, пользующихся повышенным спр</w:t>
-[...7 lines deleted...]
-              <w:t>о</w:t>
+              <w:t>сий пайдаланатын жоғары спр</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">сом. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2182" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="2182"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
-[...37 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қараша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, ақпан </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1682"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
-[...37 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оқушы 5-9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - сыныптардың</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2501"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Педагог-психолог</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D91BC0" w:rsidRPr="00110D77" w:rsidTr="00CA1AAD">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="540"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00BC0901" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4140" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="4140"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Использование в </w:t>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Пайдалану </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>профориентацио</w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>н</w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>ной</w:t>
+              <w:t>дық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>  работе Internet-ресурсов</w:t>
-[...7 lines deleted...]
-              <w:t>.</w:t>
+              <w:t> жұмыс Internet-ресурстар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. </w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2182" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="2182"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
-[...29 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Бір жылдың ішінде </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1682"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
-[...29 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оқушы 5-9 сынып</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2501"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="006754AF" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
-[...12 lines deleted...]
-              <w:t>Зам. директора по ВР</w:t>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мұғалімі. директордың</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D91BC0" w:rsidRPr="00110D77" w:rsidTr="00CA1AAD">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11045" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="11045"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...7 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+              <w:left w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00A22F77">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Работа с педагогическими кадрами</w:t>
+              <w:t>педагог кадрлармен Жұмыс</w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006754AF" w:rsidRPr="00110D77" w:rsidTr="00CA1AAD">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="540"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="006754AF" w:rsidRPr="00260771" w:rsidRDefault="002A3F3E" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4140" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="4140"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00BC0901" w:rsidRPr="00260771" w:rsidRDefault="006754AF" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Знакомство с планом </w:t>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жоспарымен Танысу </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>профориентац</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>и</w:t>
-[...7 lines deleted...]
-              <w:t>онной</w:t>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ақпараттық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> работы в школе</w:t>
-[...51 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+              <w:t xml:space="preserve"> жұмыс,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2182"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="006754AF" w:rsidP="00260771" w:rsidRDefault="006754AF">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қыркүйек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1682"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="006754AF" w:rsidRPr="00260771" w:rsidRDefault="006754AF" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
-[...47 lines deleted...]
-              <w:t>Зам. директора по ВР</w:t>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2501"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="006754AF" w:rsidP="00260771" w:rsidRDefault="006754AF">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>директордың Орынбасары. директордың ТЖ бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BC0901" w:rsidRPr="00110D77" w:rsidTr="00CA1AAD">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:tcW w:type="dxa" w:w="540"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BC0901" w:rsidP="00260771" w:rsidRDefault="002A3F3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4140" w:type="dxa"/>
-[...149 lines deleted...]
-              <w:t>Зам. директора по ВР</w:t>
+            <w:tcW w:type="dxa" w:w="4140"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BC0901" w:rsidP="00260771" w:rsidRDefault="00BC0901">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Тренинг, педагогикалық сәбилер бақшасы ұжымының жұмысын қанағаттанарлық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ва бойынша "Атлас жаңа кәсіптер"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2182"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BC0901" w:rsidP="00260771" w:rsidRDefault="00BC0901">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1682"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BC0901" w:rsidP="00260771" w:rsidRDefault="00BC0901">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2501"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BC0901" w:rsidP="00260771" w:rsidRDefault="00BC0901">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>директордың Орынбасары. директордың ТІ жөніндегі</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00BC0901" w:rsidRPr="00260771" w:rsidRDefault="00BC0901" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Психолог</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D91BC0" w:rsidRPr="00110D77" w:rsidTr="00CA1AAD">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="540"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="006754AF" w:rsidRDefault="002A3F3E" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4140" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="4140"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...12 lines deleted...]
-              <w:t>Семинар-практикум  для классных р</w:t>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Семинар-практикум сынып р</w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>у</w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">ководителей «Особенности </w:t>
+              <w:t xml:space="preserve">ководителей Ерекшеліктері "</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>профорие</w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>н</w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>тационной</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ра</w:t>
+              <w:t xml:space="preserve"> ра -</w:t>
             </w:r>
             <w:r w:rsidR="00BC0901">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>боты в школе»</w:t>
-[...16 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+              <w:t>боты в школе"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2182"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00BC0901" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...29 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қараша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1682"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
-[...29 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагог </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2501"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00BC0901" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Психолог </w:t>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Психолог </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D91BC0" w:rsidRPr="00110D77" w:rsidTr="00CA1AAD">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="540"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="002A3F3E" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4140" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="4140"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Участие в </w:t>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қатысу </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>профконсультациях</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>  для уч</w:t>
-[...15 lines deleted...]
-              <w:t>телей по изучению личности школьника</w:t>
+              <w:t> үшін оқушы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кәсіпкерлері зерделеу бойынша оқушының тұлғасын</w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-              <w:t>«Изучение личностных особенностей и способностей учащихся»</w:t>
+              <w:t>Зерделеу"тұлғалық ерекшеліктері мен қабілеттерін"</w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-              <w:t>«Изучение склонностей и интересов»</w:t>
+              <w:t>Зерттеу"деген бейімділігі мен мүдделерін"</w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-              <w:t>«Изучение профессиональных намер</w:t>
+              <w:t>Зерттеу"кәсіби намер</w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>е</w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>ний и планов учащихся»</w:t>
+              <w:t>тер мен жоспарларын оқушылардың"</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2182" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="2182"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...29 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кесте бойынша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1682"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
-[...29 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагогтар, </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2501"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...28 lines deleted...]
-              <w:t>лог </w:t>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мектеп псих</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лог </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D91BC0" w:rsidRPr="00110D77" w:rsidTr="00CA1AAD">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="540"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="002A3F3E" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4140" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="4140"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...12 lines deleted...]
-              <w:t>Посещение открытых ме</w:t>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Бару ашық хб</w:t>
             </w:r>
             <w:r w:rsidR="00611F95">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>роприятий по профориентации в школе</w:t>
-[...7 lines deleted...]
-              <w:t>, с целью о</w:t>
+              <w:t>роприятий кәсіптік бағдар, мектепте</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, мақсаты туралы</w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>б</w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мена опытом</w:t>
+              <w:t>мена тәжірибе</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2182" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="2182"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...29 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кесте бойынша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1682"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
-[...47 lines deleted...]
-              <w:t xml:space="preserve">Зам. директора по </w:t>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагогтар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2501"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00D91BC0" w:rsidP="00260771" w:rsidRDefault="00D91BC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Орынбасары. директордың </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>У</w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>ВР</w:t>
+              <w:t>директордың ТӘРБИЕ ісі</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00BC0901" w:rsidRPr="00260771" w:rsidRDefault="00BC0901" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
-[...12 lines deleted...]
-              <w:t>Зам. директора по ВР</w:t>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жөніндегі Орынбасары. директордың ТЖ бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00611F95" w:rsidRPr="00110D77" w:rsidTr="00CA1AAD">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:tcW w:type="dxa" w:w="540"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00611F95" w:rsidP="00260771" w:rsidRDefault="002A3F3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4140" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="4140"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00611F95" w:rsidRPr="00260771" w:rsidRDefault="00611F95" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Информирование педагогов по </w:t>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ақпараттандыру бойынша педагогтардың </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>психд</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>и</w:t>
+              <w:t>және</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>агностике</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2182" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="2182"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00611F95" w:rsidRPr="00260771" w:rsidRDefault="00611F95" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...29 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жоспары Бойынша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1682"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00611F95" w:rsidRPr="00260771" w:rsidRDefault="00611F95" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
-[...29 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2501"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00611F95" w:rsidRPr="00260771" w:rsidRDefault="00611F95" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Психолог</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D91BC0" w:rsidRPr="00110D77" w:rsidTr="00CA1AAD">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11045" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="11045"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...7 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+              <w:left w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Работа с родителями</w:t>
+              <w:t>ата-аналармен Жұмыс</w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D91BC0" w:rsidRPr="00110D77" w:rsidTr="00CA1AAD">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="540"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="002A3F3E" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4140" w:type="dxa"/>
-[...44 lines deleted...]
-              <w:t>тах психодиагностики</w:t>
+            <w:tcW w:type="dxa" w:w="4140"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00611F95" w:rsidP="00611F95" w:rsidRDefault="00611F95">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ата-аналарды Хабардар ету туралы кешенді тестілеу өткізу нәтижелеріне арнал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дай психодиагностика</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00611F95">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...21 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2182"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00611F95" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...29 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бір жылдың ішінде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1682"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
-[...63 lines deleted...]
-              <w:t>тели</w:t>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ата-аналар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2501"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00611F95" w:rsidP="00260771" w:rsidRDefault="00611F95">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сынып басшылықты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нәтижелер көрсеткіштері</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00611F95" w:rsidRPr="00260771" w:rsidRDefault="00611F95" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Психолог</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00611F95" w:rsidRPr="00110D77" w:rsidTr="00CA1AAD">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>браний:  </w:t>
+            <w:tcW w:type="dxa" w:w="540"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00611F95" w:rsidP="00260771" w:rsidRDefault="00611F95">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="4140"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00611F95" w:rsidP="00611F95" w:rsidRDefault="00611F95">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жүргізу, ата-ана тарапынан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>браний: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> «Анализ рынка труда и востребова</w:t>
+              <w:t xml:space="preserve"> "еңбек нарығын Талдау және востребова</w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>н</w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>ности профессий в регионе»</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> для уч</w:t>
+              <w:t>гін кәсіптер өңірде"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> үшін, қатысушы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>а</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>щихся 9</w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> клас</w:t>
-[...20 lines deleted...]
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:t xml:space="preserve"> сынып</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>са. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00611F95" w:rsidP="00611F95" w:rsidRDefault="00AD703D">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidR="00611F95">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...7 lines deleted...]
-              <w:t>Первые шаги к выбору</w:t>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Алғашқы қадам таңдау</w:t>
             </w:r>
             <w:r w:rsidR="00611F95">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>»</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> для учащи</w:t>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> үшін тарихтағы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>х</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>ся 5-7 классов</w:t>
-[...50 lines deleted...]
-              <w:t>ных руководит</w:t>
+              <w:t>ся 5-7 сынып</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2182"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00611F95" w:rsidP="00260771" w:rsidRDefault="00AD703D">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жоспары Бойынша сынып</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>отырып</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лық басқарады</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>е</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1682" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="1682"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00611F95" w:rsidRPr="00260771" w:rsidRDefault="00AD703D" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
-[...63 lines deleted...]
-              <w:t>тели</w:t>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ата-аналар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2501"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00AD703D" w:rsidP="00AD703D" w:rsidRDefault="00AD703D">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сынып басшылықты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нәтижелер көрсеткіштері</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00611F95" w:rsidRPr="00260771" w:rsidRDefault="00611F95" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D91BC0" w:rsidRPr="00110D77" w:rsidTr="00CA1AAD">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="540"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="002A3F3E" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4140" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="4140"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00AD703D" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...45 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Бірлескен тренинг ата-аналар мен оқушы,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>щихся "Кім болғым келеді? Кім көремін өзінің бала?"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2182"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00AD703D" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...29 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қаңтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1682"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00AD703D">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Родители, </w:t>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ата-аналар, </w:t>
             </w:r>
             <w:r w:rsidR="00AD703D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>учащиеся</w:t>
+              <w:t>оқушылар</w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2501" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="2501"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Классный </w:t>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сынып </w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>руков</w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>о</w:t>
-[...7 lines deleted...]
-              <w:t>дите</w:t>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сі</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ль 9</w:t>
             </w:r>
             <w:r w:rsidR="00AD703D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>, 11 классы</w:t>
+              <w:t>, 11-сыныптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D91BC0" w:rsidRPr="00110D77" w:rsidTr="00CA1AAD">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="540"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="002A3F3E" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
-[...29 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мен 16 -</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="4140"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...12 lines deleted...]
-              <w:t>Проведение индивидуальных консул</w:t>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жүргізу жеке консул</w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ь</w:t>
             </w:r>
             <w:r w:rsidR="001F0F34">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>таций</w:t>
-[...31 lines deleted...]
-              <w:t>о</w:t>
+              <w:t>таций </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ата-аналармен таңдау мәселесі бойынша оқушылармен элективті курстар, пр</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, кәсіп-тер, сондай-ақ басқа да проблемалар бойынша пр</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>фориентации</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2182" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="2182"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...12 lines deleted...]
-              <w:t>По факту обр</w:t>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Фактісі бойынша, обр</w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>а</w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>щения</w:t>
-[...16 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+              <w:t>скери</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1682"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
-[...29 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ата-аналар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2501"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...20 lines deleted...]
-              <w:t>о</w:t>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мектеп псих</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">лог, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00BB22E4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>ЗавУЧ</w:t>
+              <w:t>оқу ісінің Меңгерушісі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D91BC0" w:rsidRPr="00110D77" w:rsidTr="00CA1AAD">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="540"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="002A3F3E" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4140" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="4140"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00AD703D">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Привлечение родителей  к </w:t>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ата-аналарды жұмылдыру </w:t>
             </w:r>
             <w:r w:rsidR="00AD703D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>организ</w:t>
+              <w:t>ұйымд</w:t>
             </w:r>
             <w:r w:rsidR="00AD703D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>а</w:t>
             </w:r>
             <w:r w:rsidR="00AD703D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>ции производственных экскурсий</w:t>
+              <w:t>ция өндірістік экскурсиялар</w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2182" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="2182"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...29 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жылдың ішінде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1682"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
-[...29 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ата-аналар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2501"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00AD703D" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...12 lines deleted...]
-              <w:t>Администрация школы</w:t>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мектеп Әкімшілігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D91BC0" w:rsidRPr="00110D77" w:rsidTr="00CA1AAD">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="540"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="002A3F3E" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4140" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="4140"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00AD703D" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...29 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"мамандықтар Жәрмеңкесі"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2182"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...47 lines deleted...]
-              <w:t xml:space="preserve">Родители, </w:t>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сәуір</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1682"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00AD703D" w:rsidP="00260771" w:rsidRDefault="00D91BC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ата-аналар, </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
-[...47 lines deleted...]
-              <w:t xml:space="preserve">Администрация школы </w:t>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оқушы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2501"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00D91BC0" w:rsidP="00260771" w:rsidRDefault="00D91BC0">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">мектеп Әкімшілігі </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00AD703D" w:rsidRPr="00260771" w:rsidRDefault="00AD703D" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...28 lines deleted...]
-              <w:t>тели</w:t>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сынып басшылықты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нәтижелер көрсеткіштері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D91BC0" w:rsidRPr="00110D77" w:rsidTr="00CA1AAD">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11045" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="11045"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...7 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+              <w:left w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Работа с обучающимися</w:t>
+              <w:t>оқитындармен Жұмыс</w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D91BC0" w:rsidRPr="00110D77" w:rsidTr="00CA1AAD">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="540"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="002A3F3E" w:rsidP="00B61EBD">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4140" w:type="dxa"/>
-[...28 lines deleted...]
-              <w:t xml:space="preserve">Провести диагностические методики среди учащихся </w:t>
+            <w:tcW w:type="dxa" w:w="4140"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00D91BC0" w:rsidP="00260771" w:rsidRDefault="00D91BC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жүргізу, диагностикалық әдістемелер арасында </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5-9</w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> классов с целью в</w:t>
-[...31 lines deleted...]
-              <w:t>тия самооценки, профессиональную н</w:t>
+              <w:t xml:space="preserve"> сынып мақсаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>явить оқушылардың ерекшеліктері өң</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>шаралар өзін-өзі бағалау, кәсіптік н</w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>а</w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>правленность, узнать о</w:t>
+              <w:t>правленность туралы білуге, </w:t>
             </w:r>
             <w:r w:rsidR="00AD703D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> личных профе</w:t>
+              <w:t xml:space="preserve"> жеке тті</w:t>
             </w:r>
             <w:r w:rsidR="00AD703D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>с</w:t>
+              <w:t>отырып,</w:t>
             </w:r>
             <w:r w:rsidR="00AD703D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>сиональных планах:</w:t>
-[...33 lines deleted...]
-              <w:t xml:space="preserve">стей по </w:t>
+              <w:t>кәсіби жоспарларда:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AD703D" w:rsidP="00260771" w:rsidRDefault="00AD703D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- Тест анықтау жеке склонн</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лмаған бойынша </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Холланду</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
             <w:r w:rsidR="00AC022E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 9-11 классы;</w:t>
-[...17 lines deleted...]
-              <w:t>- Тест на выявление способностей уч</w:t>
+              <w:t xml:space="preserve"> 9-11 сыныптар;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AD703D" w:rsidP="00260771" w:rsidRDefault="00AD703D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- Тест қабілетін анықтау. уч.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>а</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">щихся по </w:t>
+              <w:t xml:space="preserve">щихся бойынша </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Дж</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Гарднеру</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>, 8-9 кла</w:t>
-[...7 lines deleted...]
-              <w:t>с</w:t>
+              <w:t>, 8-9 сынып</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>с -</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>сы</w:t>
             </w:r>
             <w:r w:rsidR="00AC022E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00AD703D" w:rsidRPr="00260771" w:rsidRDefault="00AD703D" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
-[...12 lines deleted...]
-              <w:t>- Тест на определение типа темпераме</w:t>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- Тест түрін анықтау темпераме</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>н</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">та по </w:t>
+              <w:t xml:space="preserve">та жөніндегі </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Айзенку</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>, 5-7 классы;</w:t>
-[...21 lines deleted...]
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:t>, 5-7 сыныптар;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2182"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00D91BC0" w:rsidP="00260771" w:rsidRDefault="00AC022E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Сентябрь</w:t>
+              <w:t>Қыркүйек</w:t>
             </w:r>
             <w:r w:rsidR="00D91BC0" w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>, я</w:t>
+              <w:t>, мен</w:t>
             </w:r>
             <w:r w:rsidR="00D91BC0" w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>н</w:t>
             </w:r>
             <w:r w:rsidR="00D91BC0" w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>варь</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00AC022E" w:rsidRPr="00260771" w:rsidRDefault="00AC022E" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
-[...29 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(кесте бойынша)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1682"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
-[...37 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оқушы 5-9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сынып</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2501"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="002A3F3E">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
-[...20 lines deleted...]
-              <w:t>о</w:t>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мектеп псих</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">лог, </w:t>
             </w:r>
             <w:r w:rsidR="002A3F3E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>классные рук</w:t>
+              <w:t>сынып жетекшісі</w:t>
             </w:r>
             <w:r w:rsidR="002A3F3E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>о</w:t>
+              <w:t>туралы</w:t>
             </w:r>
             <w:r w:rsidR="002A3F3E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>вод</w:t>
+              <w:t>суларды</w:t>
             </w:r>
             <w:r w:rsidR="002A3F3E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>и</w:t>
+              <w:t>және</w:t>
             </w:r>
             <w:r w:rsidR="002A3F3E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>тели</w:t>
+              <w:t>нәтижелер көрсеткіштері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D91BC0" w:rsidRPr="00110D77" w:rsidTr="00CA1AAD">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="540"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="002A3F3E" w:rsidP="00B61EBD">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4140" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="4140"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Проведение </w:t>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жүргізуге </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>профориентационных</w:t>
+              <w:t>бағдар</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> эк</w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>с</w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>курсий на предприятия</w:t>
-[...7 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>курсий кәсіпорындар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. </w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2182" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="2182"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...29 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Бір жылдың ішінде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1682"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
-[...55 lines deleted...]
-              <w:t>Зам. директора по ВР</w:t>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Оқушы 5-9 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сынып</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2501"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00D91BC0" w:rsidP="00260771" w:rsidRDefault="00D91BC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мұғалімі. директордың ТӘРБИЕ жұмысы бойынша</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00AC022E" w:rsidRPr="00260771" w:rsidRDefault="00AC022E" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
-[...28 lines deleted...]
-              <w:t>тели</w:t>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сынып басшылықты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нәтижелер көрсеткіштері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D91BC0" w:rsidRPr="00110D77" w:rsidTr="00CA1AAD">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="540"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="002A3F3E" w:rsidP="00A073F2">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4140" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="4140"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="001F0F34" w:rsidRDefault="00F13A01" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F0F34">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Проведение недели</w:t>
+              <w:t>апталығын Өткізу</w:t>
             </w:r>
             <w:r w:rsidR="00D91BC0" w:rsidRPr="001F0F34">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> про</w:t>
             </w:r>
             <w:r w:rsidR="00B746B7" w:rsidRPr="001F0F34">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>фориент</w:t>
             </w:r>
             <w:r w:rsidR="00B746B7" w:rsidRPr="001F0F34">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>а</w:t>
             </w:r>
             <w:r w:rsidR="00B746B7" w:rsidRPr="001F0F34">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>ции </w:t>
+              <w:t>ция </w:t>
             </w:r>
             <w:r w:rsidR="00D91BC0" w:rsidRPr="001F0F34">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>«Профессиона</w:t>
+              <w:t>"Кәсіби</w:t>
             </w:r>
             <w:r w:rsidR="001F0F34">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>льный компас» для учащихся 1-11</w:t>
+              <w:t>льный компас" 1-11</w:t>
             </w:r>
             <w:r w:rsidR="00D91BC0" w:rsidRPr="001F0F34">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> классов</w:t>
-[...16 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+              <w:t xml:space="preserve"> сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2182"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00AC022E" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...29 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Бойынша жеке жоспар (Сәуір)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1682"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="001F0F34" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
-[...12 lines deleted...]
-              <w:t>Уч-ся 1-11</w:t>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оқушы 1-11</w:t>
             </w:r>
             <w:r w:rsidR="00D91BC0" w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> классов</w:t>
-[...34 lines deleted...]
-              <w:t>Зам. директора по ВР</w:t>
+              <w:t xml:space="preserve"> сынып</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2501"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00D91BC0" w:rsidP="00260771" w:rsidRDefault="00D91BC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мұғалімі. директордың ТӘРБИЕ жұмысы бойынша</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00AC022E" w:rsidRPr="00260771" w:rsidRDefault="00AC022E" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
-[...28 lines deleted...]
-              <w:t>тели</w:t>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сынып басшылықты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нәтижелер көрсеткіштері</w:t>
             </w:r>
             <w:r w:rsidR="003F69D0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, п</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>сихолог</w:t>
             </w:r>
             <w:r w:rsidR="003F69D0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>, библиотекарь</w:t>
+              <w:t>, кітапханашы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D91BC0" w:rsidRPr="00110D77" w:rsidTr="00CA1AAD">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="540"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="002A3F3E" w:rsidP="00A073F2">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4140" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="4140"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="003F69D0" w:rsidRDefault="00AC022E" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003F69D0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Квест-игра</w:t>
+              <w:t>Квест-ойыны,</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003F69D0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D91BC0" w:rsidRPr="003F69D0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">«Дорога в страну </w:t>
+              <w:t xml:space="preserve">"Дорога в страну </w:t>
             </w:r>
             <w:r w:rsidRPr="003F69D0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">новых </w:t>
+              <w:t xml:space="preserve">жаңа </w:t>
             </w:r>
             <w:r w:rsidR="00D91BC0" w:rsidRPr="003F69D0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>профессий» для уча</w:t>
+              <w:t>кәсіптер үшін", " оқыта</w:t>
             </w:r>
             <w:r w:rsidR="00F13A01" w:rsidRPr="003F69D0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>щихся 5</w:t>
             </w:r>
             <w:r w:rsidR="00D91BC0" w:rsidRPr="003F69D0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>-9  кла</w:t>
+              <w:t>-9 шая</w:t>
             </w:r>
             <w:r w:rsidR="00D91BC0" w:rsidRPr="003F69D0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>с</w:t>
+              <w:t>отырып,</w:t>
             </w:r>
             <w:r w:rsidR="00D91BC0" w:rsidRPr="003F69D0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>сов.</w:t>
-[...16 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+              <w:t>жапалақ.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2182"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="003F69D0" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...29 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қараша </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1682"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="003F69D0" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
-[...12 lines deleted...]
-              <w:t>Уч-ся 5</w:t>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"мен-өтемістің 5</w:t>
             </w:r>
             <w:r w:rsidR="00D91BC0" w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>-9 классов</w:t>
-[...16 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+              <w:t>-9 сынып оқушылары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2501"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00AC022E" w:rsidRPr="00260771" w:rsidRDefault="00AC022E" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
-[...28 lines deleted...]
-              <w:t>тели</w:t>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сынып басшылықты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нәтижелер көрсеткіштері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D91BC0" w:rsidRPr="00110D77" w:rsidTr="00CA1AAD">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="540"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="002A3F3E" w:rsidP="00A073F2">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4140" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="4140"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00AC022E" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...12 lines deleted...]
-              <w:t>Конкурс «Лучший коллаж профе</w:t>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> "Үздік коллаж тті</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>с</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>сий»</w:t>
-[...16 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+              <w:t>сий"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2182"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00AC022E" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Апрель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1682" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="1682"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
-[...55 lines deleted...]
-              <w:t>Зам. директора по ВР</w:t>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"мен-өтемістің 7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-9 сынып</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2501"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00D91BC0" w:rsidP="00260771" w:rsidRDefault="00791A3F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мұғалімі. директора по ВР</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00AC022E" w:rsidRPr="00260771" w:rsidRDefault="00AC022E" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Учителя </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>худ.труда</w:t>
+              <w:t>худ.еңбек</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D91BC0" w:rsidRPr="00110D77" w:rsidTr="00CA1AAD">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="540"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="002A3F3E" w:rsidP="00A073F2">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4140" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="4140"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...12 lines deleted...]
-              <w:t>Тренинги для учащихся 7-9</w:t>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Тренингтер для учащихся 7-9</w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> классов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2182" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="2182"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...29 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кесте бойынша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1682"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
-[...37 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"мен-өтемістің 7-9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сынып</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2501"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
-[...20 lines deleted...]
-              <w:t>о</w:t>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мектеп псих</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лог</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00791A3F" w:rsidRPr="00110D77" w:rsidTr="00CA1AAD">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:tcW w:type="dxa" w:w="540"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00791A3F" w:rsidP="00260771" w:rsidRDefault="002A3F3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4140" w:type="dxa"/>
-[...44 lines deleted...]
-              <w:t>ми разных профессий</w:t>
+            <w:tcW w:type="dxa" w:w="4140"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00791A3F" w:rsidP="00260771" w:rsidRDefault="00791A3F">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кездесулер Ұйымдастыру представител</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ми түрлі кәсіптер</w:t>
             </w:r>
             <w:r w:rsidR="00CA1AAD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>, успешными людьми</w:t>
+              <w:t>, табысты адамдармен</w:t>
             </w:r>
             <w:r w:rsidR="001F0F34">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> в рамах проекта </w:t>
+              <w:t xml:space="preserve"> жобасының аясында </w:t>
             </w:r>
             <w:r w:rsidR="001F0F34" w:rsidRPr="001F0F34">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«Өнегелі өмі</w:t>
+              <w:t>"Өнегелі өмі</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="001F0F34" w:rsidRPr="001F0F34">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>р</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="001F0F34" w:rsidRPr="001F0F34">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>»</w:t>
+              <w:t>"</w:t>
             </w:r>
             <w:r w:rsidR="001F0F34" w:rsidRPr="00C36B34">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">  </w:t>
-[...104 lines deleted...]
-              <w:t>Администрация школы</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2182"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00791A3F" w:rsidP="00260771" w:rsidRDefault="00791A3F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1682"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00791A3F" w:rsidP="007C1D09" w:rsidRDefault="00791A3F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оқушысы 1-11 сынып</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2501"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00CA1AAD" w:rsidP="00260771" w:rsidRDefault="00CA1AAD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мектеп Әкімшілігі</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00791A3F" w:rsidRPr="00260771" w:rsidRDefault="00791A3F" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
-[...28 lines deleted...]
-              <w:t>тели</w:t>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сынып басшылықты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нәтижелер көрсеткіштері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006754AF" w:rsidRPr="00110D77" w:rsidTr="00CA1AAD">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:tcW w:type="dxa" w:w="540"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="006754AF" w:rsidP="00260771" w:rsidRDefault="002A3F3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4140" w:type="dxa"/>
-[...28 lines deleted...]
-              <w:t>Знакомство с профессиями на уроках. Расширение знаний учащихся о профе</w:t>
+            <w:tcW w:type="dxa" w:w="4140"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="006754AF" w:rsidP="00260771" w:rsidRDefault="006754AF">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мамандықтармен Танысу сабақтарында. Оқушылардың білімдерін кеңейту туралы тті</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>с</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>сиях</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2182" w:type="dxa"/>
-[...80 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="2182"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="006754AF" w:rsidP="00260771" w:rsidRDefault="006754AF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жылдың ішінде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1682"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="006754AF" w:rsidP="007C1D09" w:rsidRDefault="006754AF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оқушы 1-11 сынып</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2501"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="006754AF" w:rsidRPr="00260771" w:rsidRDefault="006754AF" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
-[...12 lines deleted...]
-              <w:t>Учителя-предметники</w:t>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>пән Мұғалімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D91BC0" w:rsidRPr="00110D77" w:rsidTr="00CA1AAD">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            <w:tcW w:type="dxa" w:w="540"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:color="auto" w:val="single" w:sz="8" w:space="0"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...5 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="002A3F3E" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="4140"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...5 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...12 lines deleted...]
-              <w:t>Содействие временному трудоустройс</w:t>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жәрдемдесу уақытша тік қолдау шараларын көрсетуді</w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>т</w:t>
             </w:r>
             <w:r w:rsidRPr="00260771">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>ву обучающихся во время каникул</w:t>
+              <w:t>ву оқушылардың демалыс уақытында</w:t>
             </w:r>
             <w:r w:rsidR="00CA1AAD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (с</w:t>
             </w:r>
             <w:r w:rsidR="00CA1AAD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>о</w:t>
+              <w:t>туралы</w:t>
             </w:r>
             <w:r w:rsidR="00CA1AAD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>вместно с Центром занятости, практика на предприятиях)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2182" w:type="dxa"/>
+              <w:t>вместно жұмыспен қамту Орталығымен, тәжірибесі кәсіпорындарда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2182"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...5 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
-[...18 lines deleted...]
-            <w:tcW w:w="1682" w:type="dxa"/>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мамыр-тамыз </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1682"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...5 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00D91BC0" w:rsidP="007C1D09">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
-[...26 lines deleted...]
-            <w:tcW w:w="2501" w:type="dxa"/>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оқушы 5-9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00260771">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сынып оқушылары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2501"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...5 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D91BC0" w:rsidRPr="00260771" w:rsidRDefault="00CA1AAD" w:rsidP="00CA1AAD">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
-[...12 lines deleted...]
-              <w:t>Администрация школы</w:t>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мектеп Әкімшілігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CA1AAD" w:rsidRPr="00110D77" w:rsidTr="00CA1AAD">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="dxa"/>
-[...37 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+            <w:tcW w:type="dxa" w:w="540"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00CA1AAD" w:rsidP="00260771" w:rsidRDefault="00CA1AAD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="4140"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00CA1AAD" w:rsidRPr="00260771" w:rsidRDefault="00CA1AAD" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...21 lines deleted...]
-              <w:right w:w="108" w:type="dxa"/>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2182"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00CA1AAD" w:rsidRPr="00260771" w:rsidRDefault="00CA1AAD" w:rsidP="00260771">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
-[...53 lines deleted...]
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1682"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00CA1AAD" w:rsidP="007C1D09" w:rsidRDefault="00CA1AAD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2501"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+              <w:right w:color="auto" w:val="single" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:type="dxa" w:w="0"/>
+              <w:left w:type="dxa" w:w="108"/>
+              <w:bottom w:type="dxa" w:w="0"/>
+              <w:right w:type="dxa" w:w="108"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00CA1AAD" w:rsidP="00CA1AAD" w:rsidRDefault="00CA1AAD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:before="100" w:lineRule="auto" w:beforeAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00577000" w:rsidRDefault="00577000" w:rsidP="00CA1AAD">
+    <w:p w:rsidR="00577000" w:rsidP="00CA1AAD" w:rsidRDefault="00577000">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D91BC0" w:rsidRPr="00577000" w:rsidRDefault="00577000" w:rsidP="00CA1AAD">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:beforeAutospacing="1" w:lineRule="auto" w:line="240" w:before="100"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00577000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Заместитель директора по ВР</w:t>
+        <w:t>Директордың ТӘРБИЕ ісі жөніндегі орынбасары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">    </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00577000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">               Яковлева Т.А.</w:t>
+        <w:t xml:space="preserve"> Яковлева Т. А.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00D91BC0" w:rsidRPr="00577000" w:rsidSect="00A22F77">
-      <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="284" w:right="851" w:bottom="284" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgSz w:h="16838" w:w="11906"/>
+      <w:pgMar w:left="1134" w:bottom="284" w:right="851" w:header="709" w:top="284" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
@@ -9338,34 +9338,35 @@
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Собственная</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>5447</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>1</dc:creator>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Yandex.Translate</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <dc:description>Translated with Yandex.Translate</dc:description>
 </cp:coreProperties>
 </file>