--- v0 (2025-11-04)
+++ v1 (2026-02-23)
@@ -1,3417 +1,2324 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="6E636B29" w14:textId="5E4CE5E4" w:rsidR="00CD43E9" w:rsidRPr="00CD43E9" w:rsidRDefault="00151C40" w:rsidP="001F29FD">
+    <w:p w14:paraId="442543CF" w14:textId="77777777" w:rsidR="00AC45A9" w:rsidRDefault="00AC45A9" w:rsidP="00AC45A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="-284"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:i w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Протокол №1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64A7440C" w14:textId="77777777" w:rsidR="00AC45A9" w:rsidRDefault="00AC45A9" w:rsidP="00AC45A9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Заседания попечительского совета</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FEA771E" w14:textId="77777777" w:rsidR="00AC45A9" w:rsidRDefault="00AC45A9" w:rsidP="00AC45A9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>КГУ «Опорная школа (ресурсный центр) №23»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60E8B647" w14:textId="77777777" w:rsidR="00AC45A9" w:rsidRDefault="00AC45A9" w:rsidP="00AC45A9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отдела образования Осакаровского района управления</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AA5AFB6" w14:textId="77777777" w:rsidR="00AC45A9" w:rsidRDefault="00AC45A9" w:rsidP="00AC45A9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования Карагандинской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2152C4DE" w14:textId="77777777" w:rsidR="00AC45A9" w:rsidRDefault="00AC45A9" w:rsidP="00AC45A9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F5733C3" w14:textId="77777777" w:rsidR="00AC45A9" w:rsidRDefault="00AC45A9" w:rsidP="00AC45A9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>От 26.08.2021 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F69CC1B" w14:textId="77777777" w:rsidR="00AC45A9" w:rsidRDefault="00AC45A9" w:rsidP="00AC45A9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28C802D9" w14:textId="77777777" w:rsidR="00AC45A9" w:rsidRDefault="00AC45A9" w:rsidP="00AC45A9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F23F3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Председатель попечительского совета:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Худайбергенов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Т.С.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C220CE9" w14:textId="77777777" w:rsidR="00AC45A9" w:rsidRDefault="00AC45A9" w:rsidP="00AC45A9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F23F3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Секретарь </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F23F3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>попечительского  совета</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F23F3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:i w:val="0"/>
+        <w:t>Рахимжанова Д.М.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61560475" w14:textId="77777777" w:rsidR="00AC45A9" w:rsidRPr="003210DA" w:rsidRDefault="00AC45A9" w:rsidP="00AC45A9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F23F3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Члены попечительского совета: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BF5F716" w14:textId="77777777" w:rsidR="00AC45A9" w:rsidRDefault="00AC45A9" w:rsidP="00AC45A9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>№1 хаттама</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7712F0C3" w14:textId="77777777" w:rsidR="00151C40" w:rsidRDefault="00151C40" w:rsidP="001F29FD">
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оспанова А. А.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6614E720" w14:textId="77777777" w:rsidR="00AC45A9" w:rsidRDefault="00AC45A9" w:rsidP="00AC45A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="-284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Молдаш Х.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AF39230" w14:textId="77777777" w:rsidR="00AC45A9" w:rsidRDefault="00AC45A9" w:rsidP="00AC45A9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Асанов К.С.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D3C13ED" w14:textId="77777777" w:rsidR="00AC45A9" w:rsidRDefault="00AC45A9" w:rsidP="00AC45A9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тибенько Н.Д.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04D558CC" w14:textId="77777777" w:rsidR="00AC45A9" w:rsidRDefault="00AC45A9" w:rsidP="00AC45A9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жинова Н.В.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07BC3A97" w14:textId="77777777" w:rsidR="00AC45A9" w:rsidRDefault="00AC45A9" w:rsidP="00AC45A9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B207A56" w14:textId="77777777" w:rsidR="00AC45A9" w:rsidRDefault="00AC45A9" w:rsidP="00AC45A9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="5102"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Присутствовали:                                                                         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08021A06" w14:textId="77777777" w:rsidR="00AC45A9" w:rsidRDefault="00AC45A9" w:rsidP="00AC45A9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Директор </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школы  –</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мусипова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Макпал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Баткеновна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="53AD176B" w14:textId="77777777" w:rsidR="00AC45A9" w:rsidRDefault="00AC45A9" w:rsidP="00AC45A9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ЗДУВР  -</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Есенгулова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> М.Ж., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Серченя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> О.Н., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жаныспаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> К.О.,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32684966" w14:textId="77777777" w:rsidR="00AC45A9" w:rsidRDefault="00AC45A9" w:rsidP="00AC45A9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Беспоместных И.В.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65D4AC9D" w14:textId="77777777" w:rsidR="00AC45A9" w:rsidRDefault="00AC45A9" w:rsidP="00AC45A9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ЗДВР – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Култебай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А.Б., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Рахимжанова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Д.М.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AEEE5B8" w14:textId="77777777" w:rsidR="00AC45A9" w:rsidRDefault="00AC45A9" w:rsidP="00AC45A9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Социальный педагог </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Заханай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29EF7FCA" w14:textId="77777777" w:rsidR="00AC45A9" w:rsidRPr="00F23F3D" w:rsidRDefault="00AC45A9" w:rsidP="00AC45A9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Председатель общешкольного родительского совета </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оспанова А.А</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="640627D8" w14:textId="77777777" w:rsidR="00AC45A9" w:rsidRDefault="00AC45A9" w:rsidP="00AC45A9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:i w:val="0"/>
-[...16 lines deleted...]
-    <w:p w14:paraId="2CAB6632" w14:textId="77777777" w:rsidR="00CD43E9" w:rsidRDefault="00CD43E9" w:rsidP="001F29FD">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B3383E6" w14:textId="77777777" w:rsidR="00AC45A9" w:rsidRPr="00FB3B4F" w:rsidRDefault="00AC45A9" w:rsidP="00AC45A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="-284"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:i w:val="0"/>
-[...19 lines deleted...]
-        <w:ind w:left="-284"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6258071D" w14:textId="77777777" w:rsidR="00AC45A9" w:rsidRDefault="00AC45A9" w:rsidP="00AC45A9">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:i w:val="0"/>
-[...141 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...7 lines deleted...]
-      <w:r w:rsidR="00CD43E9" w:rsidRPr="001F29FD">
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...2374 lines deleted...]
-        <w:pStyle w:val="ab"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Повестка дня:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6615C756" w14:textId="77777777" w:rsidR="00AC45A9" w:rsidRDefault="00AC45A9" w:rsidP="00AC45A9">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Утверждение состава Попечительского совета на 2021-2022 учебный год.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C8D2C58" w14:textId="77777777" w:rsidR="00AC45A9" w:rsidRDefault="00AC45A9" w:rsidP="00AC45A9">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Утверждение плана работы Попечительского совета на 2021-2022 учебный год.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EEB20B4" w14:textId="77777777" w:rsidR="00AC45A9" w:rsidRDefault="00AC45A9" w:rsidP="00AC45A9">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Информация об организации работы школы в новом учебном году в штатном режиме.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D529998" w14:textId="77777777" w:rsidR="00AC45A9" w:rsidRDefault="00AC45A9" w:rsidP="00AC45A9">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Организация воспитательной работы на 2021-2022 учебный год.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04DB2DF8" w14:textId="77777777" w:rsidR="00AC45A9" w:rsidRDefault="00AC45A9" w:rsidP="00AC45A9">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Разное.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="677F3D16" w14:textId="77777777" w:rsidR="00AC45A9" w:rsidRDefault="00AC45A9" w:rsidP="00AC45A9">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:i w:val="0"/>
-[...92 lines deleted...]
-        <w:ind w:left="-284"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По первому вопросу «Утверждение состава Попечительского совета на 2021-2022 учебный год» предложен состав Попечительского совета в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">количестве 9 человек. Председателем Попечительского совета единогласно выбран </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Худайбергенов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Т.С. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17576576" w14:textId="77777777" w:rsidR="00AC45A9" w:rsidRDefault="00AC45A9" w:rsidP="00AC45A9">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="001F29FD">
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00576562">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...9 lines deleted...]
-        <w:pStyle w:val="ab"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Решение:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EDC2BFF" w14:textId="77777777" w:rsidR="00AC45A9" w:rsidRPr="00576562" w:rsidRDefault="00AC45A9" w:rsidP="00AC45A9">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Утвердить состав попечительского совета в количестве 9 человек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F909E18" w14:textId="77777777" w:rsidR="00AC45A9" w:rsidRDefault="00AC45A9" w:rsidP="00AC45A9">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По второму вопросу «Утверждение плана работы Попечительского совета на 2021-2022 учебный год» заслушали </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тибенько</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Н.Д.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A0DCAFF" w14:textId="77777777" w:rsidR="00AC45A9" w:rsidRPr="007369D3" w:rsidRDefault="00AC45A9" w:rsidP="00AC45A9">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007369D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Решение:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E316F07" w14:textId="77777777" w:rsidR="00AC45A9" w:rsidRDefault="00AC45A9" w:rsidP="00AC45A9">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Утвердить план работы Попечительского </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>совета  на</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2021-2022 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уч.г</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="297D49F1" w14:textId="77777777" w:rsidR="00AC45A9" w:rsidRPr="00615804" w:rsidRDefault="00AC45A9" w:rsidP="00AC45A9">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615804">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По третьему вопросу «Информация об организации работы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школы в новом учебном году, в штатном режиме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00615804">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» заслушали директора школы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мусипову</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> М.Б.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00615804">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  В ходе выступления директор </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рассказал об организации образовательного процесса в штатном режиме, а также ознакомила </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00615804">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C6425C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приказом МОН РК от 27 июля 2021 года № 368 «Об определении начала, продолжительности и каникулярных периодов 2021-2022 учебного года в организациях среднего образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="468A79B1" w14:textId="77777777" w:rsidR="00AC45A9" w:rsidRPr="00615804" w:rsidRDefault="00AC45A9" w:rsidP="00AC45A9">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="496B5EA8" w14:textId="77777777" w:rsidR="00AC45A9" w:rsidRPr="007369D3" w:rsidRDefault="00AC45A9" w:rsidP="00AC45A9">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007369D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Решение:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="371B2754" w14:textId="77777777" w:rsidR="00AC45A9" w:rsidRDefault="00AC45A9" w:rsidP="00AC45A9">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Принять информацию к сведению.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27C08241" w14:textId="77777777" w:rsidR="00AC45A9" w:rsidRDefault="00AC45A9" w:rsidP="00AC45A9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По четвертому вопросу выступила </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Рахимжанова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Д.М., она ознакомила с планом воспитательной работы на 2021-2022 учебный год.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F51CF0F" w14:textId="77777777" w:rsidR="00AC45A9" w:rsidRPr="007369D3" w:rsidRDefault="00AC45A9" w:rsidP="00AC45A9">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007369D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Решение:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="208124F4" w14:textId="77777777" w:rsidR="00AC45A9" w:rsidRPr="00EB22CC" w:rsidRDefault="00AC45A9" w:rsidP="00AC45A9">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Принять информацию к сведению.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15736874" w14:textId="77777777" w:rsidR="00AC45A9" w:rsidRDefault="00AC45A9" w:rsidP="00AC45A9">
+      <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:i w:val="0"/>
-[...16 lines deleted...]
-    <w:p w14:paraId="0B401AC6" w14:textId="77777777" w:rsidR="001F29FD" w:rsidRPr="001F29FD" w:rsidRDefault="001F29FD" w:rsidP="001F29FD">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="077AEC62" w14:textId="77777777" w:rsidR="00AC45A9" w:rsidRDefault="00AC45A9" w:rsidP="00AC45A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:i w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...51 lines deleted...]
-      <w:r w:rsidRPr="001F29FD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Шешім:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="276F78C8" w14:textId="514CA7B1" w:rsidR="00151C40" w:rsidRDefault="00151C40" w:rsidP="001F29FD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11CB0E99" w14:textId="77777777" w:rsidR="00AC45A9" w:rsidRDefault="00AC45A9" w:rsidP="00AC45A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:i w:val="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:i w:val="0"/>
+        <w:t xml:space="preserve">                                                                                                  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35FBB064" w14:textId="77777777" w:rsidR="00AC45A9" w:rsidRDefault="00AC45A9" w:rsidP="00AC45A9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13AAB7A2" w14:textId="77777777" w:rsidR="00AC45A9" w:rsidRPr="00A8488C" w:rsidRDefault="00AC45A9" w:rsidP="00AC45A9">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A8488C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Члены попечительского совета    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A8488C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A8488C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A8488C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тибенько</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A8488C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Н.Д.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17538A63" w14:textId="77777777" w:rsidR="00AC45A9" w:rsidRDefault="00AC45A9" w:rsidP="00AC45A9">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A8488C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Председатель родительского комитета     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A8488C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оспанова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А.А</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A8488C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AF0A4D8" w14:textId="77777777" w:rsidR="00AC45A9" w:rsidRDefault="00AC45A9" w:rsidP="00AC45A9">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>2. Ақпаратты назарға алыңыз.</w:t>
-[...9 lines deleted...]
-          <w:i w:val="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A8488C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Секретарь     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A8488C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A8488C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-          <w:i w:val="0"/>
+        <w:t>Рахимжанова Д.М.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CF0EB1A" w14:textId="77777777" w:rsidR="00AC45A9" w:rsidRDefault="00AC45A9" w:rsidP="00AC45A9">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="041D0F77" w14:textId="77777777" w:rsidR="001F29FD" w:rsidRPr="00151C40" w:rsidRDefault="001F29FD" w:rsidP="001F29FD">
-[...165 lines deleted...]
-    <w:sectPr w:rsidR="00151C40" w:rsidRPr="00151C40" w:rsidSect="00151C40">
+    <w:p w14:paraId="412B127D" w14:textId="77777777" w:rsidR="00CF130D" w:rsidRPr="00AC45A9" w:rsidRDefault="00CF130D" w:rsidP="00AC45A9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00CF130D" w:rsidRPr="00AC45A9">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="12A04693"/>
+    <w:nsid w:val="34CB1AD7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="72E435D8"/>
-    <w:lvl w:ilvl="0" w:tplc="06AAE6E4">
+    <w:tmpl w:val="7DDA7AEA"/>
+    <w:lvl w:ilvl="0" w:tplc="11DED010">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="91" w:hanging="375"/>
+        <w:ind w:left="1068" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="796" w:hanging="360"/>
+        <w:ind w:left="1788" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="1516" w:hanging="180"/>
+        <w:ind w:left="2508" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="2000000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2236" w:hanging="360"/>
+        <w:ind w:left="3228" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2956" w:hanging="360"/>
+        <w:ind w:left="3948" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3676" w:hanging="180"/>
+        <w:ind w:left="4668" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="2000000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4396" w:hanging="360"/>
+        <w:ind w:left="5388" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5116" w:hanging="360"/>
+        <w:ind w:left="6108" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5836" w:hanging="180"/>
+        <w:ind w:left="6828" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="520126AA"/>
+    <w:nsid w:val="57187C38"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="FADC4E38"/>
-    <w:lvl w:ilvl="0" w:tplc="ECA637CC">
+    <w:tmpl w:val="F9A6F95E"/>
+    <w:lvl w:ilvl="0" w:tplc="8218504C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="76" w:hanging="360"/>
+        <w:ind w:left="1068" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="796" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="1516" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="2000000F" w:tentative="1">
+        <w:ind w:left="2508" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2236" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="20000019" w:tentative="1">
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2956" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="2000001B" w:tentative="1">
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3676" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="2000000F" w:tentative="1">
+        <w:ind w:left="4668" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4396" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5116" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5836" w:hanging="180"/>
+        <w:ind w:left="6828" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="79283DB1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="34C283B0"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1070" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7F8E4B38"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D892DF4E"/>
+    <w:lvl w:ilvl="0" w:tplc="985ED8EE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="927" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1647" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2367" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3087" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3807" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4527" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5247" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5967" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6687" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="2"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
-  <w:drawingGridHorizontalSpacing w:val="100"/>
-[...1 lines deleted...]
-  <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00151C40"/>
-[...20 lines deleted...]
-    <w:rsid w:val="00FA78DA"/>
+    <w:rsidRoot w:val="00700C38"/>
+    <w:rsid w:val="00700C38"/>
+    <w:rsid w:val="00AC45A9"/>
+    <w:rsid w:val="00CF130D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="7DDB1716"/>
-  <w15:docId w15:val="{3A4DF8FC-1113-084B-BE2E-1067F6B1BB3A}"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{D72C1595-D7EB-42E8-9503-F8181BCCD47B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="288" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3526,51 +2433,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -3752,1083 +2659,403 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00870785"/>
-[...14 lines deleted...]
-    <w:rsid w:val="00870785"/>
+    <w:rsid w:val="00AC45A9"/>
     <w:pPr>
-      <w:pBdr>
-[...8 lines deleted...]
-      <w:outlineLvl w:val="0"/>
+      <w:spacing w:line="256" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...216 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...31 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a4">
+  <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="No Spacing"/>
-    <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00870785"/>
+    <w:rsid w:val="00AC45A9"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="20">
-[...228 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="ab">
+  <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00870785"/>
+    <w:rsid w:val="00AC45A9"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="21">
-    <w:name w:val="Quote"/>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
-[...29 lines deleted...]
-    <w:rsid w:val="00870785"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AC45A9"/>
     <w:pPr>
-      <w:pBdr>
-[...5 lines deleted...]
-      <w:jc w:val="center"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:color w:val="C0504D" w:themeColor="accent2"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
-  </w:style>
-[...102 lines deleted...]
-    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1901</Characters>
+  <Pages>2</Pages>
+  <Words>390</Words>
+  <Characters>2223</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>18</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2230</CharactersWithSpaces>
+  <CharactersWithSpaces>2608</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Akgul' Kultebai</dc:creator>
+  <dc:creator>оса</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>