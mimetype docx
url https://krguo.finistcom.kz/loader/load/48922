--- v0 (2025-12-20)
+++ v1 (2025-12-20)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="93ae89b" w14:textId="93ae89b">
+    <w:p w14:paraId="7dbed5e" w14:textId="7dbed5e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,369 +76,405 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об утверждении Правил проведения ротации первых руководителей государственных организаций образования</w:t>
-[...25 lines deleted...]
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+        <w:t>Мемлекеттік білім беру ұйымдарының бірінші басшыларын ротациялауды жүргізу қағидаларын бекіту туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2021 жылғы 11 қарашадағы № 559 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2021 жылғы 12 қарашада № 25128 болып тіркелді</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В соответствии с </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан "Об образовании" ПРИКАЗЫВАЮ:</w:t>
+      "Білім туралы" Қазақстан Республикасы Заңының 5-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>35-1) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Утвердить прилагаемые </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> проведения ротации первых руководителей государственных организаций образования.</w:t>
+      1. Қоса беріліп отырған Мемлекеттік білім беру ұйымдарының бірінші басшыларын ротациялауды жүргізу </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидалары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
-[...15 lines deleted...]
-      2. Комитету дошкольного и среднего образования Министерства образования и науки Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Республикасы Білім және ғылым министрлігінің Мектепке дейінгі және орта білім беру комитеті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
-[...15 lines deleted...]
-      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
-[...15 lines deleted...]
-      2) размещение настоящего приказа на Интернет-ресурсе Министерства образования и науки Республики Казахстан после его официального опубликования;</w:t>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы бұйрық ресми жарияланғаннан кейін оны Қазақстан Республикасы Білім және ғылым министрлігінің Интернет-ресурсында орналастыруды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
-[...15 lines deleted...]
-      3) в течение десяти рабочих дней после государственной регистрации настоящего приказа представление в Юридический департамент Министерства образования и науки Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1) и 2) настоящего пункта.</w:t>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осы бұйрық мемлекеттік тіркелгеннен кейін күнтізбелік он күн ішінде Қазақстан Республикасы Білім және ғылым министрлігінің Заң департаментіне осы тармақтың 1) және 2) тармақшаларында көрсетілген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
-[...15 lines deleted...]
-      3. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра образования и науки Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасы Білім және ғылым вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
-[...15 lines deleted...]
-      4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня их первого официального опубликования.</w:t>
+    <w:bookmarkStart w:name="z8" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң күшіне енеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="12000"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12000" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      </w:t>
-[...9 lines deleted...]
-              <w:t>Министр образования и науки</w:t>
+              <w:t>      Қазақстан Республикасының</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...5 lines deleted...]
-              <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республики Казахстан А. Аймагамбетов</w:t>
+              <w:t>Білім және ғылым министрі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>А. Аймагамбетов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -488,1123 +524,1136 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Утверждены приказом</w:t>
+              <w:t>Қазақстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Министр образования и науки</w:t>
+              <w:t>Білім және ғылым министрі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2021 жылғы 11 қарашадағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республики Казахстан</w:t>
+              <w:t>№ 559 Бұйрығымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 11 ноября 2021 года № 559</w:t>
+              <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z14" w:id="8"/>
+    <w:bookmarkStart w:name="z9" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правила проведения ротации первых руководителей государственных организаций образования</w:t>
+        <w:t xml:space="preserve"> Мемлекеттік білім беру ұйымдарының бірінші басшыларын ротациялауды жүргізу қағидалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:bookmarkStart w:name="z10" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z16" w:id="10"/>
+    <w:bookmarkStart w:name="z11" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Настоящие Правила проведения ротации первых руководителей государственных организаций образования (далее - Правила) разработаны в соответствии с </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан "Об образовании" (далее - Закон) и определяют порядок проведения ротации первых руководителей государственных организаций образования (далее - первые руководители).</w:t>
+      1. Осы Мемлекеттік білім беру ұйымдарының бірінші басшыларын ротациялауды жүргізу қағидалары (бұдан әрі – Қағидалар) "Білім туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) 5-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>35-1) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленді және мемлекеттік білім беру ұйымдарының бірінші басшыларын (бұдан әрі – бірінші басшылар) ротациялауды жүргізу тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z17" w:id="11"/>
-[...15 lines deleted...]
-      2. В настоящих Правилах используется следующее понятие:</w:t>
+    <w:bookmarkStart w:name="z12" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Қағидаларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z18" w:id="12"/>
-[...15 lines deleted...]
-      1) ротация первых руководителей государственных организаций образования (далее - ротация) - должностные перемещения между первыми руководителями государственных организаций образования, находящихся в введении местных исполнительных органов областей, городов республиканского значения и столицы.</w:t>
+    <w:bookmarkStart w:name="z13" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мемлекеттік білім беру ұйымдарының бірінші басшыларын ротациялау (бұдан әрі – ротациялау) – облыстардың, республикалық маңызы бар қалалардың және астананың жергілікті атқарушы органдарының қарамағындағы мемлекеттік білім беру ұйымдарының бірінші басшылары арасындағы лауазымдық орын ауыстыру.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z19" w:id="13"/>
+    <w:bookmarkStart w:name="z14" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. Ротация первых руководителей осуществляется в пределах одного населенного пункта в соответствии с абзацем 2 пункта 5-1 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Закона.</w:t>
+      3. Бірінші басшыларды ротациялау Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>44-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-1-тармағының 2-абзацына сәйкес бір елді мекен шегінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:bookmarkStart w:name="z15" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 2. Порядок проведения ротации первых руководителей государственных организаций образования</w:t>
+        <w:t xml:space="preserve"> 2-тарау. Мемлекеттік білім беру ұйымдарының бірінші басшыларын ротациялауды жүргізу тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z21" w:id="15"/>
-[...15 lines deleted...]
-      4. Для проведения ротации первых руководителей, кадровой службой органов управления образованием области, города республиканского значения, столицы, района (города областного значения) (далее - кадровая служба) формируется список первых руководителей, подлежащих ротации (далее - список) с указанием следующих сведений:</w:t>
+    <w:bookmarkStart w:name="z16" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Бірінші басшыларды ротациялауды өткізу үшін облыстың, республикалық маңызы бар қаланың, астананың, ауданның (облыстық маңызы бар қаланың) білім беруді басқару органдарының кадр қызметі (бұдан әрі – кадр қызметі), ротациялауға жататын бірінші басшылардың тізімі (бұдан әрі – тізім) мынадай мәліметтерді көрсете отырып қалыптастырылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z22" w:id="16"/>
-[...15 lines deleted...]
-      1) фамилия, имя, отчество (при его наличии) первого руководителя;</w:t>
+    <w:bookmarkStart w:name="z17" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) бірінші басшының тегі, аты, әкесінің аты (бар болған жағдайда);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z23" w:id="17"/>
-[...15 lines deleted...]
-      2) сведения о занимаемой должности;</w:t>
+    <w:bookmarkStart w:name="z18" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) атқаратын лауазымы туралы мәлімет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z24" w:id="18"/>
-[...15 lines deleted...]
-      3) сведения касательно стажа работы на занимаемой должности;</w:t>
+    <w:bookmarkStart w:name="z19" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) лауазымдағы жұмыс өтіліне қатысты ақпарат;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:bookmarkStart w:name="z20" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4) сведения о наличии квалификационной категории, предусмотренные </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 27 января 2016 года № 83 "Об утверждении Правил и условий проведения аттестации педагогических работников и приравненных к ним лиц, занимающих должности в организациях образования, реализующих общеобразовательные учебные программы дошкольного воспитания и обучения, начального, основного среднего и общего среднего образования, образовательные программы технического и профессионального, послесреднего, дополнительного образования и специальные учебные программы, и иных гражданских служащих в области образования и науки" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 13317) (далее - приказ № 83);</w:t>
+      4) "Мектепке дейінгі тәрбие мен оқытуды, бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша білімнің білім беру бағдарламаларын және арнайы оқу бағдарламаларын іске асыратын білім беру ұйымдарында жұмыс істейтін педагогтерді және білім және ғылым саласындағы басқа да азаматтық қызметшілерді аттестаттаудан өткізу қағидалары мен шарттарын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 27 қаңтардағы № 83 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 13317 болып тіркелген) (бұдан әрі - № 83 бұйрық) қарастырылған біліктілік санатының болуы туралы мәліметтер.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z26" w:id="20"/>
-[...15 lines deleted...]
-      5. Список формируется ежегодно не позднее 10 числа последнего месяца квартала. </w:t>
+    <w:bookmarkStart w:name="z21" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Тізім жыл сайын тоқсанның соңғы айының 10-шы күнінен кешіктірілмей жасалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z27" w:id="21"/>
-[...35 lines deleted...]
-        <w:t>, полученных из Национальной образовательной базы данных (далее - НОБД).</w:t>
+    <w:bookmarkStart w:name="z22" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Тізім жасағаннан кейін кадр қызметі 15 (он бес) жұмыс күні ішінде Ұлттық білім беру деректер базасынан (бұдан әрі – ҰБДБ) алынған, № 83 бұйрықпен бекітілген бірінші басшының қызмет тиімділігінің көрсеткіштері бойынша есепті қалыптастырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z28" w:id="22"/>
-[...15 lines deleted...]
-      7. Показатели эффективности работы первого руководителя включают следующие сведения:</w:t>
+    <w:bookmarkStart w:name="z23" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Бірінші басшының қызмет тиімділігінің көрсеткіштері мынадай ақпаратты қамтиды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z29" w:id="23"/>
-[...15 lines deleted...]
-      1) количество обучающихся возглавляемой организации образования; </w:t>
+    <w:bookmarkStart w:name="z24" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) басқарып отырған білім беру ұйымындағы оқушылардың саны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z30" w:id="24"/>
-[...15 lines deleted...]
-      2) доля педагогов, прошедших курсы повышения квалификации;</w:t>
+    <w:bookmarkStart w:name="z25" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) біліктілік арттыру курстарынан өткен педагогтердің үлесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z31" w:id="25"/>
-[...15 lines deleted...]
-      3) информация об увеличении обучающихся и воспитанников, охваченных дополнительным образованием по сравнению с предыдущим годом;</w:t>
+    <w:bookmarkStart w:name="z26" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өткен жылмен салыстырғанда қосымша білім берумен қамтылған оқушылар мен тәрбиеленушілердің ұлғаюы туралы мәліметтер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z32" w:id="26"/>
-[...15 lines deleted...]
-      4) информация о динамике качества знаний, количество выпускников, получивших знак "Алтын белгi"; </w:t>
+    <w:bookmarkStart w:name="z27" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) білім сапасының динамикасы, "Алтын белгі" белгісін алған бітірушілердің саны туралы мәліметтер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z33" w:id="27"/>
-[...15 lines deleted...]
-      5) доля выпускников, поступивших в организации технического и профессионального, послесреднего образования, высшие учебные заведения (для специализированных организаций образования - поступление для обучения на бюджетной основе);</w:t>
+    <w:bookmarkStart w:name="z28" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында, жоғары оқу орындарында оқитын түлектердің үлесі (мамандандырылған бiлiм беру ұйымдары үшiн - бюджеттiк негiзде оқуға қабылданған);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z34" w:id="28"/>
-[...15 lines deleted...]
-      6) количество воспитанников/обучающихся, ставших победителями (призерами) областных, республиканских, международных олимпиад, конкурсов, соревнований;</w:t>
+    <w:bookmarkStart w:name="z29" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) облыстық, республикалық, халықаралық олимпиадалардың, конкурстардың, жарыстардың жеңімпаздары (жүлдегерлері) атанған оқушылардың/тәрбиешілердің саны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z35" w:id="29"/>
-[...15 lines deleted...]
-      7) наличие у первого руководителя сертификата о курсах повышения квалификации в области менеджмента; </w:t>
+    <w:bookmarkStart w:name="z30" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) бірінші басшының менеджмент саласында біліктілікті арттыру курсынан өткен сертификатының болуы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z36" w:id="30"/>
-[...15 lines deleted...]
-      8) наличие разработанных программ, учебно-методических комплексов, методических рекомендаций/пособий под руководством первого руководителя, одобренных учебно-методическим советом;</w:t>
+    <w:bookmarkStart w:name="z31" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) оқу-әдістемелік кеңес бекіткен бірінші басшының басшылығымен әзірленген бағдарламалардың, оқу-әдістемелік кешендердің, әдістемелік ұсынымдардың/әдістемелік құралдардың болуы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z37" w:id="31"/>
-[...15 lines deleted...]
-      9) применение первым руководителем инновационно-экспериментальной деятельности, участие в социальных/образовательных проектах, влияющих на повышение качества обучения;</w:t>
+    <w:bookmarkStart w:name="z32" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) бірінші басшының инновациялық және эксперименттік қызметті қолдануы, білім беру сапасын арттыруға әсер ететін әлеуметтік/білім беру жобаларына қатысуы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z38" w:id="32"/>
-[...15 lines deleted...]
-      10) доля педагогов с высшим профессиональным образованием от общего количества педагогов организации образования; </w:t>
+    <w:bookmarkStart w:name="z33" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) білім беру ұйымындағы педагогтердің жалпы санын алғанда жоғары кәсіптік білімі бар педагогтердің үлесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z39" w:id="33"/>
-[...15 lines deleted...]
-      11) доля педагогов, имеющих ученую/академическую степень;</w:t>
+    <w:bookmarkStart w:name="z34" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) ғылыми/академиялық дәрежелері бар педагогтердің үлесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z40" w:id="34"/>
-[...15 lines deleted...]
-      12) доля педагогов, имеющих квалификационную категорию "педагог-исследователь", "педагог-мастер" от общего количества педагогов организации образования;</w:t>
+    <w:bookmarkStart w:name="z35" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) білім беру ұйымындағы педагогтердің жалпы санын алғанда "педагог-зерттеуші", "педагог-шебер" біліктілік санаттары бар педагогтердің үлесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z41" w:id="35"/>
-[...15 lines deleted...]
-      13) количество педагогов, ставших победителями/призерами конкурсов профессионального мастерства. </w:t>
+    <w:bookmarkStart w:name="z36" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) кәсіби шеберлік конкурстарының жеңімпаздары/жүлдегерлері атанған педагогтердің саны.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z42" w:id="36"/>
-[...35 lines deleted...]
-        <w:t>, указанных в пункте 7 настоящих Правил, кадровая служба в течение 1 (одного) рабочего дня направляет запрос о представлении информации по электронной почте в организацию образования.</w:t>
+    <w:bookmarkStart w:name="z37" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Осы Қағидалардың 7-тармағында көрсетілген ҰБДБ-да ақпарат болмаған жағдайда кадр қызметі 1 (бір) жұмыс күні ішінде білім беру ұйымына ақпарат алу үшін электрондық пошта арқылы сұрау жібереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z43" w:id="37"/>
-[...15 lines deleted...]
-      9. Кадровая служба в течение 2 (двух) рабочих дней со дня формирования отчета и получения дополнительной информации, формирует электронное портфолио на каждого первого руководителя и направляет на рассмотрение комиссии, создаваемой актом управления образования области, города республиканского значения и столицы. </w:t>
+    <w:bookmarkStart w:name="z38" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Кадр қызметі есепті қалыптастырғаннан кейін және қосымша ақпарат алған күнінен бастап 2 (екі) жұмыс күні ішінде әрбір бірінші басшыға электрондық портфолио қалыптастырады және облыстардың, республикалық маңызы бар қалалардың және астананың білім басқармаларының актісімен құрылған комиссияға қарауға жібереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z44" w:id="38"/>
-[...15 lines deleted...]
-      10. Комиссия состоит из 5 (пяти) человек, в том числе председателя, избираемого из числа членов комиссии. В состав комиссии входят представители управления образования области, города республиканского значения и столицы, отделов образования района (города областного значения), методических кабинетов (центров), средств массовой информации, общественных объединений в сфере образования. </w:t>
+    <w:bookmarkStart w:name="z39" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Комиссия 5 (бес) адамнан, комиссия мүшелерінің ішінен сайланған төрағадан тұрады. Комиссия құрамына облыстардың, республикалық маңызы бар қалалардың және астананың білім басқармаларының, әдістемелік кабинеттердің (орталықтардың), аудандық (облыстық маңызы бар қаланың) білім бөлімдерінің, бiлiм беру саласындағы бұқаралық ақпарат құралдарының, қоғамдық бiрлестiктердің өкілдері кіреді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z45" w:id="39"/>
-[...15 lines deleted...]
-      Секретарь комиссии организует заседания комиссии, не является ее членом.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссияның хатшысы комиссия отырысын ұйымдастырады, оның мүшесі болып табылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссияның отырысы комиссия төрағасының, комиссия мүшелерінің, отырысқа қатысқандардың, сондай-ақ хатшының қолы қойылған хаттамамен ресімделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер комиссияның отырысына комиссияның жалпы құрамының кемінде үштен екісі қатысса комиссияның отырысы өтті деп, ал оның шешімі заңды деп есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссияның шешімі ашық дауыс беру арқылы қарапайым көпшілік дауыспен қабылдануы тиіс. Дауыстар тең болған жағдайда төрағаның дауысы шешуші болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Комиссия 15 (он бес) жұмыс күні ішінде кадр қызметі ұсынған әрбір бірінші басшы бойынша портфолионы қарайды және мынадай шешімдердің бірін қабылдайды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z46" w:id="40"/>
-[...15 lines deleted...]
-      Заседание комиссии оформляется протоколом, подписанным председателем, членами комиссии, присутствовавшими на заседании, а также секретарем.</w:t>
+    <w:bookmarkStart w:name="z41" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) лауазым шегінде бірінші басшылар арасындағы ротациялауды өткізу туралы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z47" w:id="41"/>
-[...15 lines deleted...]
-      Заседание комиссии считается состоявшимся, а его решение правомочным, если на нем присутствовали не менее двух третей членов от общего состава комиссии.</w:t>
+    <w:bookmarkStart w:name="z42" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) лауазым шегінде бірінші басшылар арасында ротациялаудан бас тарту туралы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z48" w:id="42"/>
-[...15 lines deleted...]
-      Решение комиссии принимается простым большинством голосов путем открытого голосования. При равенстве голосов, голос председателя является решающим.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қабылданған шешімді Комиссия хатшысы 7 (жеті) жұмыс күні ішінде кадр қызметіне жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z43" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Комиссия шешімі бірінші басшының портфолиосын комиссияның қарауын ескере отырып, осы ұйымдағы лауазымына тағайындалған күннен бастап 4 (төрт) жыл бойы қызмет атқарған бірінші басшылар үшін қабылданады. Комиссияның шешiмi бойынша бiрiншi басшының осы ұйымдағы қызмет мерзiмi үш жылға ұзартылады. Комиссия ротациялау туралы шешім қабылдайды немесе бірінші басшы еңбек шарты бойынша жұмысын жалғастырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z49" w:id="43"/>
-[...15 lines deleted...]
-      11. Комиссия в течение 15 (пятнадцати) рабочих дней рассматривает представленное кадровой службой портфолио по каждому первому руководителю и принимает одно из следующих решений: </w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте, бірінші басшының бір білім беру ұйымындағы лауазымында болуға рұқсат етілген ең ұзақ мерзімі жеті жылдан аспайды. Жеті және одан да көп жыл қызметте болған бірінші басшылар ротациялауға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z44" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Кадр қызметі ротациялау басталғанға дейін күнтізбелік 30 (отыз) күннен кешіктірмей бірінші басшыны алдағы ротациялау туралы жазбаша хабардар етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z50" w:id="44"/>
-[...15 lines deleted...]
-      1) о проведении ротации между первыми руководителями в пределах должности;</w:t>
+    <w:bookmarkStart w:name="z45" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Хабарлама жасау мерзімі өткеннен кейін облыстың, республикалық маңызы бар қаланың, астананың, ауданның (облыстық маңызы бар қаланың) білім басқармасы ротациялаудан өткен бірінші басшыны 5 (бес) жыл мерзімге ауыстыру тәртібімен лауазымға тағайындау туралы акт шығарады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z51" w:id="45"/>
-[...15 lines deleted...]
-      2) об отказе в проведении ротации между первыми руководителями в пределах должности.</w:t>
+    <w:bookmarkStart w:name="z46" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Бірінші басшыларды ротациялау кезінде ротацияланушының біліктілік санаты оның қолданылу мерзімі өткенге дейін сақталады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z52" w:id="46"/>
-[...118 lines deleted...]
-    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
+					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -1930,31 +1979,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
+<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>