--- v0 (2025-11-04)
+++ v1 (2025-11-04)
@@ -1,5365 +1,6581 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidRDefault="003A60A0" w:rsidP="003A60A0">
+    <w:p w:rsidR="001670D4" w:rsidRPr="001670D4" w:rsidRDefault="001670D4" w:rsidP="001670D4">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="450" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="39"/>
+          <w:szCs w:val="39"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001670D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="39"/>
+          <w:szCs w:val="39"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Об утверждении правил оказания государственных услуг в сфере психолого-педагогической поддержки, оказываемых местными исполнительными органами"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001670D4" w:rsidRPr="001670D4" w:rsidRDefault="001670D4" w:rsidP="001670D4">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="666666"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001670D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="666666"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 27 мая 2020 года № 223. Зарегистрирован в Министерстве юстиции Республики Казахстан 28 мая 2020 года № 20744.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001670D4" w:rsidRPr="001670D4" w:rsidRDefault="001670D4" w:rsidP="001670D4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001670D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В соответствии с подпунктом 1) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z19" w:history="1">
+        <w:r w:rsidRPr="001670D4">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьи 10</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="001670D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001670D4" w:rsidRPr="001670D4" w:rsidRDefault="001670D4" w:rsidP="001670D4">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="001670D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Утвердить:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001670D4" w:rsidRPr="001670D4" w:rsidRDefault="001670D4" w:rsidP="001670D4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001670D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) правила оказания государственной услуги "Обследование и оказание психолого-медико-педагогической консультативной помощи детям с ограниченными возможностями" </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001670D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z18" w:history="1">
+        <w:r w:rsidRPr="001670D4">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>приложения</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="001670D4">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="001670D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> к настоящему приказу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001670D4" w:rsidRPr="001670D4" w:rsidRDefault="001670D4" w:rsidP="001670D4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001670D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) правила оказания государственной услуги "Реабилитация и социальная адаптация детей и подростков с проблемами в развитии" </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001670D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z140" w:history="1">
+        <w:r w:rsidRPr="001670D4">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>приложения</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="001670D4">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="001670D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> к настоящему приказу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001670D4" w:rsidRPr="001670D4" w:rsidRDefault="001670D4" w:rsidP="001670D4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001670D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) правила оказания государственной услуги "Прием документов для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования" </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001670D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z216" w:history="1">
+        <w:r w:rsidRPr="001670D4">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>приложения</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="001670D4">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="001670D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> к настоящему приказу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001670D4" w:rsidRPr="001670D4" w:rsidRDefault="001670D4" w:rsidP="001670D4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001670D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) правила оказания государственной услуги "Прием документов и зачисление в специальные организации образования детей с ограниченными возможностями для </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001670D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обучения</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001670D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по специальным общеобразовательным учебным программам" согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="z281" w:history="1">
+        <w:r w:rsidRPr="001670D4">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>приложения 4</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="001670D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> к настоящему приказу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001670D4" w:rsidRPr="001670D4" w:rsidRDefault="001670D4" w:rsidP="001670D4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001670D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Признать утратившими силу некоторые приказы Министра образования и науки Республики Казахстан согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="z348" w:history="1">
+        <w:r w:rsidRPr="001670D4">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>приложению 5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="001670D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> к настоящему приказу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001670D4" w:rsidRPr="001670D4" w:rsidRDefault="001670D4" w:rsidP="001670D4">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001670D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Комитету дошкольного и среднего образования Министерства образования и науки Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001670D4" w:rsidRPr="001670D4" w:rsidRDefault="001670D4" w:rsidP="001670D4">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001670D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001670D4" w:rsidRPr="001670D4" w:rsidRDefault="001670D4" w:rsidP="001670D4">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001670D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) размещение настоящего приказа на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001670D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001670D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства образования и науки Республики Казахстан после его официального опубликования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001670D4" w:rsidRPr="001670D4" w:rsidRDefault="001670D4" w:rsidP="001670D4">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001670D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) в течение десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан представление в Юридический департамент Министерства образования и науки Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1), 2) настоящего пункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001670D4" w:rsidRPr="001670D4" w:rsidRDefault="001670D4" w:rsidP="001670D4">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001670D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4. Контроль за исполнением настоящего приказа возложить </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001670D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001670D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001670D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>курирующего</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001670D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вице-министра образования и науки Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001670D4" w:rsidRPr="001670D4" w:rsidRDefault="001670D4" w:rsidP="001670D4">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001670D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      5. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9856" w:type="dxa"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblW w:w="10173" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7163"/>
-        <w:gridCol w:w="2693"/>
+        <w:gridCol w:w="8702"/>
+        <w:gridCol w:w="1471"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidTr="006768AC">
+      <w:tr w:rsidR="001670D4" w:rsidRPr="001670D4" w:rsidTr="001670D4">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7163" w:type="dxa"/>
+            <w:tcW w:w="8702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidRDefault="003A60A0" w:rsidP="003A60A0">
+          <w:p w:rsidR="001670D4" w:rsidRPr="001670D4" w:rsidRDefault="001670D4" w:rsidP="001670D4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A60A0">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="001670D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t> </w:t>
+              <w:t>      </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="z17"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="001670D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Министр образования и науки</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001670D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="1471" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidRDefault="003A60A0" w:rsidP="003A60A0">
+          <w:p w:rsidR="001670D4" w:rsidRPr="001670D4" w:rsidRDefault="001670D4" w:rsidP="001670D4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="z71"/>
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="001670D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:t xml:space="preserve">А. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001670D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:br/>
-[...45 lines deleted...]
-            </w:r>
+              <w:t>Аймагамбетов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidRDefault="003A60A0" w:rsidP="003A60A0">
+    <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4" w:rsidP="001670D4">
       <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
-        <w:outlineLvl w:val="2"/>
-[...5 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003A60A0">
-[...1292 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9998" w:type="dxa"/>
+        <w:tblW w:w="10422" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7446"/>
-        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="5462"/>
+        <w:gridCol w:w="4960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidTr="006768AC">
+      <w:tr w:rsidR="001670D4" w:rsidTr="001670D4">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7446" w:type="dxa"/>
+            <w:tcW w:w="5462" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidRDefault="003A60A0" w:rsidP="003A60A0">
+          <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A60A0">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidRDefault="003A60A0" w:rsidP="003A60A0">
+          <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="z87"/>
+            <w:bookmarkStart w:id="1" w:name="z216"/>
             <w:bookmarkEnd w:id="1"/>
-            <w:r w:rsidRPr="003A60A0">
-[...15 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 3 к приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>орта білім беру ұйымдарына</w:t>
-[...7 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:t>Министра образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>денсаулығына байланысты ұзақ</w:t>
-[...7 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>уақыт бойы бара алмайтын</w:t>
-[...87 lines deleted...]
-              <w:t>1-қосымша</w:t>
+              <w:t>от 27 мая 2020 года № 223</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidRDefault="003A60A0" w:rsidP="003A60A0">
+    <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4" w:rsidP="00CD505D">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:pStyle w:val="3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:beforeAutospacing="0" w:after="135" w:afterAutospacing="0" w:line="390" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Правила оказания государственной услуги "Прием документов для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования" (далее – Правила)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4" w:rsidP="001670D4">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:beforeAutospacing="0" w:after="135" w:afterAutospacing="0" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4" w:rsidP="001670D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Настоящие Правила оказания государственной услуги "Прием документов для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования" (далее – Правила) разработаны в соответствии с подпунктом 1) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:anchor="z19" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>статьи 10</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" (далее – Закон) и определяют порядок ее</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предоставления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4" w:rsidP="001670D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      2. В настоящих Правилах используется следующее понятие:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4" w:rsidP="001670D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      1) стандарт государственной услуги – перечень основных требований к оказанию государственной услуги, включающий характеристики процесса, форму, содержание и результат, а также иные сведения с учетом особенностей предоставления государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4" w:rsidP="001670D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. Государственная услуга "Прием документов для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования" (далее – государственная услуга) оказывается организациями начального, основного среднего, общего среднего образования (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4" w:rsidP="001670D4">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:beforeAutospacing="0" w:after="135" w:afterAutospacing="0" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4" w:rsidP="001670D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4. Для получения государственной услуги физическое лицо (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) представляет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> через канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>либо через – веб-портал "электронного правительства" www.egov.kz (далее – портал) пакет документов согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="z238" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>приложению 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4" w:rsidP="001670D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      При предоставлении пакета документов через канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> принимает заявление и пакет документов и передает документы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> руководителю </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Сотрудником канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выдается расписка о приеме документов (в произвольной форме) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4" w:rsidP="001670D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      При предоставлении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> неполного пакета документов и (или) документов с истекшим сроком действия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> готовит мотивированный отказ в дальнейшем рассмотрении заявления по форме согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="z264" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>приложению 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4" w:rsidP="001670D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5. При обращении через веб-портал "электронного правительства" www.egov.kz </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучательь</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляет выбор электронной государственной услуги в разделе "Образование", заполнение полей электронного запроса и прикрепление пакета документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4" w:rsidP="001670D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в течени</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> двух рабочих дней осуществляет обработку (проверку, регистрацию) электронного запроса </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и направляет в "личный кабинет" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на портале уведомление о приеме документов согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:anchor="z274" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>приложению 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> к настоящим Правилам либо готовит мотивированный ответ о дальнейшем рассмотрении заявления по форме согласно приложению 2 к настоящим Правилам и направляет в "личный кабинет" портала.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4" w:rsidP="001670D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Истребование от </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документов, которые могут быть получены из информационных систем, не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4" w:rsidP="001670D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6. Документы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рассматриваются руководителем </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для определения класса, языка обучения. Руководитель после рассмотрения передает документы специалистам для организации индивидуального бесплатного обучения на дому ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4" w:rsidP="001670D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> формирует приказ о зачислении на индивидуальное бесплатное обучение на дому.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4" w:rsidP="001670D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обеспечивает внесение сведений о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке согласно подпункту 11) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:anchor="z13" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>пункта 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> статьи 5 Закона.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4" w:rsidP="001670D4">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:beforeAutospacing="0" w:after="135" w:afterAutospacing="0" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Порядок обжалования решений, действий (бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в местные исполнительные органы, города республиканского значения и столицы, района (города областного значения), и (или) его должностных лиц по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4" w:rsidP="001670D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9. Жалоба на решение, действий (бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг может быть подана на имя руководителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, в уполномоченный орган по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственных услуг, в соответствии с законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4" w:rsidP="001670D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес непосредственно оказывающего государственную услугу </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:anchor="z68" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>пунктом 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> статьи 25 Закона Республики Казахстан "О государственных услугах" подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4" w:rsidP="001670D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес уполномоченного органа по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4" w:rsidP="001670D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10. В случаях несогласия с результатами оказания государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вправе обратиться в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9856" w:type="dxa"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5745"/>
+        <w:gridCol w:w="4111"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="001670D4" w:rsidTr="001670D4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5745" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="z238"/>
+            <w:bookmarkEnd w:id="2"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 1 к Правилам</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>оказания государственной услуги</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"Прием документов для организации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>индивидуального бесплатного обучения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>на дому детей, которые по</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>состоянию здоровья в течение</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>длительного времени не могут</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>посещать организации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>начального, основного среднего,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>общего среднего образования"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4" w:rsidP="001670D4">
+      <w:pPr>
+        <w:rPr>
           <w:vanish/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10140" w:type="dxa"/>
+        <w:tblW w:w="9998" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="395"/>
-        <w:gridCol w:w="5669"/>
-        <w:gridCol w:w="4076"/>
+        <w:gridCol w:w="5432"/>
+        <w:gridCol w:w="4171"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidTr="006768AC">
+      <w:tr w:rsidR="001670D4" w:rsidTr="001670D4">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10140" w:type="dxa"/>
+            <w:tcW w:w="9998" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidRDefault="003A60A0" w:rsidP="003A60A0">
+          <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A60A0">
-[...32 lines deleted...]
-              <w:t>өрсетілетін қызметі стандарты</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Стандарт государственной услуги "Прием документов для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidTr="006768AC">
+      <w:tr w:rsidR="001670D4" w:rsidTr="001670D4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidRDefault="003A60A0" w:rsidP="003A60A0">
+          <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A60A0">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidRDefault="003A60A0" w:rsidP="003A60A0">
+          <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A60A0">
-[...9 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наименование </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4076" w:type="dxa"/>
+            <w:tcW w:w="4171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidRDefault="003A60A0" w:rsidP="003A60A0">
+          <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A60A0">
-[...32 lines deleted...]
-              <w:t>ім беру ұйымдары</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Организации начального, основного среднего и общего среднего образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidTr="006768AC">
+      <w:tr w:rsidR="001670D4" w:rsidTr="001670D4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidRDefault="003A60A0" w:rsidP="003A60A0">
+          <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A60A0">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidRDefault="003A60A0" w:rsidP="003A60A0">
+          <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A60A0">
-[...8 lines deleted...]
-              <w:t>Мемлекеттік қызметті ұсыну тәсілдері (қолжеткізуарналары)</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Способы предоставления государственной услуги (каналы доступа)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4076" w:type="dxa"/>
+            <w:tcW w:w="4171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidRDefault="003A60A0" w:rsidP="003A60A0">
+          <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A60A0">
-[...8 lines deleted...]
-              <w:t>- "Бастауыш, негізгі орта, жалпы орта бі</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>–Организации начального, основного среднего и общего среднего образования;</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="003A60A0">
-[...8 lines deleted...]
-              <w:t>л</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>–</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="003A60A0">
-[...20 lines deleted...]
-              <w:t>- "электронды үкіметтің" веб-порталы: www.egov.kz;</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>веб-портал "электронного правительства": www.egov.kz;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidTr="006768AC">
+      <w:tr w:rsidR="001670D4" w:rsidTr="001670D4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidRDefault="003A60A0" w:rsidP="003A60A0">
+          <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A60A0">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidRDefault="003A60A0" w:rsidP="003A60A0">
+          <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A60A0">
-[...32 lines deleted...]
-              <w:t>і</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Срок оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4076" w:type="dxa"/>
+            <w:tcW w:w="4171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidRDefault="003A60A0" w:rsidP="003A60A0">
+          <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A60A0">
-[...17 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Срок оказания – 2 рабочих дней.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">Құжаттар топтамасын тапсыру үшін </w:t>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            </w:r>
+            <w:bookmarkStart w:id="3" w:name="z241"/>
+            <w:bookmarkEnd w:id="3"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Максимально допустимое время ожидания для сдачи пакета документов – не более 15 (пятнадцать) минут.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">күтудің </w:t>
-[...59 lines deleted...]
-              <w:t>ұқсат етілген ең ұзақ уақыты – 15 ( он бес) минуттан аспайды.</w:t>
+              <w:t xml:space="preserve">Максимально допустимое время обслуживания </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - не более 15 (пятнадцать) минут.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidTr="006768AC">
+      <w:tr w:rsidR="001670D4" w:rsidTr="001670D4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidRDefault="003A60A0" w:rsidP="003A60A0">
+          <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A60A0">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidRDefault="003A60A0" w:rsidP="003A60A0">
+          <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A60A0">
-[...8 lines deleted...]
-              <w:t>Мемлекеттік қызмет көрсетудің нысаны</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Форма оказания </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4076" w:type="dxa"/>
+            <w:tcW w:w="4171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidRDefault="003A60A0" w:rsidP="003A60A0">
+          <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A60A0">
-[...17 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Электронная (частично автоматизированная)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>Қағаз тү</w:t>
-[...23 lines deleted...]
-              <w:t>інде</w:t>
+              <w:t>Бумажная</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidTr="006768AC">
+      <w:tr w:rsidR="001670D4" w:rsidTr="001670D4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidRDefault="003A60A0" w:rsidP="003A60A0">
+          <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A60A0">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidRDefault="003A60A0" w:rsidP="003A60A0">
+          <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A60A0">
-[...8 lines deleted...]
-              <w:t>Мемлекеттік қызметті көрсету нәтижесі</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4076" w:type="dxa"/>
+            <w:tcW w:w="4171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidRDefault="003A60A0" w:rsidP="003A60A0">
+          <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A60A0">
-[...17 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Результат оказания государственной услуги:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>1) құжаттарды қабылдау туралы қолхат (еркін нысанда);</w:t>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            </w:r>
+            <w:bookmarkStart w:id="4" w:name="z244"/>
+            <w:bookmarkEnd w:id="4"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1) расписка о приеме документов (в произвольной форме);</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>2) үйде жеке тегін оқыту туралы бұйрық.</w:t>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            </w:r>
+            <w:bookmarkStart w:id="5" w:name="z245"/>
+            <w:bookmarkEnd w:id="5"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2) приказ о зачислении на индивидуальное бесплатное обучение на дому.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>Мемлекеттік қызмет көрсету нысаны: электрондық және (немесе) қағаз тү</w:t>
-[...32 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            </w:r>
+            <w:bookmarkStart w:id="6" w:name="z246"/>
+            <w:bookmarkEnd w:id="6"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Форма предоставления результата оказания государственной услуги: электронная и (или) бумажная.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>Порталда мемлекеттік қызметті көрсету нәтижесі электрондық құжат нысанында көрсетілетін қызметті алушының "жеке кабинетінде" жолданады және сақталады.</w:t>
+              <w:t xml:space="preserve">На портале результат оказания государственной услуги направляется и хранится в "личном кабинете" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в форме электронного документа.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidTr="006768AC">
+      <w:tr w:rsidR="001670D4" w:rsidTr="001670D4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidRDefault="003A60A0" w:rsidP="003A60A0">
+          <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A60A0">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidRDefault="003A60A0" w:rsidP="003A60A0">
+          <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A60A0">
-[...32 lines deleted...]
-              <w:t>өлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Размер оплаты, взимаемой с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4076" w:type="dxa"/>
+            <w:tcW w:w="4171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidRDefault="003A60A0" w:rsidP="003A60A0">
+          <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A60A0">
-[...32 lines deleted...]
-              <w:t>ға тегін көрсетіледі.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Государственная услуга оказывается бесплатно физическим лицам.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidTr="006768AC">
+      <w:tr w:rsidR="001670D4" w:rsidTr="001670D4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidRDefault="003A60A0" w:rsidP="003A60A0">
+          <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A60A0">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidRDefault="003A60A0" w:rsidP="003A60A0">
+          <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...21 lines deleted...]
-              <w:t>ұмыс кестесі</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>График работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4076" w:type="dxa"/>
+            <w:tcW w:w="4171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidRDefault="003A60A0" w:rsidP="003A60A0">
+          <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4">
             <w:pPr>
-              <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>: с понедельника по субботу включительно, кроме выходных и праздничных дней, с 9.00 часов до 18.30 часов с перерывом на обед с 13.00 до 14.30 часов, согласно Трудовому кодексу Республики Казахстан.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="7" w:name="z248"/>
+            <w:bookmarkEnd w:id="7"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Прием заявления и выдача результата осуществляется с 9.00 до 17.30 часов с перерывом на обед с 13.00 до 14.30 часов.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="8" w:name="z249"/>
+            <w:bookmarkEnd w:id="8"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Предварительная запись и ускоренное обслуживание не </w:t>
+            </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="003A60A0">
-[...17 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>предусмотрены</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>Өтініш қабылдау және нәтижесін беру сағат 13.00</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="9" w:name="z250"/>
+            <w:bookmarkEnd w:id="9"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Портал – круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> после </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>окончания рабочего времени, в выходные и праздничные дни в соответствии с трудовым законодательством Республики Казахстан и статьи 5 Закона Республики Казахстан от 13 декабря 2001 года "О праздниках в Республике Казахстан" прием заявок и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="003A60A0">
-[...17 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="003A60A0">
-[...18 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:bookmarkStart w:id="10" w:name="z251"/>
+            <w:bookmarkEnd w:id="10"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Адреса мест оказания государственной услуги размещены на:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>Портал – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда тә</w:t>
-[...81 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            </w:r>
+            <w:bookmarkStart w:id="11" w:name="z252"/>
+            <w:bookmarkEnd w:id="11"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>интернет-ресурсе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>Мемлекеттік қызмет көрсету орындарының мекенжайлары:</w:t>
-[...23 lines deleted...]
-              <w:t>2) www.egov.kz.</w:t>
+              <w:t>2) портале www.egov.kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidTr="006768AC">
+      <w:tr w:rsidR="001670D4" w:rsidTr="001670D4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidRDefault="003A60A0" w:rsidP="003A60A0">
+          <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A60A0">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidRDefault="003A60A0" w:rsidP="003A60A0">
+          <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A60A0">
-[...8 lines deleted...]
-              <w:t>Мемлекеттік қызмет көрсету үшін қажетті құжаттар тізбесі</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Перечень документов необходимых для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4076" w:type="dxa"/>
+            <w:tcW w:w="4171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidRDefault="003A60A0" w:rsidP="003A60A0">
+          <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A60A0">
-[...17 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">При обращении </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>1) өтініш (еркін нысанда);</w:t>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            </w:r>
+            <w:bookmarkStart w:id="12" w:name="z254"/>
+            <w:bookmarkEnd w:id="12"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1) заявление (в произвольной форме);</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>2) үйде оқыту бойынша ұсынымдармен коса дә</w:t>
-[...32 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            </w:r>
+            <w:bookmarkStart w:id="13" w:name="z255"/>
+            <w:bookmarkEnd w:id="13"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2) заключение врачебно-консультационной комиссии с рекомендацией по обучению на дому.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>Көрсетілетін қызметті алушы портал арқылы көрсетілетін қызметті берушіге жүгінген кезде:</w:t>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            </w:r>
+            <w:bookmarkStart w:id="14" w:name="z256"/>
+            <w:bookmarkEnd w:id="14"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">При обращении </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> через портал:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>1) өтініш (еркін нысанда);</w:t>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            </w:r>
+            <w:bookmarkStart w:id="15" w:name="z257"/>
+            <w:bookmarkEnd w:id="15"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1) заявление (в произвольной форме);</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>2) үйде оқыту бойынша ұсынымдармен коса дә</w:t>
-[...32 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            </w:r>
+            <w:bookmarkStart w:id="16" w:name="z258"/>
+            <w:bookmarkEnd w:id="16"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2) заключение врачебно-консультационной комиссии с рекомендацией по обучению на дому.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">Көрсетілетін қызметті </w:t>
-[...32 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            </w:r>
+            <w:bookmarkStart w:id="17" w:name="z259"/>
+            <w:bookmarkEnd w:id="17"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Истребование от </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателей</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> документов, которые могут быть получены из информационных систем, не допускается.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">Көрсетілген қызметті беруші мемлекеттік қызметтерді көрсету кезінде ақпараттық жүйелердегі </w:t>
-[...11 lines deleted...]
-              <w:t>заңмен қорғалатын құпиялардың қатарына кіретін мәліметтерді пайдалануға көрсетілетін қызметтерді алушының келісімін, егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, алады.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> получает согласие </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidTr="006768AC">
+      <w:tr w:rsidR="001670D4" w:rsidTr="001670D4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidRDefault="003A60A0" w:rsidP="003A60A0">
+          <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A60A0">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidRDefault="003A60A0" w:rsidP="003A60A0">
+          <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A60A0">
-[...8 lines deleted...]
-              <w:t>Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4076" w:type="dxa"/>
+            <w:tcW w:w="4171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidRDefault="003A60A0" w:rsidP="003A60A0">
+          <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A60A0">
-[...32 lines deleted...]
-              <w:t>өрсетілетін қызмет қағидаларының 3-қосымшасына сәйкес нысан бойынша құжаттарды қабылдаудан бас тарту туралы хабарлама береді.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В случае предоставления </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> неполного пакета документов и (или) документов с истекшим сроком действия для получения государственной услуги </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отказывает в оказании государственной услуги и выдает уведомление об отказе в приеме документов по форме согласно приложению 3 к настоящим правилам оказания государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidTr="006768AC">
+      <w:tr w:rsidR="001670D4" w:rsidTr="001670D4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidRDefault="003A60A0" w:rsidP="003A60A0">
+          <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A60A0">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidRDefault="003A60A0" w:rsidP="003A60A0">
+          <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A60A0">
-[...32 lines deleted...]
-              <w:t xml:space="preserve"> корпорация арқылы көрсету ерекшеліктері ескеріле отырып қойылатын өзге де талаптар</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4076" w:type="dxa"/>
+            <w:tcW w:w="4171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidRDefault="003A60A0" w:rsidP="003A60A0">
+          <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A60A0">
-[...8 lines deleted...]
-              <w:t>Көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібі жә</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имеет возможность получения информации о порядке и статусе оказания государственной услуги посредством единого </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="003A60A0">
-[...8 lines deleted...]
-              <w:t>не жа</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>контакт-центра</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="003A60A0">
-[...17 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по вопросам оказания государственных услуг.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">Көрсетілетін қызметті берушінің мемлекеттік қызметті көрсету мәселелері бойынша ақпараттық қызметінің байланыс телефондары Министрліктің www.edu.gov.kz интернет-ресурсында "Мемлекеттік </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="18" w:name="z261"/>
+            <w:bookmarkEnd w:id="18"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Контактные телефоны справочных служб </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по вопросам оказания государственной услуги размещены на </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>интернет-ресурсе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министерства: www.edu.gov.kz в разделе "Государственные услуги". Единый контакт-центр по вопросам оказания государственных услуг: 8-800-080-7777, 1414.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="19" w:name="z262"/>
+            <w:bookmarkEnd w:id="19"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="20" w:name="z263"/>
+            <w:bookmarkEnd w:id="20"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, справочных служб </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, а также Единого </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="003A60A0">
-[...8 lines deleted...]
-              <w:t>к</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>контакт-центра</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="003A60A0">
-[...41 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "1414", 8-800-080-7777.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">Көрсетілетін қызметті алушының ЭЦҚ болған жағдайда Мемлекеттік </w:t>
-[...68 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:t xml:space="preserve">Электронный запрос третьих лиц, при условии согласия лица, в отношении которого запрашиваются сведения, предоставленного из "личного кабинета" на портале, а </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>ақпаратты қашықтықтан қолжеткізу режимінде порталдағы "жеке кабинеті", көрсетілетін қызметті берушінің анықтамалық қызметтері, сондай-ақ "1414", 8-800-080-7777 бірыңғай байланыс орталығы арқылы алуға мүмкіндігі бар.</w:t>
-[...59 lines deleted...]
-              <w:t>і арқылы үшінші тұлғалардың электрондық сұрау салуы.</w:t>
+              <w:t>также посредством зарегистрированного на портале абонентского номера сотовой связи субъекта путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление портала.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidRDefault="003A60A0" w:rsidP="003A60A0">
+    <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4" w:rsidP="001670D4">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
           <w:vanish/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10564" w:type="dxa"/>
+        <w:tblW w:w="9998" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5604"/>
-        <w:gridCol w:w="4960"/>
+        <w:gridCol w:w="5745"/>
+        <w:gridCol w:w="4253"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidTr="007D1337">
+      <w:tr w:rsidR="001670D4" w:rsidTr="001670D4">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5604" w:type="dxa"/>
+            <w:tcW w:w="5745" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidRDefault="003A60A0" w:rsidP="003A60A0">
+          <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A60A0">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4960" w:type="dxa"/>
+            <w:tcW w:w="4253" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidRDefault="003A60A0" w:rsidP="007D1337">
+          <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-216" w:firstLine="216"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="2" w:name="z88"/>
-[...17 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:bookmarkStart w:id="21" w:name="z264"/>
+            <w:bookmarkEnd w:id="21"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2 к Правилам</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>орта білім беру ұйымдарына</w:t>
-[...7 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:t>оказания государственной услуги</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>денсаулығына байланысты ұзақ</w:t>
-[...7 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:t>"Прием документов для организации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>уақыт бойы бара алмайтын</w:t>
-[...7 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:t>индивидуального бесплатного обучения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>балаларды үйде жеке тегін</w:t>
-[...7 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:t>на дому детей, которые по</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>оқытуды ұйымдастыру үшін</w:t>
-[...7 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:t>состоянию здоровья в течение</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>құжаттар қабылдау"</w:t>
-[...7 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:t>длительного времени не могут</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">мемлекеттік </w:t>
-[...29 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:t>посещать организации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>қызмет қағидасына</w:t>
-[...7 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:t>начального, основного среднего,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>2-қосымша</w:t>
+              <w:t>общего среднего образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidTr="007D1337">
+      <w:tr w:rsidR="001670D4" w:rsidTr="001670D4">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5604" w:type="dxa"/>
+            <w:tcW w:w="5745" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidRDefault="003A60A0" w:rsidP="003A60A0">
+          <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A60A0">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4960" w:type="dxa"/>
+            <w:tcW w:w="4253" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidRDefault="003A60A0" w:rsidP="003A60A0">
+          <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A60A0">
-[...7 lines deleted...]
-              <w:t>Нысаны</w:t>
+            <w:bookmarkStart w:id="22" w:name="z265"/>
+            <w:bookmarkStart w:id="23" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="22"/>
+            <w:bookmarkEnd w:id="23"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...360 lines deleted...]
-      <w:tr w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidTr="007D1337">
+      <w:tr w:rsidR="001670D4" w:rsidTr="001670D4">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6454" w:type="dxa"/>
+            <w:tcW w:w="5745" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidRDefault="003A60A0" w:rsidP="003A60A0">
+          <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="3" w:name="_GoBack" w:colFirst="1" w:colLast="1"/>
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="4253" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidRDefault="003A60A0" w:rsidP="003A60A0">
+          <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="4" w:name="z90"/>
-[...17 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:bookmarkStart w:id="24" w:name="z266"/>
+            <w:bookmarkEnd w:id="24"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(Фамилия, имя, отчество</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>орта білім беру ұйымдарына</w:t>
-[...7 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:t>(при его наличии)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>денсаулығына байланысты ұзақ</w:t>
-[...7 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:t>либо наименование организации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>уақыт бойы бара алмайтын</w:t>
-[...7 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) ________________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>балаларды үйде жеке тегін</w:t>
-[...76 lines deleted...]
-              <w:t>3-қосымша</w:t>
+              <w:t xml:space="preserve">(адрес </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkEnd w:id="3"/>
-    <w:p w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidRDefault="003A60A0" w:rsidP="003A60A0">
+    <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4" w:rsidP="001670D4">
       <w:pPr>
+        <w:pStyle w:val="3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:spacing w:before="225" w:beforeAutospacing="0" w:after="135" w:afterAutospacing="0" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
-        <w:outlineLvl w:val="2"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003A60A0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+        </w:rPr>
+        <w:t>            __________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                              [Наименование ГО]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001670D4" w:rsidRDefault="0041344E" w:rsidP="001670D4">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:beforeAutospacing="0" w:after="135" w:afterAutospacing="0" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t>Құжаттарды қабылдау және оқуға қабылдау туралы хабарлама</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r w:rsidR="001670D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Уведомление об отказе</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidRDefault="003A60A0" w:rsidP="003A60A0">
+    <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4" w:rsidP="001670D4">
       <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003A60A0">
-[...8 lines deleted...]
-        <w:t>      [бі</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Уважаемый: [ФИО школьника]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4" w:rsidP="001670D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Документы для зачисления в [Наименование организации образования], в [класс, язык обучения] НЕ ПРИНЯТЫ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4" w:rsidP="001670D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Причина_________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4" w:rsidP="001670D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Для разъяснения просим обратиться в приемную комиссию [Наименование организации образования].</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4" w:rsidP="001670D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Адрес ________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9856" w:type="dxa"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7305"/>
+        <w:gridCol w:w="2551"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="001670D4" w:rsidTr="0041344E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7305" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4" w:rsidP="001670D4">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="750"/>
+                <w:tab w:val="left" w:pos="1075"/>
+                <w:tab w:val="center" w:pos="2405"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="25" w:name="z274"/>
+            <w:bookmarkEnd w:id="25"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>Приложение 3 к Правилам</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>оказания государственной услуги</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"Прием документов для организации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>индивидуального бесплатного обучения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>на дому детей, которые по</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>состоянию здоровья в течение</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>длительного времени не могут</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>посещать организации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>начального, основного среднего,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>общего среднего образования"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4" w:rsidP="001670D4">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:beforeAutospacing="0" w:after="135" w:afterAutospacing="0" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>                  _____________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                              [Наименование ГО]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4" w:rsidP="001670D4">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:beforeAutospacing="0" w:after="135" w:afterAutospacing="0" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>                  Уведомление о приеме документов и зачислении в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                  [наименование организации образования]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4" w:rsidP="001670D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Уважаемый: [ФИО школьника]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4" w:rsidP="001670D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Документы в [Наименование организации образования] приняты. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="003A60A0">
-[...8 lines deleted...]
-        <w:t>л</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Вы зачислены в [класс, литера, язык обучения], согласно Приказу № [номер приказа] от [дата].</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="003A60A0">
-[...9 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidRDefault="003A60A0" w:rsidP="003A60A0">
+    <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4" w:rsidP="001670D4">
       <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003A60A0">
-[...8 lines deleted...]
-        <w:t>      Құрметті: [Оқушының аты-жөні]</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Просим Вас подойти в [Наименование школы] ____________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidRDefault="003A60A0" w:rsidP="003A60A0">
+    <w:p w:rsidR="001670D4" w:rsidRDefault="001670D4" w:rsidP="001670D4">
       <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003A60A0">
-[...56 lines deleted...]
-        <w:t>і] бұйрығына сәйкес [сынып, әдебиет, оқу тілі] қабылдандыңыз.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Адрес __________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A60A0" w:rsidRPr="003A60A0" w:rsidRDefault="003A60A0" w:rsidP="003A60A0">
-[...52 lines deleted...]
-    <w:sectPr w:rsidR="00D006A5">
+    <w:p w:rsidR="004312B2" w:rsidRPr="001670D4" w:rsidRDefault="004312B2" w:rsidP="001670D4"/>
+    <w:sectPr w:rsidR="004312B2" w:rsidRPr="001670D4">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="001D74E7" w:rsidRDefault="001D74E7" w:rsidP="001670D4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="001D74E7" w:rsidRDefault="001D74E7" w:rsidP="001670D4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:font w:name="Calibri">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="001D74E7" w:rsidRDefault="001D74E7" w:rsidP="001670D4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="001D74E7" w:rsidRDefault="001D74E7" w:rsidP="001670D4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="24005216"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="CB0045B6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="52C469C8"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B9E063B6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="003A60A0"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00D006A5"/>
+    <w:rsidRoot w:val="001670D4"/>
+    <w:rsid w:val="001670D4"/>
+    <w:rsid w:val="001D74E7"/>
+    <w:rsid w:val="0041344E"/>
+    <w:rsid w:val="004312B2"/>
+    <w:rsid w:val="006423AA"/>
+    <w:rsid w:val="00690734"/>
+    <w:rsid w:val="00B418A4"/>
+    <w:rsid w:val="00CD505D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -5503,139 +6719,244 @@
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="001670D4"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="003A60A0"/>
+    <w:rsid w:val="001670D4"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="001670D4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="003A60A0"/>
+    <w:rsid w:val="001670D4"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="status">
+    <w:name w:val="status"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="001670D4"/>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003A60A0"/>
+    <w:rsid w:val="001670D4"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003A60A0"/>
+    <w:rsid w:val="001670D4"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="note">
+    <w:name w:val="note"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="001670D4"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="note1">
+    <w:name w:val="note1"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="001670D4"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001670D4"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="001670D4"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001670D4"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="001670D4"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -5756,168 +7077,431 @@
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="001670D4"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="003A60A0"/>
+    <w:rsid w:val="001670D4"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="001670D4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="003A60A0"/>
+    <w:rsid w:val="001670D4"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="status">
+    <w:name w:val="status"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="001670D4"/>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003A60A0"/>
+    <w:rsid w:val="001670D4"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003A60A0"/>
+    <w:rsid w:val="001670D4"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="note">
+    <w:name w:val="note"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="001670D4"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="note1">
+    <w:name w:val="note1"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="001670D4"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001670D4"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="001670D4"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001670D4"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="001670D4"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1493182873">
+    <w:div w:id="40205159">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1371417502">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1479105729">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1808820924">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1831210472">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="665786486">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1067611478">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="299000816">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="677585505">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1366950503">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="22445240">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="511994464">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1743408738">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V2000020744" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V2000020744" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z010000267_" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V2000020744" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V2000020744" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V2000020744" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V2000020744" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V2000020744" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V2000020744" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V2000020744" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V2000020744" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V2000020744" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V2000020744" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000088" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6166,65 +7750,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1949</Words>
-  <Characters>11110</Characters>
+  <Words>2386</Words>
+  <Characters>13603</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>92</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>113</Lines>
+  <Paragraphs>31</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13033</CharactersWithSpaces>
+  <CharactersWithSpaces>15958</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>1</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>