--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -1,2065 +1,2407 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="00FC1021">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:vanish/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00655BBA" w:rsidRPr="00CD63D2" w:rsidRDefault="00655BBA" w:rsidP="00CD63D2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2145"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="00FC1021">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:vanish/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9714" w:type="dxa"/>
+        <w:tblW w:w="11415" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7588"/>
-        <w:gridCol w:w="2126"/>
+        <w:gridCol w:w="8420"/>
+        <w:gridCol w:w="2995"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidTr="00DE3F79">
+      <w:tr w:rsidR="00FC1021" w:rsidTr="00CB36C1">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7588" w:type="dxa"/>
+            <w:tcW w:w="8420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DE3F79" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0017719A">
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
-            </w:r>
-[...30 lines deleted...]
-              <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcW w:w="2995" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="z57"/>
-[...15 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:bookmarkStart w:id="1" w:name="z215"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>саласында мемлекеттік</w:t>
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:t>Правилам оказания</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>қызметтер көрсету</w:t>
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:t>государственных услуг</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>қағидаларына</w:t>
-[...9 lines deleted...]
-              <w:t>4-қосымша</w:t>
+              <w:t>в сфере дошкольного образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="00FC1021">
       <w:pPr>
-        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...1 lines deleted...]
-          <w:spacing w:val="2"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:vanish/>
+          <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9856" w:type="dxa"/>
+        <w:tblW w:w="11274" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="395"/>
-        <w:gridCol w:w="5037"/>
-        <w:gridCol w:w="4424"/>
+        <w:gridCol w:w="4866"/>
+        <w:gridCol w:w="6013"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidTr="00911567">
+      <w:tr w:rsidR="00FC1021" w:rsidTr="00FC1021">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9856" w:type="dxa"/>
+            <w:tcW w:w="11274" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0017719A" w:rsidRPr="00911567" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+          <w:p w:rsidR="00FC1021" w:rsidRPr="00655BBA" w:rsidRDefault="00FC1021" w:rsidP="00655BBA">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00911567">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:r w:rsidRPr="00655BBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>"Мектепке дейінгі ұйымдарға құжаттарды қабылдау және балаларды қабылдау" мемлекеттік көрсетілетін қызмет стандарты</w:t>
+              </w:rPr>
+              <w:t>Стандарт государственной услуги "Прием документов и зачисление детей в дошкольные организации"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidTr="00911567">
+      <w:tr w:rsidR="00FC1021" w:rsidTr="00FC1021">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0017719A">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0017719A">
-[...9 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наименование </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4424" w:type="dxa"/>
+            <w:tcW w:w="6013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0017719A">
-[...8 lines deleted...]
-              <w:t>Мектепке дейінгі ұйымдардың барлық түрлері (бұдан әрі – көрсетілетін қызметті беруші)</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Дошкольные организации всех видов (далее –</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidTr="00911567">
+      <w:tr w:rsidR="00FC1021" w:rsidTr="00FC1021">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0017719A">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0017719A">
-[...8 lines deleted...]
-              <w:t>Мемлекеттік қызметті ұсыну тәсілдері</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Способы предоставления государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4424" w:type="dxa"/>
+            <w:tcW w:w="6013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0017719A">
-[...8 lines deleted...]
-              <w:t>Мемлекеттік қызметті көрсету үшін құжаттарды қабылдау және беру көрсетілетін қызметті берушінің кеңсесі, "электрондық үкімет" веб-порталы (бұдан әрі - портал) арқылы жүзеге асырылады.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Прием и выдача документов для оказания государственной услуги осуществляются через канцелярию </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, веб-портал "электронного правительства" (далее – портал).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidTr="00911567">
+      <w:tr w:rsidR="00FC1021" w:rsidTr="00FC1021">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0017719A">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0017719A">
-[...8 lines deleted...]
-              <w:t>Мемлекеттік қызметті көрсету мерзімі</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сроки оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4424" w:type="dxa"/>
+            <w:tcW w:w="6013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0017719A">
-[...32 lines deleted...]
-              <w:t>3) қызмет көрсетудің рұқсат етілген ең ұзақ уақыты – 15 минут.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>30 минут.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidTr="00911567">
+      <w:tr w:rsidR="00FC1021" w:rsidTr="00FC1021">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0017719A">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0017719A">
-[...8 lines deleted...]
-              <w:t>Мемлекеттік қызмет көрсету нысаны</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Форма оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4424" w:type="dxa"/>
+            <w:tcW w:w="6013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0017719A">
-[...8 lines deleted...]
-              <w:t>Электронды және (немесе) қағаз түрінде.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Электронная и (или) бумажная</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidTr="00911567">
+      <w:tr w:rsidR="00FC1021" w:rsidTr="00FC1021">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0017719A">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0017719A">
-[...8 lines deleted...]
-              <w:t>Мемлекеттік қызмет көрсету нәтижесі</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4424" w:type="dxa"/>
+            <w:tcW w:w="6013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0017719A">
-[...8 lines deleted...]
-              <w:t>Мектепке дейінгі ұйым мен баланың ата-анасының бірі немесе заңды өкілі араcында жасалған келісім шарт негізінде баланы мектепке дейінгі ұйымға қабылдау немесе мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауап.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Зачисление ребенка в дошкольную организацию на основании заключенного договора между дошкольной организацией и одним из родителей или законным представителем ребенка либо мотивированный ответ об отказе в оказании государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidTr="00911567">
+      <w:tr w:rsidR="00FC1021" w:rsidTr="00FC1021">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0017719A">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0017719A">
-[...8 lines deleted...]
-              <w:t>Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Размер оплаты, взимаемой с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4424" w:type="dxa"/>
+            <w:tcW w:w="6013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0017719A">
-[...8 lines deleted...]
-              <w:t>Мемлекеттік қызмет жеке тұлғаларға тегін көрсетіледі.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Государственная услуга физическим лицам оказывается бесплатно.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidTr="00911567">
+      <w:tr w:rsidR="00FC1021" w:rsidTr="00FC1021">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0017719A">
-[...8 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0017719A">
-[...8 lines deleted...]
-              <w:t>Жұмыс кестесі</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>График работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4424" w:type="dxa"/>
+            <w:tcW w:w="6013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0017719A">
-[...17 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: с понедельника по пятницу, за исключением праздничных дней, согласно трудовому законодательству Республики Казахстан в соответствии с установленным графиком работы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с 9:00 часов до 18:00 часов с перерывом на обед с 13:00 часов до 14:00 часов.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>Өтініштерді қабылдау және мемлекеттік қызмет көрсету нәтижелерін беру сағат 13.00-ден 14.00-ге дейінгі түскі үзіліспен сағат 09.00-ден 17.30-ға дейін жүзеге асырылады.</w:t>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            </w:r>
+            <w:bookmarkStart w:id="2" w:name="z217"/>
+            <w:bookmarkEnd w:id="2"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Прием заявлений и выдача результатов оказания государственной услуги осуществляется с 09:00 часов до 17:30 часов с перерывом на обед с 13:00 часов до 14:00 часов.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>Мемлекеттік қызмет алдын ала жазылусыз және жеделдетіп қызмет көрсетусіз кезек күту тәртібімен көрсетіледі;</w:t>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            </w:r>
+            <w:bookmarkStart w:id="3" w:name="z218"/>
+            <w:bookmarkEnd w:id="3"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Государственная услуга оказывается в порядке </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>очереди без предварительной записи и ускоренного обслуживания;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>2) порталдың: жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғанда жүгінгенде, Қазақстан Республикасында еңбек заңына сәйкес демалыс және мереке күндерін қоспағанда, өтініштерді қабылдау және мемлекеттік қызметті көрсету нәтижелері келесі жұмыс күнінде беріледі).</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="4" w:name="z219"/>
+            <w:bookmarkEnd w:id="4"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) портала: круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан прием заявлений и выдача результатов оказания государственной услуги осуществляются следующим рабочим днем).</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="5" w:name="z220"/>
+            <w:bookmarkEnd w:id="5"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Адреса мест оказания государственной услуги размещены:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="6" w:name="z221"/>
+            <w:bookmarkEnd w:id="6"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) на </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>интернет-ресурсе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министерства: www.edu.gov.kz;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>2) на портале: www.egov.kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidTr="00911567">
+      <w:tr w:rsidR="00FC1021" w:rsidTr="00FC1021">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0017719A">
-[...7 lines deleted...]
-              </w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0017719A">
-[...8 lines deleted...]
-              <w:t>Мемлекеттік қызмет көрсету үшін қажетті құжаттар тізбесі</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Перечень документов, необходимых для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4424" w:type="dxa"/>
+            <w:tcW w:w="6013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
             <w:pPr>
-              <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0017719A">
-[...17 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">При обращении к </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>1) қабылдауға арналған жолдама (берілген күннен бастап 5 (бес) жұмыс күні ішінде жарамды);</w:t>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            </w:r>
+            <w:bookmarkStart w:id="7" w:name="z223"/>
+            <w:bookmarkEnd w:id="7"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1) направление на зачисление (действительно в течение пяти рабочих дней со дня выдачи);</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>2) ата-анасының немесе заңды өкілдерінің бірінің жеке басын куәландыратын құжат (сәйкестендіру үшін);</w:t>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            </w:r>
+            <w:bookmarkStart w:id="8" w:name="z224"/>
+            <w:bookmarkEnd w:id="8"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2) документ, удостоверяющий личность одного из родителей или законного представителя (для идентификации);</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>3) баланың тууын куәландыратын құжат (сәйкестендіру үшін);</w:t>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            </w:r>
+            <w:bookmarkStart w:id="9" w:name="z225"/>
+            <w:bookmarkEnd w:id="9"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3) документ, свидетельствующий о рождении ребенка (для идентификации);</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>4) Қазақстан Республикасы Денсаулық сақтау министрінің 2003 жылғы 24 маусымдағы № 469 </w:t>
-[...2 lines deleted...]
-              <w:r w:rsidRPr="0017719A">
+            </w:r>
+            <w:bookmarkStart w:id="10" w:name="z226"/>
+            <w:bookmarkEnd w:id="10"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4) паспорт здоровья ребенка по форме, предусмотренной Инструкцией по заполнению и ведению учетной формы 026/у-3 "Паспорт здоровья ребенка", утвержденной </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId5" w:anchor="z1" w:history="1">
+              <w:r>
                 <w:rPr>
-                  <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                  <w:rStyle w:val="a4"/>
+                  <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
                   <w:color w:val="073A5E"/>
                   <w:spacing w:val="2"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
-                  <w:u w:val="single"/>
-                  <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>бұйрығымен</w:t>
+                <w:t>приказом</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="0017719A">
-[...17 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> Министра здравоохранения Республики Казахстан от 24 июня 2003 года № 469 (зарегистрирован в Государственном реестре нормативных правовых актов за № 2423);</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="11" w:name="z227"/>
+            <w:bookmarkEnd w:id="11"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5) справка о состоянии здоровья ребенка;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="12" w:name="z228"/>
+            <w:bookmarkEnd w:id="12"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6) заключение психолого-медико-педагогической консультации (для детей с особыми образовательными потребностями).</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="13" w:name="z229"/>
+            <w:bookmarkEnd w:id="13"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>При обращении через портал:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="14" w:name="z230"/>
+            <w:bookmarkEnd w:id="14"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1) направление на зачисление в дошкольную организацию (действительно в течение пяти рабочих дней со дня выдачи);</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="15" w:name="z231"/>
+            <w:bookmarkEnd w:id="15"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4) паспорт здоровья ребенка по форме, предусмотренной Инструкцией по заполнению и ведению учетной формы 026/у-3 "Паспорт здоровья ребенка", утвержденной приказом Министра здравоохранения Республики Казахстан от 24 июня 2003 года № 469 (зарегистрирован в Государственном реестре нормативных правовых актов за № 2423) (электронная копия);</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="16" w:name="z232"/>
+            <w:bookmarkEnd w:id="16"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5) справка о состоянии здоровья ребенка (электронная копия);</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>нысанын толтыру және жүргізу жөніндегі Нұсқаулықта қарастырылған нысан бойынша баланың денсаулық паспорты;</w:t>
-[...156 lines deleted...]
-              <w:t>алушылар шектеу іс-шараларын алып тастауға, төтенше жағдайдың қолданысын тоқтатуға қарай осы тармақтың бірінші абзацының 4), 5) және 6) тармақшаларында және екінші абзацының 4), 5) және 6) тармақшаларында көрсетілген құжаттарды тікелей білім беру ұйымдарына ұсынады.</w:t>
+              <w:t>6) заключение психолого-медико-педагогической консультации (для детей с особыми образовательными потребностями) (сканированная копия, при наличии).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidTr="00911567">
+      <w:tr w:rsidR="00FC1021" w:rsidTr="00FC1021">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0017719A">
-[...8 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0017719A">
-[...8 lines deleted...]
-              <w:t>Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызметті көрсетуден бас тарту үшін негіздер</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4424" w:type="dxa"/>
+            <w:tcW w:w="6013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0017719A">
-[...17 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) установление недостоверности документов, представленных </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызметті көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректер мен мәліметтердің Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптарға сәйкес келмеуі.</w:t>
+              <w:t xml:space="preserve">2) несоответствие </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным нормативными правовыми актами Республики Казахстан.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidTr="00911567">
+      <w:tr w:rsidR="00FC1021" w:rsidTr="00FC1021">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0017719A">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0017719A">
-[...8 lines deleted...]
-              <w:t>Мемлекеттік қызмет, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы көрсету ерекшеліктері ескеріле отырып, қойылатын өзге де талаптар</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4424" w:type="dxa"/>
+            <w:tcW w:w="6013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0017719A">
-[...17 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Максимально допустимое время ожидания до момента приема документов – 15 минут.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>Қызмет көрсетудің рұқсат етілген ең ұзақ уақыты – 15 минут.</w:t>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            </w:r>
+            <w:bookmarkStart w:id="17" w:name="z235"/>
+            <w:bookmarkEnd w:id="17"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Максимально допустимое время обслуживания – 15 минут.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>Көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібі мен мәртебесі туралы ақпаратты қашықтықтан қол жеткізу режимінде порталдың "жеке кабинеті", көрсетілетін қызметті берушінің интернет-ресурсы, мемлекеттік қызмет көрсету мәселелері жөніндегі анықтамалық қызметтер, сондай-ақ Бірыңғай байланыс орталығы арқылы алады.</w:t>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            </w:r>
+            <w:bookmarkStart w:id="18" w:name="z236"/>
+            <w:bookmarkEnd w:id="18"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> получает информацию о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>интернет-ресурса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, справочных служб по вопросам оказания государственной услуги, а также Единого контакт-центра.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>Мемлекеттік қызмет көрсету мәселелері жөніндегі анықтама қызметтерінің байланыс телефондары Министрліктің www.edu.gov.kz интернет-ресурсында "Мемлекеттік көрсетілетін қызмет" бөлімінде көрсетілген.</w:t>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            </w:r>
+            <w:bookmarkStart w:id="19" w:name="z237"/>
+            <w:bookmarkEnd w:id="19"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>интернет-ресурсе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министерства www.edu.gov.kz в разделе "Государственные услуги".</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">Мемлекеттік қызмет көрсету </w:t>
-[...23 lines deleted...]
-              <w:t>8-800-080-7777.</w:t>
+              <w:t>Телефоны Единого контакт-центра по вопросам оказания государственных услуг: 1414, 8 800 080 7777.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="00FC1021">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:vanish/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="0017719A" w:rsidRPr="0017719A">
+    <w:sectPr w:rsidR="00FC1021" w:rsidSect="00FC1021">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="426" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
@@ -2080,202 +2422,53 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2AE25386"/>
+    <w:nsid w:val="43E27111"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="F2D8ED34"/>
-[...148 lines deleted...]
-    <w:tmpl w:val="15861E24"/>
+    <w:tmpl w:val="F1F875F6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -2380,105 +2573,104 @@
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
-[...1 lines deleted...]
-  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:hideSpellingErrors/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="009B1A1D"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00E64646"/>
+    <w:rsidRoot w:val="003033EF"/>
+    <w:rsid w:val="003033EF"/>
+    <w:rsid w:val="00337053"/>
+    <w:rsid w:val="00566A55"/>
+    <w:rsid w:val="00596944"/>
+    <w:rsid w:val="00655BBA"/>
+    <w:rsid w:val="006E011A"/>
+    <w:rsid w:val="008648B2"/>
+    <w:rsid w:val="00B652F4"/>
+    <w:rsid w:val="00C0450F"/>
+    <w:rsid w:val="00CB36C1"/>
+    <w:rsid w:val="00CD63D2"/>
+    <w:rsid w:val="00FC1021"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{03528854-D6C3-4200-81CE-A2A30FD37262}"/>
+  <w15:docId w15:val="{41FB44E4-8D97-4C6D-AB9E-0AACCEE83FFA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2838,383 +3030,281 @@
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="0017719A"/>
+    <w:rsid w:val="00FC1021"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="0017719A"/>
+    <w:rsid w:val="00FC1021"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr>
       <w:hidden/>
     </w:trPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="a3">
-[...3 lines deleted...]
-    <w:rsid w:val="00040A96"/>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003033EF"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-      <w:jc w:val="both"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:tblPr>
-[...11 lines deleted...]
-    </w:trPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003033EF"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="0017719A"/>
+    <w:rsid w:val="00FC1021"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="0017719A"/>
+    <w:rsid w:val="00FC1021"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
-[...40 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
-    <w:div w:id="1132751794">
+    <w:div w:id="360281987">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1974676247">
+        <w:div w:id="1028750697">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1024209317">
+        <w:div w:id="897672192">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1221744444">
+            <w:div w:id="1690909178">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="1157186026">
+        <w:div w:id="177087424">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="464354301">
+            <w:div w:id="1487822061">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="1696492271">
+    <w:div w:id="1022778622">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
-      <w:divsChild>
-[...64 lines deleted...]
-      </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V030002423_" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V030002423_" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V030002423_" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3462,66 +3552,66 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>5296</Characters>
+  <Pages>3</Pages>
+  <Words>764</Words>
+  <Characters>4357</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>44</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>36</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6213</CharactersWithSpaces>
+  <CharactersWithSpaces>5111</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>1</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>