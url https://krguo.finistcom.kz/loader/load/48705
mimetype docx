--- v0 (2025-10-19)
+++ v1 (2025-10-19)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5993406" w14:textId="5993406">
+    <w:p w14:paraId="94f202d" w14:textId="94f202d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,1734 +76,1778 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>"Бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарына оқуға қабылдаудың үлгілік қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2018 жылғы 12 қазандағы № 564 бұйрығына өзгерістер мен толықтырулар енгізу туралы</w:t>
-[...43 lines deleted...]
-      </w:pPr>
+        <w:t>О внесении изменений и дополнений в приказ Министра образования и науки Республики Казахстан от 12 октября 2018 года № 564 "Об утверждении Типовых правил приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего и общего среднего образования"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ Министра просвещения Республики Казахстан от 5 августа 2022 года № 350. Зарегистрирован в Министерстве юстиции Республики Казахстан 8 августа 2022 года № 29052</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. "Бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарына оқуға қабылдаудың үлгілік қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2018 жылғы 12 қазандағы № 564 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17553 болып тіркелді) мынадай өзгерістер мен толықтырулар енгізілсін: </w:t>
+      ПРИКАЗЫВАЮ: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      көрсетілген бұйрықпен бекітілген Бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарына оқуға қабылдаудың үлгілік </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+      1. Внести в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 12 декабря 2018 года № 564 "Об утверждении Типовых правил приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего и общего среднего образования" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 17553) следующие изменения и дополнения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Типовых правилах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего образования, утвержденных указанным приказом:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>16-тармақ</w:t>
-[...29 lines deleted...]
-    </w:p>
+        <w:t>пункт 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "16. Прием документов для участия в конкурсе от родителя или иного законного представителя ребенка, поступающего в специализированную организацию образования, проводится с 1 февраля по 15 апреля текущего календарного года, дополнительные сроки устанавливаются уполномоченным органом в области образования Республики Казахстан.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>18-тармақ</w:t>
-[...319 lines deleted...]
-    </w:p>
+        <w:t>пункт 18</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "18. Для участия в конкурсе родитель или иной законный представитель ребенка в установленные сроки проходят регистрацию на интернет-ресурсе специализированной организации образования или предоставляют ответственному лицу специализированной организации образования следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z11" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заявление от родителя или иного законного представителя ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) копия свидетельства о рождении ребенка с указанием ИИН;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) справка ребенка с места учебы с фото, заверенная печатью организации, с указанием электронного адреса претендента;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) фотография ребенка размером 3х4 в количестве 2 штук;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) копии документов, подтверждающих принадлежность к социально уязвимым категориям населения. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При наличии информационной системы документы, указанные в настоящем пункте предоставляются в электронном формате. В случае отсутствия информационной системы, сканированные документы направляются на электронный адрес или предоставляются в бумажном формате в канцелярию специализированной организации образования.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дополнить пунктом 18-1) в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "18-1. К социально уязвимым категориям населения, из числа которых будут отобраны 15% обучающихся от общего количества принимаемых относятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дети из семей из сельской местности, получающих государственную адресную социальную помощь;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дети, где один из родителей имеет инвалидность первой группы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      семьям, имеющим или воспитывающим ребенка c инвалидностью; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дети-сироты и дети, оставшиеся без попечения родителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      дети-сироты, дети, оставшиеся без попечения родителей, проживающие в семьях; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дети из семей, требующих экстренной помощи в результате чрезвычайных ситуаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      семьям, лишившимся жилища в результате экологических бедствий, чрезвычайных ситуаций природного и техногенного характера; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      семьям лиц, погибших (умерших) при исполнении государственных или общественных обязанностей, воинской службы, при подготовке или осуществлении полета в космическое пространство".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>20-тармақ</w:t>
-[...29 lines deleted...]
-    </w:p>
+        <w:t>пункт 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "20. После завершения приема документов в течение 2 рабочих дней ответственное лицо каждой специализированной организации образования передает электронную базу обучающихся для участия в конкурсе Центру "Дарын" для разработки тестовых материалов. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>25-тармақ</w:t>
-[...143 lines deleted...]
-    <w:bookmarkEnd w:id="4"/>
+        <w:t>пункт 25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "25. Специализированной организацией образования утверждаются квоты:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z31" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в размере 10% от общего количества обучающихся, принимаемых в 7 классы, для победителей национальной интеллектуальной олимпиады из сельских школ "Mың бала";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z32" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в размере 15% от общего количества обучающихся, принимаемых в 5, 6, 7, 8 и 10 классы, для социально уязвимых категории населения, указанных в пункте 18-1) настоящих Правил.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z33" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дополнить пунктами 25-1 и 25-2 следующего содержания:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z34" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "25-1. Обучающиеся, указанные в пункте 25 к настоящим правилам, принимаемые в 5, 6, 7, 8 и 10 классы, обеспечиваются питанием за счет бюджетных средств по решению местных исполнительных/представительных органов и/или органом управления организацией образования всех форм собственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z35" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25-2. После завершения приема документов конкурсная комиссия проверяет предоставленные документы на соответствие критериям отбора и запрашивает оригиналы подтверждающих документов.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>27</w:t>
+        <w:t>пункты 27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> және </w:t>
-[...79 lines deleted...]
-    <w:bookmarkEnd w:id="6"/>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>29</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z37" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "27. Конкурс проводится в период с 15 мая по 15 июня, еженедельно в субботу и воскресенье. Дополнительные сроки проведения Конкурса устанавливаются уполномоченным органом в области образования Республики Казахстан до начала следующего учебного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z38" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. График проведения конкурсного отбора размещается на интернет-ресурсах специализированных организаций образования и Центра "Дарын" за 10 рабочих дней до начало конкурса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z39" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Конкурс проходит в режиме оффлайн (в форме тестирования). Проведение конкурса в электронном формате оператор согласовывает со специализированными организациями образования.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>33</w:t>
-[...339 lines deleted...]
-    <w:bookmarkEnd w:id="7"/>
+        <w:t>пункты 33</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>34</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z41" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "33. Тестирование для поступающих:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z42" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в 7 класс включает 75 вопросов по предметам:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z43" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      математика и логика – 55 вопросов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z44" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      грамотность чтения – 10 вопросов; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z45" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      история Казахстана – 10 вопросов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z46" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) в 6 класс включает 60 вопросов по предметам: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z47" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      математика и логика – 35 вопросов; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z48" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      грамотность чтения – 15 вопросов; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z49" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      история Казахстана – 10 вопросов. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z50" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) в 5 класс включает 40 вопросов по предметам: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z51" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      математика и логика – 30 вопросов; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z52" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      грамотность чтения – 10 вопросов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z53" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) в 10 класс включает 95 вопросов по предметам: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z54" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      математика и логика – 60 вопросов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z55" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      грамотность чтения – 10 вопросов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z56" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      история Казахстана - 25 вопросов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z57" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Время, отведенное на тестирование в 7 классе составляет 120 минут, в 6 классе – 90 минут, в 5 классе – 60 минут, в 10 классе – 180 минут (в указанное время не входит время на раздачу тестовых материалов, заполнение секторов Листа ответов, а также время на разъяснительную работу).";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>40-тармақ</w:t>
-[...49 lines deleted...]
-    </w:p>
+        <w:t>пункт 40</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z59" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "40. Зачисление претендентов на обучение в специализированную организацию образования, в том числе указанных в подпункте 2) пункта 25 настоящих Правил, осуществляется от максимального количества баллов в соответствии с вакантными местами в разрезе специализированных организации образования.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>42</w:t>
-[...189 lines deleted...]
-    <w:bookmarkEnd w:id="14"/>
+        <w:t>пункты 42</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>43</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z61" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "42. По итогам конкурса руководитель специализированной организации образования до начала учебного года издает приказ о зачислении претендентов, прошедших конкурсный отбор, в специализированную организацию образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z62" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43. Конкурсной комиссией формируется резервный список претендентов из числа претендентов конкурса, не вошедших в основные вакансии, по сумме набранных баллов в порядке убывания и размещается на интернет-ресурсе специализированной организации образования.".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z63" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Комитету дошкольного и среднего образования Министерства просвещения Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z64" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z65" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) размещение настоящего приказа на интернет-ресурсе Министерства просвещения Республики Казахстан после его официального опубликования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z66" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в течение десяти рабочих дней после государственной регистрации настоящего приказа представление в Юридической департамент Министерства просвещения Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1) и 2) настоящего пункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z67" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра просвещения Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z68" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Настоящий приказ вводится в действие после дня его первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1819,75 +1863,92 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">                  Қазақстан Республикасының </w:t>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министр просвещения</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">            Оқу-ағарту министрі </w:t>
+              <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -1895,51 +1956,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>А. Аймағамбетов</w:t>
+              <w:t>А. Аймагамбетов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -1979,271 +2040,209 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:tbl>
-[...165 lines deleted...]
-    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z70" w:id="57"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "СОГЛАСОВАН"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Вице-министр труда и</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>социальной защиты населения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________Н.Сагиндыкова</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"____" ____________ 2022 года</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
+					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2569,31 +2568,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>