--- v0 (2025-10-20)
+++ v1 (2025-10-20)
@@ -7,1697 +7,2929 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5639"/>
-        <w:gridCol w:w="3746"/>
+        <w:gridCol w:w="5557"/>
+        <w:gridCol w:w="3828"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BA1A2A" w:rsidTr="007F6AF0">
+      <w:tr w:rsidR="009B5738" w:rsidRPr="003B2D96" w:rsidTr="007F6AF0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA1A2A" w:rsidRDefault="00BA1A2A" w:rsidP="007F6AF0">
+          <w:p w:rsidR="009B5738" w:rsidRPr="003B2D96" w:rsidRDefault="009B5738" w:rsidP="007F6AF0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA1A2A" w:rsidRDefault="00BA1A2A" w:rsidP="007F6AF0">
+          <w:p w:rsidR="009B5738" w:rsidRPr="003B2D96" w:rsidRDefault="009B5738" w:rsidP="007F6AF0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...74 lines deleted...]
-              <w:t>1-қосымша</w:t>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к Типовым правилам приема </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">на обучение в организации </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">образования, реализующие </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">общеобразовательные учебные </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">программы начального, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">основного среднего и общего </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>среднего образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00BA1A2A" w:rsidRDefault="00BA1A2A" w:rsidP="00BA1A2A">
+    <w:p w:rsidR="009B5738" w:rsidRPr="003B2D96" w:rsidRDefault="009B5738" w:rsidP="009B5738">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="z95"/>
-      <w:r>
+      <w:bookmarkStart w:id="0" w:name="z270"/>
+      <w:r w:rsidRPr="003B2D96">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Бастауыш, негізгі орта, жалпы орта білім берудің жалпы білім беретін бағдарламалары бойынша оқыту үшін ведомстволық бағыныстылығына қарамастан білім беру ұйымдарына құжаттарды қабылдау және оқуға қабылдау" мемлекеттік қызметті көрсету стандарты</w:t>
+        <w:t xml:space="preserve"> Стандарт государственной услуги: "Прием документов и зачисление в организации образования независимо от ведомственной подчиненности для </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003B2D96">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучения по</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003B2D96">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="003B2D96">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>общеобразовательным программам начального, основного среднего, общего среднего образования"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidR="00BA1A2A" w:rsidRDefault="00BA1A2A" w:rsidP="00BA1A2A">
+    <w:p w:rsidR="009B5738" w:rsidRPr="009B5738" w:rsidRDefault="009B5738" w:rsidP="009B5738">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="003B2D96">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       </w:t>
+        <w:t>     </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r>
+      <w:r w:rsidRPr="003B2D96">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Ескерту. 1-қосымшамен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 № 264 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Білім және ғылым министрінің 03.06.2021 № 275 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009B5738">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Сноска. Типовые правила дополнены приложением 1 в соответствии с приказом Министра образования и науки РК от 24.06.2020 № 264 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра образования и науки РК от 03.06.2021 № 275 (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="325"/>
-        <w:gridCol w:w="1612"/>
-        <w:gridCol w:w="7333"/>
+        <w:gridCol w:w="1677"/>
+        <w:gridCol w:w="7268"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BA1A2A" w:rsidTr="007F6AF0">
+      <w:tr w:rsidR="009B5738" w:rsidRPr="003B2D96" w:rsidTr="007F6AF0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA1A2A" w:rsidRDefault="00BA1A2A" w:rsidP="007F6AF0">
+          <w:p w:rsidR="009B5738" w:rsidRDefault="009B5738" w:rsidP="007F6AF0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1045" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA1A2A" w:rsidRDefault="00BA1A2A" w:rsidP="007F6AF0">
+          <w:p w:rsidR="009B5738" w:rsidRDefault="009B5738" w:rsidP="007F6AF0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10881" w:type="dxa"/>
+            <w:tcW w:w="10726" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA1A2A" w:rsidRDefault="00BA1A2A" w:rsidP="007F6AF0">
+          <w:p w:rsidR="009B5738" w:rsidRPr="003B2D96" w:rsidRDefault="009B5738" w:rsidP="007F6AF0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>Бастауыш, негізгі орта, жалпы орта білім беру ұйымдары (бұдан әрі – көрсетілетін қызметті беруші)</w:t>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организации начального, основного среднего, общего среднего образования (далее – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA1A2A" w:rsidTr="007F6AF0">
+      <w:tr w:rsidR="009B5738" w:rsidRPr="003B2D96" w:rsidTr="007F6AF0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA1A2A" w:rsidRDefault="00BA1A2A" w:rsidP="007F6AF0">
+          <w:p w:rsidR="009B5738" w:rsidRDefault="009B5738" w:rsidP="007F6AF0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1045" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA1A2A" w:rsidRDefault="00BA1A2A" w:rsidP="007F6AF0">
+          <w:p w:rsidR="009B5738" w:rsidRDefault="009B5738" w:rsidP="007F6AF0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Способы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>предоставления</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10881" w:type="dxa"/>
+            <w:tcW w:w="10726" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA1A2A" w:rsidRDefault="00BA1A2A" w:rsidP="007F6AF0">
+          <w:p w:rsidR="009B5738" w:rsidRPr="003B2D96" w:rsidRDefault="009B5738" w:rsidP="007F6AF0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...23 lines deleted...]
-              <w:t>2) көрсетілетін қызметті беруші арқылы жүзеге асырылады.</w:t>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) веб-портал "электронного правительства" </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>egov</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее – портал);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA1A2A" w:rsidTr="007F6AF0">
+      <w:tr w:rsidR="009B5738" w:rsidRPr="003B2D96" w:rsidTr="007F6AF0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA1A2A" w:rsidRDefault="00BA1A2A" w:rsidP="007F6AF0">
+          <w:p w:rsidR="009B5738" w:rsidRDefault="009B5738" w:rsidP="007F6AF0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1045" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA1A2A" w:rsidRDefault="00BA1A2A" w:rsidP="007F6AF0">
+          <w:p w:rsidR="009B5738" w:rsidRDefault="009B5738" w:rsidP="007F6AF0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Срок</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10881" w:type="dxa"/>
+            <w:tcW w:w="10726" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA1A2A" w:rsidRDefault="00BA1A2A" w:rsidP="007F6AF0">
+          <w:p w:rsidR="009B5738" w:rsidRPr="003B2D96" w:rsidRDefault="009B5738" w:rsidP="007F6AF0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...24 lines deleted...]
-              <w:t>1 сынып үшін күнтізбелік жылдың 1 тамызына дейін, 10 сынып үшін күнтізбелік жылдың 15 тамызына дейін</w:t>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> С момента сдачи пакета документов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, а также при обращении через портал – один рабочий день. Для зачисления в организацию образования начального, основного среднего, общего среднего образования на очную и вечернюю </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5738">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">форму обучения – не позднее 20 августа календарного года. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5738">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Для 1 классов до 1 августа календарного года, для 10-х классов до 15 августа календарного года.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA1A2A" w:rsidTr="007F6AF0">
+      <w:tr w:rsidR="009B5738" w:rsidTr="007F6AF0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA1A2A" w:rsidRDefault="00BA1A2A" w:rsidP="007F6AF0">
+          <w:p w:rsidR="009B5738" w:rsidRDefault="009B5738" w:rsidP="007F6AF0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1045" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA1A2A" w:rsidRDefault="00BA1A2A" w:rsidP="007F6AF0">
+          <w:p w:rsidR="009B5738" w:rsidRDefault="009B5738" w:rsidP="007F6AF0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10881" w:type="dxa"/>
+            <w:tcW w:w="10726" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA1A2A" w:rsidRDefault="00BA1A2A" w:rsidP="007F6AF0">
+          <w:p w:rsidR="009B5738" w:rsidRDefault="009B5738" w:rsidP="007F6AF0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Электронная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>частично</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>автоматизированная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>) /</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бумажная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA1A2A" w:rsidTr="007F6AF0">
+      <w:tr w:rsidR="009B5738" w:rsidRPr="003B2D96" w:rsidTr="007F6AF0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA1A2A" w:rsidRDefault="00BA1A2A" w:rsidP="007F6AF0">
+          <w:p w:rsidR="009B5738" w:rsidRDefault="009B5738" w:rsidP="007F6AF0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1045" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA1A2A" w:rsidRDefault="00BA1A2A" w:rsidP="007F6AF0">
+          <w:p w:rsidR="009B5738" w:rsidRDefault="009B5738" w:rsidP="007F6AF0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Результат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10881" w:type="dxa"/>
+            <w:tcW w:w="10726" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA1A2A" w:rsidRDefault="00BA1A2A" w:rsidP="007F6AF0">
+          <w:p w:rsidR="009B5738" w:rsidRPr="003B2D96" w:rsidRDefault="009B5738" w:rsidP="007F6AF0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...34 lines deleted...]
-              <w:t>Көрсетілетін қызметті беруші арқылы жүгінген кезде (қағаз жүзінде) - ағымдағы жылдың 1 қыркүйегінен бастап білім беру ұйымына қабылдағаны және оқуға қабылданғаны, құжаттардың толық емес пакетін тапсыру кезінде - бас тартудың себебін көрсете отырып, дәлелді бас тарту туралы хабарлама беріледі.</w:t>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>При обращении через портал:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  в личный кабинет </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> приходит уведомление о принятии и зачислении в организацию среднего образования с 1 сентября текущего года, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>при</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> подачи неполного пакета документов – о мотивированном отказе с указанием причины отказа. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в уведомлении указывает о зачислении с 1 сентября текущего года первым троим подавшим заявление </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателям</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> из территории обслуживания, затем - о зачислении с 1 сентября текущего года 1 (одному) претенденту не из территории обслуживания, из числа тех, кто зарегистрировался первым.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">При обращении через </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бумажно) – выдача уведомления о приеме и зачислении в организацию среднего образования с 1 сентября текущего года, при подаче неполного пакета документов - о мотивированном отказе с указанием причины отказа.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA1A2A" w:rsidTr="007F6AF0">
+      <w:tr w:rsidR="009B5738" w:rsidTr="007F6AF0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA1A2A" w:rsidRDefault="00BA1A2A" w:rsidP="007F6AF0">
+          <w:p w:rsidR="009B5738" w:rsidRDefault="009B5738" w:rsidP="007F6AF0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1045" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA1A2A" w:rsidRDefault="00BA1A2A" w:rsidP="007F6AF0">
+          <w:p w:rsidR="009B5738" w:rsidRPr="003B2D96" w:rsidRDefault="009B5738" w:rsidP="007F6AF0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Размер оплаты, взимаемой с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>қызмет кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+              <w:t>при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10881" w:type="dxa"/>
+            <w:tcW w:w="10726" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA1A2A" w:rsidRDefault="00BA1A2A" w:rsidP="007F6AF0">
+          <w:p w:rsidR="009B5738" w:rsidRDefault="009B5738" w:rsidP="007F6AF0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Тегін</w:t>
-            </w:r>
+              <w:t>Бесплатно</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA1A2A" w:rsidTr="007F6AF0">
+      <w:tr w:rsidR="009B5738" w:rsidRPr="003B2D96" w:rsidTr="007F6AF0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA1A2A" w:rsidRDefault="00BA1A2A" w:rsidP="007F6AF0">
+          <w:p w:rsidR="009B5738" w:rsidRDefault="009B5738" w:rsidP="007F6AF0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1045" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA1A2A" w:rsidRDefault="00BA1A2A" w:rsidP="007F6AF0">
+          <w:p w:rsidR="009B5738" w:rsidRDefault="009B5738" w:rsidP="007F6AF0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>График</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10881" w:type="dxa"/>
+            <w:tcW w:w="10726" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA1A2A" w:rsidRDefault="00BA1A2A" w:rsidP="007F6AF0">
+          <w:p w:rsidR="009B5738" w:rsidRPr="003B2D96" w:rsidRDefault="009B5738" w:rsidP="007F6AF0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-              <w:t xml:space="preserve">2) </w:t>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>портал</w:t>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - с понедельника по пятницу, в соответствии с установленным графиком работы с 9.00 до 18.30 часов, за исключением выходных и праздничных дней, согласно Трудовому кодексу Республики Казахстан от 23 ноября 2015 года (далее – Кодекс) с перерывом на обед с 13.00 часов до 14.30 часов.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) портала – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>:</w:t>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> после окончания рабочего времени, в выходные и праздничные дни согласно Кодексу, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r>
-[...17 lines deleted...]
-              <w:t>2) www.egov.kz порталында орналасқан.</w:t>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Адреса мест оказания государственной услуги размещены на:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>интернет-ресурсе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) портале </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>egov</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA1A2A" w:rsidTr="007F6AF0">
+      <w:tr w:rsidR="009B5738" w:rsidRPr="003B2D96" w:rsidTr="007F6AF0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA1A2A" w:rsidRDefault="00BA1A2A" w:rsidP="007F6AF0">
+          <w:p w:rsidR="009B5738" w:rsidRDefault="009B5738" w:rsidP="007F6AF0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1045" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA1A2A" w:rsidRDefault="00BA1A2A" w:rsidP="007F6AF0">
+          <w:p w:rsidR="009B5738" w:rsidRPr="003B2D96" w:rsidRDefault="009B5738" w:rsidP="007F6AF0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>Мемлекеттік қызмет көрсету үшін қажетті құжаттардың тізбесі</w:t>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Перечень документов необходимых для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10881" w:type="dxa"/>
+            <w:tcW w:w="10726" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA1A2A" w:rsidRDefault="00BA1A2A" w:rsidP="007F6AF0">
+          <w:p w:rsidR="009B5738" w:rsidRPr="003B2D96" w:rsidRDefault="009B5738" w:rsidP="007F6AF0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...92 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>- на портал:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) заявление родителей или иных законных представителей согласно форме приложения 1;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2) медицинские справки формы № 065/у о состоянии здоровья, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДСМ-175/2020 " Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 148139), формы № 026/у-3, утвержденной приказом Министра здравоохранения Республики Казахстан от 24 июня 2003 года № 469 "Об утверждении Инструкции по заполнению и ведению учетной формы 026/у-3 "Паспорта здоровья ребенка" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 2423);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3) цифровая фотография ребенка размером 3х4 см.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- к </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бумажно):</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) заявление </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> родителей или иных законных представителей согласно форме приложения 1;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) документ, удостоверяющий личность (оригинал требуется для идентификации, который возвращается </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>),</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3) медицинская справка о состоянии здоровья (форма № 065/у, утвержденная приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДСМ-175/2020 " Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 148139) и форма № 026/у-3, утвержденная приказом Министра здравоохранения Республики Казахстан от 24 июня 2003 года № 469 "Об утверждении Инструкции по заполнению и ведению учетной формы 026/у-3 "Паспорта здоровья ребенка" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 2423);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4) фотографии ребенка размером 3х4 см в количестве 2 штук.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугополучатели</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-иностранцы и лица без гражданства предоставляют один из следующих документов, определяющих их статус, с отметкой о регистрации по месту проживания:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Шетелдік және азаматтығы жоқ көрсетілетін қызметті алушылар өздерінің мәртебесін айқындайтын, тұрғылықты жері бойынша тіркелгені туралы белгісі бар мынадай құжаттардың бірін ұсынады:</w:t>
-[...69 lines deleted...]
-              <w:t>Тиісті мемлекеттік органдар шектеу іс-шараларын жүзеге асырған, төтенше жағдай енгізілген, белгілі бір аумақта әлеуметтік, табиғи және техногендік сипаттағы төтенше жағдайлар туындаған жағдайларда № 065/у и 026/у-3 нысандағы медициналық анықтамаларды көрсетілетін қызметті алушылар осы аумақта шектеу іс-шараларын алып тастауға, төтенше жағдайдың қолданысын тоқтатуға қарай тікелей білім беру ұйымдарына ұсынады.</w:t>
+              <w:t>1) иностранец - вид на жительство иностранца в Республике Казахстан;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) лицо без гражданства - удостоверение лица без гражданства;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3) беженец - удостоверение беженца;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4) лицо, ищущее убежище - свидетельство лица, ищущего убежище;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>кандас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - удостоверение </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>кандаса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">При обращении через портал сведения о документе, удостоверяющего личность </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, свидетельство о рождении ребенка (паспорт, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>удоств</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личности</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> )</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, адресную справку </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>В случаях осуществления ограничительных мероприятий соответствующими государственными органами, введения чрезвычайного положения, возникновения чрезвычайных ситуаций социального, природного и техногенного характера на определенной территории медицинские справки формы № 065/</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и 026/у-3, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателями</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> данной территории предоставляются непосредственно в организации образования по мере снятия ограничительных мероприятий, прекращения действия чрезвычайного положения.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA1A2A" w:rsidTr="007F6AF0">
+      <w:tr w:rsidR="009B5738" w:rsidRPr="003B2D96" w:rsidTr="007F6AF0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA1A2A" w:rsidRDefault="00BA1A2A" w:rsidP="007F6AF0">
+          <w:p w:rsidR="009B5738" w:rsidRDefault="009B5738" w:rsidP="007F6AF0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1045" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA1A2A" w:rsidRDefault="00BA1A2A" w:rsidP="007F6AF0">
+          <w:p w:rsidR="009B5738" w:rsidRPr="003B2D96" w:rsidRDefault="009B5738" w:rsidP="007F6AF0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызметтер көрсетуден бас тартуы</w:t>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10881" w:type="dxa"/>
+            <w:tcW w:w="10726" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA1A2A" w:rsidRDefault="00BA1A2A" w:rsidP="007F6AF0">
+          <w:p w:rsidR="009B5738" w:rsidRPr="003B2D96" w:rsidRDefault="009B5738" w:rsidP="007F6AF0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...24 lines deleted...]
-              <w:t>3) сынып-жинақталымының шамадан тыс толуы.</w:t>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) установление недостоверности документов, представленных </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) несоответствие представленных документов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, необходимых для оказания государственной услуги, требованиям, установленным Типовыми правилами приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего и общего среднего образования, утвержденными приказом Министра образования и науки Республики Казахстан от 12 октября 2018 года № 546 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 17553);</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) переполненность </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>класс-комплектов</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA1A2A" w:rsidTr="007F6AF0">
+      <w:tr w:rsidR="009B5738" w:rsidRPr="003B2D96" w:rsidTr="007F6AF0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA1A2A" w:rsidRDefault="00BA1A2A" w:rsidP="007F6AF0">
+          <w:p w:rsidR="009B5738" w:rsidRDefault="009B5738" w:rsidP="007F6AF0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1045" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA1A2A" w:rsidRDefault="00BA1A2A" w:rsidP="007F6AF0">
+          <w:p w:rsidR="009B5738" w:rsidRPr="003B2D96" w:rsidRDefault="009B5738" w:rsidP="007F6AF0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>Мемлекеттік қызметтерді, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы ұсыну ерекшеліктерін ескеретін өзге де талаптары</w:t>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10881" w:type="dxa"/>
+            <w:tcW w:w="10726" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA1A2A" w:rsidRDefault="00BA1A2A" w:rsidP="007F6AF0">
+          <w:p w:rsidR="009B5738" w:rsidRPr="003B2D96" w:rsidRDefault="009B5738" w:rsidP="007F6AF0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...44 lines deleted...]
-              <w:t>Үшінші тұлғалардың қызмет алу шарттары</w:t>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) максимально допустимое время ожидания для сдачи пакета документов – 15 минут;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) максимально допустимое время обслуживания – 15 минут. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП родителей (законных представителей).</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, справочных служб </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, а также Единого </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>:</w:t>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>контакт-центра</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r>
-[...7 lines deleted...]
-              <w:t>Порталдағы "жеке кабинеттен" ақпарат сұралатын тұлғаның келісімімен, үшінші тұлғалардың электрондық сұранысы.</w:t>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "1414", 8-800-080-7777.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Условия получения услуги третьими лицами:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="003B2D96">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Электронный запрос третьих лиц, при условии согласия лица, в отношении которого запрашиваются сведения, предоставленного из "личного кабинета" на портале.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0045507A" w:rsidRDefault="0045507A">
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="1"/>
+    <w:p w:rsidR="0045507A" w:rsidRPr="009B5738" w:rsidRDefault="0045507A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="0045507A">
+    <w:sectPr w:rsidR="0045507A" w:rsidRPr="009B5738">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="90"/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00554589"/>
+    <w:rsidRoot w:val="000D773A"/>
+    <w:rsid w:val="000D773A"/>
     <w:rsid w:val="0045507A"/>
-    <w:rsid w:val="00554589"/>
-    <w:rsid w:val="00BA1A2A"/>
+    <w:rsid w:val="009B5738"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -1840,51 +3072,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00BA1A2A"/>
+    <w:rsid w:val="009B5738"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -2035,51 +3267,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00BA1A2A"/>
+    <w:rsid w:val="009B5738"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -2372,54 +3604,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1248</Words>
-  <Characters>7118</Characters>
+  <Words>1220</Words>
+  <Characters>6960</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>59</Lines>
+  <Lines>58</Lines>
   <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8350</CharactersWithSpaces>
+  <CharactersWithSpaces>8164</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>SQU</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>