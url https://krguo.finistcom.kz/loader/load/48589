--- v0 (2025-10-20)
+++ v1 (2025-10-20)
@@ -1,5520 +1,15197 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00142A87" w:rsidRPr="000C151E" w:rsidRDefault="00142A87" w:rsidP="00142A87">
-[...62 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="450" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="39"/>
+          <w:szCs w:val="39"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="39"/>
+          <w:szCs w:val="39"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>"Бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарына оқуға қабылдаудың үлгілік қағидаларын бекіту туралы" Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="39"/>
+          <w:szCs w:val="39"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="39"/>
+          <w:szCs w:val="39"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ілім және ғылым министрінің 2018 жылғы 12 қазандағы № 564 бұйрығына өзгерістер мен толықтырулар енгізу туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="666666"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="666666"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="666666"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="666666"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ілім және ғылым министрінің 2020 жылғы 24 маусымдағы № 264 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 25 маусымда № 20899 болып тіркелді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аңының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z12" w:history="1">
+        <w:r w:rsidRPr="002D55A0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>10-бабының</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> 1) тармақшасына сәйкес БҰЙЫРАМЫН:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. "Бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарына оқуға қабылдаудың үлгілік қағидаларын бекіту туралы" Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ілім және ғылым министрінің 2018 жылғы 12 қазандағы № 564 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="002D55A0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>бұйрығ</w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="002D55A0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ына</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17553 болып тіркелген, 2018 жылғы 26 қазанда "Қазақстан Республикасының нормативтік құқықтық актілерінің электрондық түрдегі эталондық бақылау банкі" АЖ-де электронды түрде жарияланған) мынадай өзгерістер мен толықтырулар енгізілсін:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      бұйрықтың </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="002D55A0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>кі</w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="002D55A0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>р</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="002D55A0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>іспесі</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "Білім туралы" 2007 жылғы 27 шілдедегі Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z8" w:history="1">
+        <w:r w:rsidRPr="002D55A0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>5-бабының</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11) тармақшасына және "Мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z12" w:history="1">
+        <w:r w:rsidRPr="002D55A0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>10-бабының</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> 1) тармақшасына сәйкес </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...75 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="z5"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>БҰЙЫРАМЫН:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      көрсетілген бұйрықпен бекітілген Бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қу бағдарламаларын іске асыратын білім беру ұйымдарына оқуға қабылдаудың үлгілік </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z11" w:history="1">
+        <w:r w:rsidRPr="002D55A0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>қағидаларында</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z6"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="z12" w:history="1">
+        <w:r w:rsidRPr="002D55A0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>1-тармақ</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "1. Осы Бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарына оқуға қабылдаудың үлгілік қағидалары (бұдан әрі – Үлгілік қағидалар) "Білім туралы" 2007 жылғы 27 шілдедегі Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аңының (бұдан әрі – Заң) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="z8" w:history="1">
+        <w:r w:rsidRPr="002D55A0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>5-бабының</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> 11) тармақшасына және "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аңының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:anchor="z12" w:history="1">
+        <w:r w:rsidRPr="002D55A0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>10-бабының</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> 1) тармақшасына сәйкес әзірленген, меншік нысанына және ведомстволық бағыныстылығына қарамастан бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарына (бұдан ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">і - білім беру ұйымдары) оқуға қабылдаудың тәртібін, сондай-ақ "Меншік нысанына және ведомстволық бағыныстылығына қарамастан бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру оқуға ұйымдарына құжаттарды қабылдау және оқуға қабылдау" және "Бастауыш, негізгі орта, жалпы орта білім беру ұйымдары арасында балаларды ауыстыру үшін құжаттарды қабылдау" </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсетілетін қызмет (бұдан әрі – мемлекеттік көрсетілетін қызмет) тәртібін </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ай</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z8"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="000C151E">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> 1. </w:t>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="z18" w:history="1">
+        <w:r w:rsidRPr="002D55A0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>7-тармақ</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      "7. Баланың немесе білім алушының ата-аналары немесе өзге де </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="000C151E">
-[...6 lines deleted...]
-        <w:t>Внести в приказ Министра образования и науки Республики Казахстан от 12 октября 2018 года №564 "Об утверждении Типовых правил приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего образования" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 17553, опубликован в ИС "Эталонный контрольный банк НПА РК в электронном виде" от 26 октября 2018</w:t>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="000C151E">
-[...82 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өкілдері баланың немесе білім алушының тілегі, жеке бейімділігі мен ерекшеліктерін ескере отырып және қабылдау шарттарына сәйкес білім беру ұйымдарын таңдайды.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z10"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="z21" w:history="1">
+        <w:r w:rsidRPr="002D55A0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>9-тармақ</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      "9. Бастауыш білімнің жалпы оқу бағдарламаларын іске асыратын білім беру ұйымдары дайындық деңгейіне қарамастан, білім беру ұйымы қызмет көрсететін аумақта тұратын барлық балалардың қолжетімділігін қамтамасыз ете отырып, алты жастағы және күнтізбелік жылда алты </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="000C151E">
-[...25 lines deleted...]
-        <w:t>:";</w:t>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жас</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-    </w:p>
-[...10 lines deleted...]
-      <w:bookmarkStart w:id="4" w:name="z8"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қа толатын балаларды бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інші сыныпқа қабылдауды қамтамасыз етеді.".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      мынадай мазмұндағы 9-1, 9-2, 9-3, 9-4, 9-5 және 9-6-тармақтармен толықтырылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "9-1. Құжаттарды қабылдау және мемлекеттік қызметті көрсетудің нәтижелерін беру екі тәсіл: көрсетілетін қызметті беруші арқылы "электрондық үкімет" веб-порталы (бұдан ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і – портал) және бастауыш, негізгі орта, жалпы орта білім беру ұйымдары арқылы (бұдан әрі - көрсетілетін қызметті беруші) қағаз тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мемлекеттік қызметті алу үшін баланың ата-аналары немесе өзге заңды өкілдері (бұдан ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і - көрсетілетін қызметті алушы) көрсетілетін қызметті берушіге мемлекеттік қызметті көрсету стандартында көрсетілген Үлгілік қағидаларға 1-қосымшаның сәйкес құжаттар тізбесін ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9-2. Бастауыш білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарының бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інші сыныбына қабылданатын балалардың ата-аналарынан немесе өзге де заңды өкілдерінен құжаттарды қабылдау ағымдағы күнтізбелік жылдың 1 сәуірінен бастап 1 тамызына дейін жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9-3. Портал арқылы жүгінген көрсетілетін қызметті алушының "жеке кабинетіне" мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызмет нәтижесінің алу күні мен уақытын көрсете отырып, мемлекеттік қызметті көрсету үшін өтінімнің қабылданғаны туралы хабарлама (құжаттарды қабылдау не дәлелді бас тарту) жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9-4. Портал арқылы жүгінген кезде көрсетілетін қызметті алушының "жеке кабинетіне" бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жұмыс күні ішінде көрсетілетін қызметті берушінің уәкілетті тұлғасының электрондық цифрлық қолтаңбасымен (бұдан әрі - ЭЦҚ) қол қойылған электрондық құжат нысанында баланың ағымдағы жылдың 1 қыркүйегінен бастап бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім беру ұйымына қабылданатыны туралы хабарлама не болмаса дәлелді бас тарту келеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9-5. Көрсетілетін қызметті беруші оқуға қабылдау кезінде ағымдағы жылғы 1 қыркүйектен бастап білім беру ұйымының қызмет көрсету аумағынан көрсетілетін қызметті алушыларға өтініш берген бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">інші үшеуге оқуға </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>қабылданғаны туралы, содан соң - ағымдағы жылғы 1 қыркүйектен бастап бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інші болып тіркелгендердің ішінен білім беру ұйымының қызмет көрсету аумағынан тыс 1 (бір) үміткерге оқуға қабылданғаны туралы хабарлама жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9-6. Көрсетілетін қызметті беруші арқылы өтінімді қағаз жеткізгіште берген кезде көрсетілетін қызметті берушінің қызметкері құжаттарды тіркейді және бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жұмыс күні ішінде көрсетілетін қызметті алушыға Үлгілік қағидаларға 1-қосымшаға сәйкес нысан бойынша баланың ағымдағы жылғы 1 қыркүйектен бастап қабылданатыны немесе дәлелді бас тарту туралы қолхат береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Өтінімді қағаз жеткізгіште берген жағдайда, көрсетілетін қызметті беруші баланы қабылдаған кезде ағымдағы жылғы 1 қыркүйектен бастап білім беру ұйымының қызмет көрсету аумағынан көрсетілетін қызметті алушыға өтініш берген бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інші үшеуін қабылдау туралы, содан кейін - ағымдағы жылғы 1 қыркүйектен бастап бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інші болып тіркелгендердің ішінен білім беру ұйымының қызмет көрсету аумағынан тыс 1 (бір) үміткерге қабылдау туралы хабарлама жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Білім беру ұйымы бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інші сыныпқа қабылдау туралы бұйрықты ағымдағы жылғы 25 тамыздан кейін шығарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z19"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidRPr="000C151E">
-[...363 lines deleted...]
-        <w:t xml:space="preserve"> 10-4. </w:t>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:anchor="z29" w:history="1">
+        <w:r w:rsidRPr="002D55A0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>10-тармақ</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      "10. Бастауыш, негізгі орта, жалпы орта білім беру ұйымдары арасында балаларды ауыстыру үшін құжаттарды қабылдау осы Қағидаларға 2-қосымшаға сәйкес "Бастауыш, негізгі орта, жалпы орта білім беру ұйымдары арасында балаларды ауыстыру үшін құжаттарды қабылдау" мемлекеттік </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="000C151E">
-[...6 lines deleted...]
-        <w:t>В случае получения услуги на бумажном носителе выбывающий из организации образования предоставляет талон о прибытии в другую организацию образования, в котором указывается его фамилия, имя, отчество (при наличии), дата рождения, класс обучения, школа с указанием адреса, далее выдается открепительный талон о выбытии с указанием фамилии, имени, отчества (при наличии), даты рождения, класса обучения, школы с указанием адреса и его личное</w:t>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="000C151E">
-[...43 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызмет стандартына сәйкес портал арқылы немесе көрсетілетін қызметті беруші арқ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ылы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қағаз жеткізгіште жүзеге асырылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      мынадай мазмұндағы 10-1, 10-2, 10-3, 10-4, 10-5, 10-6 және 10-7- тармақтармен толықтырылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "10-1. "Бастауыш, негізгі орта, жалпы орта білім беру ұйымдары арасында балаларды ауыстыру үшін құжаттарды қабылдау" мемлекеттік қызметі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н алу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін көрсетілетін қызметті алушы Үлгілік қағидаларға 2-қосымшадағы мемлекеттік қызметті көрсету стандартында көрсетілген құжаттар тізбесін портал немесе қағаз жеткізгіш арқылы тапсырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10-2. Портал арқылы жүгінген жағдайда көрсетілетін қызметті алушының "жеке кабинетіне" мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызметке өтінімнің қабылданғаны туралы мәртебе жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Көрсетілетін қызметті алушы электрондық есептен шығару талонын және көрсетілетін қызметті берушінің </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әкілетті тұлғасының ЭЦҚ қойылған электрондық құжат нысанында білім беру ұйымына қабылданғаны туралы хабарламаны немесе дәлелді бас тартуды алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>руководителей организаций образования о зачислении/отчислении на основании подтверждающих документов.</w:t>
-[...111 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>      10-3. Көрсетілетін қызметті алушыдан құжаттарды қағаз жеткізгіште қабылдаған кезде көрсетілетін қызметті беруші тиі</w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="000C151E">
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> обеспечивает внесение сведений о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке согласно подпункту 11) пункта 2 статьи 5 Закона.";</w:t>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ст</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-    </w:p>
-[...10 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і құжаттардың қабылданғаны және қабылданғаны туралы қолхат немесе дәлелді бас тарту береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10-4. Көрсетілетін қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ызметт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і қағаз жеткізгіште алған жағдайда білім беру ұйымынан шығатын оқушы басқа білім беру ұйымына келгені туралы тегі, аты, әкесінің аты (бар болса), туған күні, оқу сыныбы, мектептің мекенжайы көрсетілген талон береді, осыдан кейін оған тегі, аты, әкесінің аты (бар болса), туған күні, оқу сыныбы, мектебінің мекенжайы және оның жеке і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і көрсетілген шығуы туралы есептен шығ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ару</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> талоны беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10-5. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кету туралы есептен шығару талоны білім беру ұйымына білім алушының келуі және жеке ісін тапсыру үшін беріледі. Бастауыш, негізгі орта, орта білім берудің білім беру бағдарламаларын іске асыратын орта білім беру ұйымынан екіншісіне ауыстыру растайтын құжаттардың негізінде б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім беру ұйымдары басшыларының қабылдау/шығару туралы бұйрықтарымен жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10-6. Көрсетілетін қызметті алушы құжаттар топтамасын толық ұсынбаған және (немесе) қолданылу мерзімі өткен құжаттарды ұсынған, ұсынылған құжаттарының дұрыс еместігі анықталған жағдайда көрсетілетін қызметті беруші өтіні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і қабылдаудан бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10-7. Көрсетілетін қызметті беруш</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аңның 5-бабы </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:anchor="z42" w:history="1">
+        <w:r w:rsidRPr="002D55A0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>2-тармағының</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> 11) тармақшасына сәйкес тәртіппен мемлекеттік қызметтерді көрсетуді мониторингілеу ақпараттық жүйесіне мемлекеттік қызмет көрсету сатысы туралы мәліметтерді енгізуді қамтамасыз етеді.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z29"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:anchor="z35" w:history="1">
+        <w:r w:rsidRPr="002D55A0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>15</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:anchor="z36" w:history="1">
+        <w:r w:rsidRPr="002D55A0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>16</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:anchor="z37" w:history="1">
+        <w:r w:rsidRPr="002D55A0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>17</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:anchor="z42" w:history="1">
+        <w:r w:rsidRPr="002D55A0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>18</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:anchor="z43" w:history="1">
+        <w:r w:rsidRPr="002D55A0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>19</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:anchor="z44" w:history="1">
+        <w:r w:rsidRPr="002D55A0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>20</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:anchor="z45" w:history="1">
+        <w:r w:rsidRPr="002D55A0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>21</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:anchor="z46" w:history="1">
+        <w:r w:rsidRPr="002D55A0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>22</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:anchor="z47" w:history="1">
+        <w:r w:rsidRPr="002D55A0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>23</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:anchor="z48" w:history="1">
+        <w:r w:rsidRPr="002D55A0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>24</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, және </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29" w:anchor="z49" w:history="1">
+        <w:r w:rsidRPr="002D55A0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>25-тармақтар</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "15. Мамандандырылған білім беру ұйымдарына оқуға қабылдау конкурстық негізде жүргізіледі (бұдан әр</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>конкурс).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мамандандырылған білім беру ұйымы өзінің интернет-ресурсында конкурстық і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іктеуді жүргізу кезінде сынып-жинақтарды қалыптастыруды жүзеге асыруға мүмкіндік беретін квотаны орналастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      16. Мамандандырылған білім беру ұйымына </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>түсуге</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үміткерлердің ата-аналарынан/заңды өкілдерінен конкурсқа қатысу үшін құжаттарды қабылдау ағымдағы күнтізбелік жылдың 1 наурызынан 1 сәуірге дейін жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      17. Мамандандырылған бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ім беру ұйымы басшысының бұйрығымен құжаттарды қабылдау үшін жауапты тұлға тағайындалады. Жауапты тұлға </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>конкурс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қа қатысуға үміткерлердің электрондық базасын құруға (мамандандырылған білім беру ұйымының атауы, аты-жөні, ЖСН, сыныбы, оқыту тілі, электрондық мекен-жайы, дипломдарының көшірмелері (бар болса) жауапты болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      18. Конкурсқа қатысу үшін үміткердің ата-анасы/заңды өкілі белгіленген мерзімде мамандандырылған білім беру ұйымының интернет-ресурсында тіркеуден </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>өтеді немесе мамандандырылған білім беру ұйымына жауапты тұлғағ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> келесі құжаттарды ұсынады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) баланың ата-анасынан немесе өзге де </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өкілдерінен өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) ЖСН (қосымшада) көрсетілген үміткердің туу туралы куәлігінің көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) үміткердің электрондық мекен-жайын көрсете отырып, үміткердің оқу орнынан ұйымның мө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>імен расталған фотосуреті бар анықтамасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) үміткердің 3х4 көлеміндегі 2 дана фотосуреті;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) бар болса Қазақстан Республикасы Білім және ғылым министрлігінің "Дарын" республикалық ғылыми-практикалық орталығы (бұдан әр</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>"Дарын" орталығы), облыстық, Нұр-Сұлтан, Алматы, Шымкент қалаларының білім басқармалары өткізетін республикалық олимпиадаларға қатысқаны туралы дипломның көшірмесі қоса беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      19. Конкурсқа қатысу туралы өтіні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і белгіленген мерзімнен кеш беру немесе құжаттар топтамасын толық ұсынбау құжаттарды қабылдаудан бас тарту үшін негіз бола алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      20. Құжаттарды қабылдау аяқталғаннан кейін 3 сәуірге дейін әрбі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мамандандырылған білім беру ұйымының жауапты тұлғасы конкурсқа қатысу үшін үміткерлердің электрондық базасын "Дарын" орталығына тест материалдарын қалыптастыру үшін тапсырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      21. "Дарын" орталығы басшысының бұйрығымен үміткерлердің электрондық базасымен жұмыс істеуге жауапты тұлға анықталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      22. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>"Дарын" орталығы оқуға қабылдау үшін конкурсты ұйымдастыру және өткізу үшін конкурстық комиссия құрады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      23. Конкурстық комиссияның құрамына конкурстық комиссияның төрағасы, Қазақстан Республикасы Білім және ғылым министрлігі Білім және ғылым саласындағы сапаны қамтамасыз ету комитетінің өңірлік органдарының, "Дарын" орталығының оқ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>у-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдістемелік кеңесінің, арнайы мониторингтік топтар қызметкерлері, білім беру саласындағы қоғамдық ұйымдар өкілдері кіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      24. Конкурстық комиссияның төрағасы Комиссия </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">үшелерінің арасынан сайланады. Комиссия мүшелерінің саны тақ санды құрауы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, бірақ жеті адамнан кем болмауы тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      25. Мамандандырылған білім беру ұйымы "Мың бала" ауыл мектептерінің ұлттық зияткерлік олимпиада жеңімпаздары үшін </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7-сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қа қабылданатын оқушылардың жалпы санының он пайызы мөлшерінде квотаны бекітеді.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      мынадай мазмұндағы 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45 және 46-тармақтармен толықтырылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "26. Мамандандырылған білім беру ұйымдарына і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іктеу жүргізу үшін конкурстық материалдарды "Дарын" орталығының оқу-әдістемелік кеңесі әзірлейді және бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      27. Конкурс "Дарын" орталығы белгілеген мерзімде бекітілген кестеге сәйкес 15 – 30 сәуі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аралығында өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      28. Конкурстық і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іктеуді өткізу кестесі мамандандырылған білім беру ұйымдарының және "Дарын" орталығының интернет-ресурстарында 5 сәуірден бастап 15 сәуірге дейін орналастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      29. Конкурс офф-лайн (тестілеу) режимінде өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      30. Конкурсты өткізу үшін тест материалдарын "Дарын" орталығының қызметкерлері конкурс басталғанға дейін бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> күн бұрын мамандандырылған білім беру ұйымдарына қағаз түрінде (пломбаланған) жеткізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      31. Конкурс әрбі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өңірде жергілікті атқарушы органдармен келісім бойынша "Дарын" орталығы алдын ала айқындайтын мамандандырылған білім беру ұйымының базасында өтеді. Үміткерлер арасында конкурс және қорытынды шығару әрбір мамандандырылған білім беру ұйымы бөлінісінде өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      32. Білім алушыларды мамандандырылған білім беру ұйымдарына қабылдаудың ашықтығын қамтамасыз ету үшін ғимаратқа, аудиторияға және конкурстық і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іктеу алаңына енгізу үшін қолданылатын бейнебақылау және дыбыс жазу жүйесі орнатылады. Мамандандырылған бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім беру ұйымы конкурсты өткізу үшін техникалық жабдықтармен жарақтандырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      33. 7-сыныпқа түсушілерге арналған тестілеу келесі </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әндер бойынша 75 сұрақтан тұрады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      - математика және логика - 55 сұрақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      - оқу сауаттылығы - 10 сұрақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      - Қазақстан тарихы - 10 сұрақ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6-сыныпқа түсушілерге арналған тестілеу келесі </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әндер бойынша 60 сұрақтан тұрады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      - математика және логика - 35 сұрақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      - оқу сауаттылығы - 15 сұрақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      - Қазақстан тарихы - 10 сұрақ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5-сыныпқа түсушілерге арналған тестілеу келесі </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әндер бойынша 40 сұрақтан тұрады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      - математика және логика - 30 сұрақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      - оқу сауаттылығы - 10 сұрақ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      34. Тапсырмаларды шешуге бөлінген уақыт 7 сыныпта - 120 минут, 6 сыныпта - 90 минут, 5 сыныпта- 60 минут, (тест материалдарын тарату, жауап парағының бөлімдерін толтыру, сондай-ақ көрсетілген уақ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қа түсіндіру жұмыстары кірмейді).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      35. Тестілеудің қорытынды нәтижелерін есептеу кезінде дұрыс жауаптар саны "4" (төрт) коэффициентіне көбейтіледі, ал бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дұрыс емес жауап "-1" коэффициентіне көбейтіледі. Осылайша, жалпы қорытынды есептеледі (4* дұрыс жауап + ( - ) * дұрыс емес жауап= жалпы қорытынды балл).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      36. Нәтижелерді өңдеуді Конкурстық комиссия жауап парақтарын сканерлеу арқылы жүргізеді, нәтижелерді алу "Дарын" орталығының бірыңғай тексеру жүйесі арқылы қамтамасыз етіледі. Сұра</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кітапшасы қарастырылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      37. Конкурстық і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іктеу нәтижелері бойынша апелляция жүргізілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      38. "Дарын" орталығы, облыстық, Нұр-Сұлтан, Алматы, Шымкент қалалары білім басқармалары өткізетін республикалық </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>олимпиадалар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға қатысу туралы дипломның облыстық кезеңінің жеңімпаздары мен жүлдегерлері бірдей балл жинаған жағдайда мамандандырылған білім беру ұйымына қабылдау кезінде басымдыққа ие болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      39. "Білім-инновация лицейді" қоспағанда, мамандандырылған білім беру ұйымдарына оқуға түсушілерге конкурстық і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іктеу бір турда (тестілеу) өткізіледі. "Білім-инновация" лицейіне конкурстық іріктеу және қабылдау "Білім-Инновация" халықаралық қоғамдық қоры белгілеген тәртіппен жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      40. Мамандандырылған білім беру ұйымына оқуға үміткерлерді қабылдау әрбі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мамандандырылған білім беру ұйымының бөлінісінде бос орындарға сәйкес баллдардың ең көп санынан басталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      41. Үміткерлерді конкурстық і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іктеудің қорытындылары конкурстық комиссияның хаттамасымен ресімделеді және "Дарын" орталығының және мамандандырылған білім беру ұйымының интернет-ресурстарында конкурстық іріктеу өткізілгеннен кейінгі келесі күннен кешіктірмей орналастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      42. Конкурс қорытындылары бойынша мамандандырылған білім беру ұйымының басшысы 5 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мамыр</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға дейін келесі оқу жылының 1 қыркүйегінде мамандандырылған білім беру ұйымына қабылдау туралы бұйрық, резервтік тізімге қабылдау туралы бұйрық шығарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      43. Үміткерлердің резервтік тізімін конкурстық комиссия негізгі бос </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орындар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға кірмеген конкурсқа үміткерлер қатарынан (10 үміткерден артық емес) жиналған балдардың сомасы бойынша кему тәртібімен қалыптастырады және мамандандырылған білім беру ұйымының интернет-ресурсында орналастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      44. Резервтік тізімге енгізілген үміткерлер мамандандырылған білім беру ұйымдарына бос орын болған жағдайда </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қу жылының ішінде қабылдана алады. Бос орындардың болуы мамандандырылған бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім беру ұйымның интернет-ресурсында орналастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      45. 8-11-сыныптарда орын босаған жағдайда мамандандырылған білім беру ұйымы конкурстық і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іктеуді дербес жүргізеді, бірақ Қазақстан Республикасы Денсаулық сақтау министрлігінің 217 жылғы 16 тамыздағы № 611 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="002D55A0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>бұйрығмен</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізбесінде № 15681 болып тіркелген) Білім беру нысандарына қойылатын санитарлық эпидемиологиялықс </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>талаптар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға сәйкес бекітілген оқушылар санынан аспайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>46. Әскери іс, спорттың және өнердің негіздері бойынша дарынды балаларды жетілдіруге бағытталған білім беретін мамандандырылған білім беру ұйымдары, мектеп Жарғысына сәйкес, функционалды кәсіби, психологиялық және физиологиялық мәліметтерді ескере отырып, талапкерлердің екінші турын өткізеді.";</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      мынадай мазмұндағы 3-тараумен толықтырылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      "3-тарау. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызметтерді көрсету мәселелері бойынша республикалық маңызы бар қаланың және астананың, ауданның (облыстық маңызы бар қаланың) жергілікті атқарушы органдарының көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      47. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызметтерді көрсету мәселелері бойынша көрсетілетін қызметті берушінің шешіміне, әрекетіне (әрекетсіздігіне) шағым Қазақстан Республикасының заңнамасына сәйкес көрсетілетін қызметті берушінің басшысының атына, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">і </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орган</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға берілуі мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Көрсетілетін қызметті берушінің мекенжайына келіп түскен көрсетілетін қызметті алушының шағымы "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аңының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId31" w:anchor="z29" w:history="1">
+        <w:r w:rsidRPr="002D55A0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>25-бабының</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> 2) тармағына сәйкес тіркелген күнінен бастап 5 (бес) жұмыс күні ішінде қаралуға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мемлекеттік қызметтерді көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға келі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап 15 (он бес) жұмыс күні ішінде қаралуға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      48. Мемлекеттік қызмет көрсету нәтижелерімен келіспеген жағдайда көрсетілетін қызметті алушы Қазақстан Республикасының заңнамасында белгіленген тәртіппен </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сот</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қа жүгінуге құқылы.".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Мыналардың:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) "Орта білім беру саласында жергілікті атқарушы органдармен мемлекеттік көрсетілетін қызметтер стандарттарын бекіту туралы" Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ілім және ғылым министрінің 2015 жылғы 8 сәуірдегі № 179 бұйрығының (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нде № 11057 болып тіркелген, 2015 жылғы 22 мамырда Қазақстан Республикасы "Әділет" ақпараттық-құқықтық жүйесінде жарияланған) 1-тармағының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32" w:anchor="z3" w:history="1">
+        <w:r w:rsidRPr="002D55A0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>1) тармақшасының</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) "Орта білім беру саласында жергілікті атқарушы органдармен мемлекеттік көрсетілетін қызметтер стандарттарын бекіту туралы" Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ілім және ғылым министрінің 2015 жылғы 8 сәуірдегі № 179 бұйрығына өзгерістер мен толықтыру енгізу туралы" Қазақстан Республикасы Білім және ғылым министрінің 2018 жылғы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаңтардағы № 28 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId33" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="002D55A0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>бұйрығының</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16749 болып тіркелген, 2018 жылғы 20 сәуірде Қазақстан Республикасы нормативтік құқықтық актілерінің Эталондық бақылау банкінде жарияланған) күші жойылды </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> танылсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ілім және ғылым министрлігінің Мектепке дейінгі және орта білім беру комитеті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) осы бұйрық ресми жарияланғаннан кейін оны Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ілім және ғылым министрлігінің интернет-ресурсында орналастыруды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) осы бұйрық мемлекеттік тіркелген күннен бастап он жұмыс күні ішінде осы тармақтың 1) және 2) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ілім және ғылым министрлігінің Заң департаментіне жіберуді қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Осы бұйрықтың орындалуын бақылау Қазақстан Республикасыны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ілім және ғылым вице-министрі Ш.Т.Кариноваға жүктелсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>олданыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қа енгізіледі.</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblW w:w="13380" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5081"/>
+        <w:gridCol w:w="8702"/>
+        <w:gridCol w:w="4678"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00142A87" w:rsidRPr="00142A87" w:rsidTr="00142A87">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidTr="002D55A0">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5081" w:type="dxa"/>
+            <w:tcW w:w="6000" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00142A87" w:rsidRPr="00142A87" w:rsidRDefault="00142A87" w:rsidP="00142A87">
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...3 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00142A87">
-[...12 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>      Қазақстан Республикасыны</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ң</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...109 lines deleted...]
-              <w:t xml:space="preserve">среднего образования </w:t>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ілім және ғылым министрі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3225" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>А. Аймагамбетов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00142A87" w:rsidRDefault="00142A87" w:rsidP="00142A87">
-[...8 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "КЕЛІСІЛДІ"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қазақстан Республикасының</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Цифрлық даму, инновациялар және аэроғарыш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      өнеркә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сіб</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і министрлігі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      ____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "____" ______________ 2020 жыл</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblW w:w="10847" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="467"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2545"/>
+        <w:gridCol w:w="5887"/>
+        <w:gridCol w:w="4960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00142A87" w:rsidRPr="000C151E" w:rsidTr="00142A87">
-[...5 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidTr="002D55A0">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6503" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="5887" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00142A87" w:rsidRPr="000C151E" w:rsidRDefault="00142A87" w:rsidP="000C5C0F">
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000C151E">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
-            </w:r>
-[...103 lines deleted...]
-              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2309" w:type="dxa"/>
+            <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00142A87" w:rsidRPr="000C151E" w:rsidRDefault="00142A87" w:rsidP="000C5C0F">
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000C151E">
-[...41 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:bookmarkStart w:id="5" w:name="z76"/>
+            <w:bookmarkEnd w:id="5"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ілім және ғылым министрінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>2020 жылғы 24 маусымдағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>№ 264 бұйрығына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidTr="002D55A0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5887" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6633" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00142A87" w:rsidRPr="000C151E" w:rsidRDefault="00142A87" w:rsidP="000C5C0F">
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
-[...4 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000C151E">
-[...26 lines deleted...]
-              <w:t>).</w:t>
+            <w:bookmarkStart w:id="6" w:name="z77"/>
+            <w:bookmarkEnd w:id="6"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бастауыш, негізгі орта және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>жалпы орта білімнің жалпы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">білім беретін </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>бағдарламаларын іске асыратын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>білім беру ұйымдарына оқуға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>қабылдаудың үлгілік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>қағидасына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00142A87" w:rsidRPr="000C151E" w:rsidTr="00142A87">
-[...11 lines deleted...]
-        </w:trPr>
+    </w:tbl>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:vanish/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="395"/>
+        <w:gridCol w:w="2232"/>
+        <w:gridCol w:w="6878"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidTr="002D55A0">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="443" w:type="dxa"/>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00142A87" w:rsidRPr="000C151E" w:rsidRDefault="00142A87" w:rsidP="000C5C0F">
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000C151E">
-[...5 lines deleted...]
-              <w:t>2</w:t>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>"Бастауыш, негізгі орта, жалпы орта білім берудің жалпы білім беретін бағдарламалары бойынша оқыту үшін ведомстволық бағыныстылығына қарамастан білім беру ұйымдарына құжаттарды қабылдау және оқ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ға қабылдау" мемлекеттік қызметті көрсету стандарты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidTr="002D55A0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="208" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2309" w:type="dxa"/>
+            <w:tcW w:w="1174" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00142A87" w:rsidRPr="000C151E" w:rsidRDefault="00142A87" w:rsidP="000C5C0F">
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000C151E">
-[...77 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушінің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6633" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3618" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00142A87" w:rsidRPr="000C151E" w:rsidRDefault="00142A87" w:rsidP="000C5C0F">
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="13" w:name="z157"/>
-[...99 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бастауыш, негізгі орта, жалпы орта білім беру ұйымдары (бұдан ә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>і – көрсетілетін қызметті беруші)</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="13"/>
       </w:tr>
-      <w:tr w:rsidR="00142A87" w:rsidRPr="000C151E" w:rsidTr="00142A87">
-[...11 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidTr="002D55A0">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="443" w:type="dxa"/>
+            <w:tcW w:w="208" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00142A87" w:rsidRPr="000C151E" w:rsidRDefault="00142A87" w:rsidP="000C5C0F">
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000C151E">
-[...5 lines deleted...]
-              <w:t>3</w:t>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2309" w:type="dxa"/>
+            <w:tcW w:w="1174" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00142A87" w:rsidRPr="000C151E" w:rsidRDefault="00142A87" w:rsidP="000C5C0F">
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...62 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мемлекеттік </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өрсетілетін қызметті ұсыну тәсілдері</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6633" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3618" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00142A87" w:rsidRPr="000C151E" w:rsidRDefault="00142A87" w:rsidP="000C5C0F">
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...51 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1) www.egov.kz "электрондық үкімет" веб-порталы (бұдан ә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>і – портал) арқылы;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>2) көрсетілетін қызметті беруші арқылы жүзеге асырылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00142A87" w:rsidRPr="000C151E" w:rsidTr="00142A87">
-[...11 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidTr="002D55A0">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="443" w:type="dxa"/>
+            <w:tcW w:w="208" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00142A87" w:rsidRPr="000C151E" w:rsidRDefault="00142A87" w:rsidP="000C5C0F">
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000C151E">
-[...5 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2309" w:type="dxa"/>
+            <w:tcW w:w="1174" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00142A87" w:rsidRPr="000C151E" w:rsidRDefault="00142A87" w:rsidP="000C5C0F">
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...62 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметті көрсету мерзі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6633" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3618" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00142A87" w:rsidRPr="000C151E" w:rsidRDefault="00142A87" w:rsidP="000C5C0F">
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...33 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушіге құжаттар топтамасын тапсырған, сондай-ақ портал арқылы жүгінген сәтінен бастап – қолхат алу үшін бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жұмыс күні;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Бастауыш, негізгі орта, жалпы орта білім беру ұйымдарына қабылдау үшін:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>сырттай және кешкі оқу нысанына – 30 тамыздан кешіктірмей;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>1-сыныпқа – 1 сәуірден 1 тамыз аралығында.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00142A87" w:rsidRPr="000C151E" w:rsidTr="00142A87">
-[...11 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidTr="002D55A0">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="443" w:type="dxa"/>
+            <w:tcW w:w="208" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00142A87" w:rsidRPr="000C151E" w:rsidRDefault="00142A87" w:rsidP="000C5C0F">
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000C151E">
-[...5 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2309" w:type="dxa"/>
+            <w:tcW w:w="1174" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00142A87" w:rsidRPr="000C151E" w:rsidRDefault="00142A87" w:rsidP="000C5C0F">
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...62 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметті көрсету нысаны</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6633" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3618" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00142A87" w:rsidRPr="000C151E" w:rsidRDefault="00142A87" w:rsidP="000C5C0F">
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="14" w:name="z158"/>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Выдача расписки </w:t>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Электронды / қағаз тү</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="000C151E">
-[...6 lines deleted...]
-              <w:t>о приеме документов на перевод из одной организации среднего образования в другую по форме</w:t>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="000C151E">
-[...177 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>інде</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="14"/>
       </w:tr>
-      <w:tr w:rsidR="00142A87" w:rsidRPr="000C151E" w:rsidTr="00142A87">
-[...11 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidTr="002D55A0">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="443" w:type="dxa"/>
+            <w:tcW w:w="208" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00142A87" w:rsidRPr="000C151E" w:rsidRDefault="00142A87" w:rsidP="000C5C0F">
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000C151E">
-[...5 lines deleted...]
-              <w:t>6</w:t>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2309" w:type="dxa"/>
+            <w:tcW w:w="1174" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00142A87" w:rsidRPr="000C151E" w:rsidRDefault="00142A87" w:rsidP="000C5C0F">
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000C151E">
-[...36 lines deleted...]
-              <w:t>и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметті көрсету нәтижелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6633" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3618" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00142A87" w:rsidRPr="000C151E" w:rsidRDefault="00142A87" w:rsidP="000C5C0F">
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Құжаттарды қабылдау туралы қолхат беру және осы орта бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ім беру ұйымына қабылдау туралы бұйрық шығару Стандарттың 1-қосымшасына сәйкес нысан бойынша жүзеге асырылады.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Портал арқылы жүгінген кезде көрсетілетін қызметті алушының "жеке кабинетіне" көрсетілетін қызметті берушінің уәкілетті тұлғасының электрондық цифрлық қолтаңбасы (бұдан ә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>і - ЭЦҚ) қойылған электрондық құжат нысанында білім беру ұйымына қабылданғаны туралы хабарлама келеді.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Көрсетілетін қызметті беруші қабылдау барысында ағымдағы жылғы 1 қыркүйектен бастап өз аумағынан өтініш берген үш көрсетілетін қызметті алушыға, содан кейін - </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бас</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қа аумақтан алдыңғы тіркелгендер қатарынан 1 (бір) үміткерге ағымдағы жылғы 1 қыркүйектен бастап қабылданғаны туралы хабарлама жолдайды.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Мемлекеттік қызметті көрсетуден бас тарту кезінде көрсетілетін қызметті беруші көрсетілетін қызметті </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>алушы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ға бас тарту себептерін көрсете отырып, дәлелді жауап жолдайды.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Көрсетілетін қызметті берушіге мемлекеттік қызмет көрсету нәтижесі үшін қағаз жеткізгіште жүгінген кезде нә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тиже</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қағаз жеткізгіште ресімделеді.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00142A87" w:rsidRPr="000C151E" w:rsidTr="00142A87">
-[...11 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidTr="002D55A0">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="443" w:type="dxa"/>
+            <w:tcW w:w="208" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00142A87" w:rsidRPr="000C151E" w:rsidRDefault="00142A87" w:rsidP="000C5C0F">
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000C151E">
-[...6 lines deleted...]
-              <w:t>7</w:t>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2309" w:type="dxa"/>
+            <w:tcW w:w="1174" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00142A87" w:rsidRPr="000C151E" w:rsidRDefault="00142A87" w:rsidP="000C5C0F">
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...26 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметті көрсету кезінде көрсетілетін қызметті алушыдан алынатын тө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>лем м</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6633" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3618" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00142A87" w:rsidRPr="000C151E" w:rsidRDefault="00142A87" w:rsidP="000C5C0F">
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="15" w:name="z161"/>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тегі</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="000C151E">
-[...43 lines deleted...]
-              <w:t>2) портала – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении</w:t>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>н</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="000C151E">
-[...184 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="15"/>
       </w:tr>
-      <w:tr w:rsidR="00142A87" w:rsidRPr="000C151E" w:rsidTr="00142A87">
-[...11 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidTr="002D55A0">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="443" w:type="dxa"/>
+            <w:tcW w:w="208" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00142A87" w:rsidRPr="000C151E" w:rsidRDefault="00142A87" w:rsidP="000C5C0F">
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000C151E">
-[...5 lines deleted...]
-              <w:t>8</w:t>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2309" w:type="dxa"/>
+            <w:tcW w:w="1174" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00142A87" w:rsidRPr="000C151E" w:rsidRDefault="00142A87" w:rsidP="000C5C0F">
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000C151E">
-[...6 lines deleted...]
-              <w:t>Перечень документов необходимых для оказания государственной услуги</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ұмыс кестесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6633" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3618" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00142A87" w:rsidRPr="000C151E" w:rsidRDefault="00142A87" w:rsidP="000C5C0F">
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="16" w:name="z165"/>
-[...33 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1) көрсетілетін қызметті беруші - 2015 жылғы 23 қарашадағы Қазақстан Республикасының Еңбек </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:anchor="z205" w:history="1">
+              <w:r w:rsidRPr="002D55A0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                  <w:color w:val="073A5E"/>
+                  <w:spacing w:val="2"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>кодексіне</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> (бұдан ә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>і – Кодекс) сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбіден бастап жұманы қоса алғанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен, белгіленген жұмыс кестесіне сәйкес сағат 9.00-ден 18.30-ға дейін.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...13 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:t>2) портал – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:anchor="z205" w:history="1">
+              <w:r w:rsidRPr="002D55A0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                  <w:color w:val="073A5E"/>
+                  <w:spacing w:val="2"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>Кодекске</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес демалыс және мереке күндері </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">жүгінген кезде өтініштерді қабылдау және мемлекеттік </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өрсетілетін қызмет нәтижелерін беру келесі жұмыс күні жүзеге асырылады).</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...13 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:t>Мемлекеттік қызметті көрсету орындарының мекенжайлары:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...24 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:t>1) көрсетілетін қызметті берушінің интернет-ресурсында;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...188 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>2) www.egov.kz порталында орналасқан.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="16"/>
       </w:tr>
-      <w:tr w:rsidR="00142A87" w:rsidRPr="000C151E" w:rsidTr="00142A87">
-[...11 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidTr="002D55A0">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="443" w:type="dxa"/>
+            <w:tcW w:w="208" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00142A87" w:rsidRPr="000C151E" w:rsidRDefault="00142A87" w:rsidP="000C5C0F">
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000C151E">
-[...5 lines deleted...]
-              <w:t>9</w:t>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2309" w:type="dxa"/>
+            <w:tcW w:w="1174" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00142A87" w:rsidRPr="000C151E" w:rsidRDefault="00142A87" w:rsidP="000C5C0F">
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000C151E">
-[...6 lines deleted...]
-              <w:t>Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызмет көрсету үшін қажетті құжаттардың тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6633" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3618" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00142A87" w:rsidRPr="000C151E" w:rsidRDefault="00142A87" w:rsidP="000C5C0F">
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="17" w:name="z171"/>
-[...50 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>көрсетілетін қызметті берушіге:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
+              <w:t xml:space="preserve">1) осы </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="000C151E">
-[...26 lines deleted...]
-              <w:t>, необходимых для оказания государственной услуги, требованиям, установленным Типовыми правилами приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего и общего среднего образования, утвержденными приказом Министра образования и науки Республики Казахстан от 12 октября 2018 года №546 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 17553);</w:t>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>стандарт</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="000C151E">
-[...3 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қа 2-қосымшаға сәйкес өтініш;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">3) переполненность </w:t>
+              <w:t>2) жеке басын растайтын құжаттың тү</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="000C151E">
-[...6 lines deleted...]
-              <w:t>класс-комплектов</w:t>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>пн</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="000C151E">
-[...6 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ұсқасы (жеке басын сәйкестендіру үшін талап етіледі),</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>3) денсаулық жағдайы туралы анықтама ("Денсаулық сақтау ұйымдарының бастапқы медициналық құжаттама нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2010 жылғы 23 қарашадағы № 907 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:anchor="z1" w:history="1">
+              <w:r w:rsidRPr="002D55A0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                  <w:color w:val="073A5E"/>
+                  <w:spacing w:val="2"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>бұйрығ</w:t>
+              </w:r>
+              <w:proofErr w:type="gramStart"/>
+              <w:r w:rsidRPr="002D55A0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                  <w:color w:val="073A5E"/>
+                  <w:spacing w:val="2"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>ымен</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> бекітілген № 063/у нысан (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6697 болып тіркелген) және "Бала денсаулығы паспорты" 026/у-3 есеп нысанын толтыру және жүргізу жөніндегі Нұсқаулықты бекіту туралы" Қазақстан Республикасының Денсаулық сақтау министрін</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ің м.а. 2003 жылғы 24 маусымдағы № 469 бұйрығымен бекітілген № 026/у-3 нысан (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 2423 болып тіркелген));</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>4) баланың 2 данада 3х4 см өлшеміндегі фотосурет</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Ерекше білім берілуіне қажеттілігі бар балаларды білім беру ұйымдарына оқуға қабылдау үшін заңды өкілдерінің келісімі болған жағдайда педагогикалы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қ-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>медициналық-психологиялық комиссияның қорытындысы қосымша беріледі.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Шетелдік және азаматтығы жоқ көрсетілетін қызметті алушылар өздерінің мәртебесін айқындайтын, тұ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ғылықты жері бойынша тіркелгені туралы белгісі бар мынадай құжаттардың бірін ұсынады:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>1) шетелдік – шетелдіктің Қазақстан Республикасында тұруға ықтиярхаты;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>2) азаматтығы жоқ адам – азаматтығы жоқ адамның жеке куәлігі;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>3) босқын – босқын куәлігі;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>4) пана іздеуші – пана іздеуші адамның куәлігі;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>5) оралман – оралман куәлігі.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Порталға:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>1) көрсетілетін қызметті алушының нақты тұ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ғылықты жері көрсетілген, оның өкілінің ЭЦҚ қойылған көрсетілетін қызметті алушының ата-анасының (немесе оның заңды өкілдерінің) бірінің электрондық құжат нысанындағы өтініші;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) денсаулық жағдайы туралы анықтамаларының ("Денсаулық сақтау ұйымдарының бастапқы медициналық құжаттама нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2010 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>жылғы 23 қарашадағы № 907 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:anchor="z1" w:history="1">
+              <w:r w:rsidRPr="002D55A0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                  <w:color w:val="073A5E"/>
+                  <w:spacing w:val="2"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>бұйрығымен</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> бекітілген № 063/у нысан (Нормативтік құқықтық актілерді мемлекеттік тіркеу тіз</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>лімінде № 6697 болып тіркелген) (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6697 болып тіркелген) және "Бала денсаулығы паспорты" 026/у-3 есеп нысанын толтыру және жүргізу жөніндегі Нұсқаулықты бекіту туралы" Қазақстан Республикасының Денсаулық сақтау министрін</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ің </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>міндетін атқарушының 2003 жылғы 24 маусымдағы № 469 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:anchor="z2" w:history="1">
+              <w:r w:rsidRPr="002D55A0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                  <w:color w:val="073A5E"/>
+                  <w:spacing w:val="2"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>бұйрығымен</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> бекітілген № 026/у-3 нысан (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 2423 болып тіркелген)) электрондық нұсқасы;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>4) баланың 3х4 см өлшеміндегі сандық фотосуретi.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Көрсетілетін қызметті алушының жеке басын растайтын құжат, баланың туу туралы куәлігі, мекенжай анықтамасы туралы мәліметтерді "электронды үкімет" шлюзі арқылы тиі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ст</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>і мемлекеттік ақпараттық жүйелерден алады.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Көрсетілетін қызметті алушының порталы арқылы жүгінген кезде "жеке кабинетіне" ЭЦ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қ-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мен расталған электронды құжат нысанында мемлекеттік қызметті көрсету үшін сұратудың қабылданғаны туралы хабарлама-есеп жолданады.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Көрсетілетін қызметті алушы мемлекеттік </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өрсетілетін қызмет стандартында қарастырылған тізбеге сәйкес құжаттар топтамасын толық ұсынбаған және (немесе) қолдану мерзімі өткен құжаттарды ұсынған жағдайда көрсетілетін қызметті беруші өтінішті қабылдаудан бас тартады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="17"/>
       </w:tr>
-      <w:tr w:rsidR="00142A87" w:rsidRPr="000C151E" w:rsidTr="00142A87">
-[...11 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidTr="002D55A0">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="443" w:type="dxa"/>
+            <w:tcW w:w="208" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00142A87" w:rsidRPr="000C151E" w:rsidRDefault="00142A87" w:rsidP="000C5C0F">
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000C151E">
-[...5 lines deleted...]
-              <w:t>10</w:t>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2309" w:type="dxa"/>
+            <w:tcW w:w="1174" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00142A87" w:rsidRPr="000C151E" w:rsidRDefault="00142A87" w:rsidP="000C5C0F">
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000C151E">
-[...16 lines deleted...]
-              <w:t>оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасының заңнамасында белгіленген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>мемлекеттік қызметтер көрсетуден бас тартуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6633" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3618" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00142A87" w:rsidRPr="000C151E" w:rsidRDefault="00142A87" w:rsidP="000C5C0F">
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="18" w:name="z173"/>
-[...14 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) көрсетілетін қызметті алушының мемлекеттік </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өрсетілетін қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) анық еместігін анықтау;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...34 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:t>2) көрсетілетін қызметті алушының мемлекеттік қызметті көрсету үшін қажетті ұсынған құжаттарының Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ілім және ғылым министрінің 2018 жылғы 12 қазандағы № 546 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:anchor="z1" w:history="1">
+              <w:r w:rsidRPr="002D55A0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                  <w:color w:val="073A5E"/>
+                  <w:spacing w:val="2"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>бұйрығымен</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> бекітілген (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17553 тіркелген) Бастауыш, негізгі орта және жалпы орта білім берудің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарына оқуға қабылдаудың үлгілік қағидаларында белгіленген талаптарға сәйкес келмеуі;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...66 lines deleted...]
-              <w:t xml:space="preserve">, а также Единого </w:t>
+              <w:t xml:space="preserve">3) сынып-жинақталымының шамадан </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="000C151E">
-[...6 lines deleted...]
-              <w:t>контакт-центра</w:t>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тыс</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="000C151E">
-[...48 lines deleted...]
-              <w:t> </w:t>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> толуы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="12"/>
-[...4 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidTr="002D55A0">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5593" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="208" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00142A87" w:rsidRPr="000C151E" w:rsidRDefault="00142A87" w:rsidP="000C5C0F">
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000C151E">
-[...5 lines deleted...]
-              <w:t> </w:t>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3792" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1174" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00142A87" w:rsidRPr="000C151E" w:rsidRDefault="00142A87" w:rsidP="000C5C0F">
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000C151E">
-[...129 lines deleted...]
-              <w:t> </w:t>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметтерді, оның ішінде электрондық нысанда және Мемлекетті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>корпорация</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> арқылы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ұсыну ерекшеліктерін ескеретін өзге де талаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3792" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3618" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00142A87" w:rsidRPr="000C151E" w:rsidRDefault="00142A87" w:rsidP="000C5C0F">
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Құжаттар топтамасын тапсыру үшін күтудің </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ұқсат етілген ең ұзақ уақыты 15 (жиырма) минут.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Қызмет көрсетудің ең ұзақ мерзімі 15 минуттан аспайды.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Көрсетілетін қызметті алушы ата-анасының (заңды өкілдерінің) ЭЦҚ болған жағдайда портал арқылы мемлекеттік </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өрсетілетін қызметті электрондық нысанда алуға мүмкіндігі бар.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Көрсетілетін қызметті алушының мемлекеттік қызмет көрсетудің тәртібі мен мәртебесі </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ақпаратты порталдың "жеке кабинеті", сондай-ақ мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс-орталығы, және бірыңғай байланыс-орталығы (1414), 8-800-080-7777 арқылы қашықтықтан қолжетімділік режимінде алу мүмкіндігі бар</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Ү</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ш</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>інші тұлғалардың қызмет алу шарттары:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Порталдағы "жеке кабинеттен" ақпарат сұралатын тұлғаның келісімімен, үшінші тұлғалардың электрондық сұранысы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>үктеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00142A87" w:rsidRPr="000C151E" w:rsidRDefault="00142A87" w:rsidP="00142A87">
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...423 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:vanish/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblW w:w="9146" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5338"/>
-        <w:gridCol w:w="4047"/>
+        <w:gridCol w:w="4186"/>
+        <w:gridCol w:w="4960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00142A87" w:rsidRPr="000C151E" w:rsidTr="000C5C0F">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidTr="002D55A0">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcW w:w="4186" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="20"/>
-          <w:p w:rsidR="00142A87" w:rsidRPr="000C151E" w:rsidRDefault="00142A87" w:rsidP="000C5C0F">
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000C151E">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcW w:w="4960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00142A87" w:rsidRPr="000C151E" w:rsidRDefault="00142A87" w:rsidP="000C5C0F">
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000C151E">
-[...12 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:bookmarkStart w:id="7" w:name="z78"/>
+            <w:bookmarkEnd w:id="7"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>"Бастауыш, негізгі орта, жалпы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...13 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:t>орта бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ім беру бағдарламалары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...13 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:t>бойынша ведомстволық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...13 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:t>бағыныстылығына қарамастан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...13 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:t>білім беру ұйымына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...7 lines deleted...]
-              <w:t>общего среднего образования"</w:t>
+              <w:t>құжаттарды қабылдау"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>мемлекеттік қызмет көрсету</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>стандартына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00142A87" w:rsidRPr="000C151E" w:rsidTr="000C5C0F">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidTr="002D55A0">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcW w:w="4186" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00142A87" w:rsidRPr="000C151E" w:rsidRDefault="00142A87" w:rsidP="000C5C0F">
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000C151E">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcW w:w="4960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00142A87" w:rsidRPr="000C151E" w:rsidRDefault="00142A87" w:rsidP="000C5C0F">
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000C151E">
-[...12 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidTr="002D55A0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4186" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>_______________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...6 lines deleted...]
-              </w:rPr>
+              <w:t>Оқу орынының атауы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Басшысына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
               <w:t>_______________________</w:t>
             </w:r>
-            <w:r w:rsidRPr="000C151E">
-[...3 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...41 lines deleted...]
-              <w:t>Ф.И.О. (при наличии) полностью/</w:t>
+              <w:t>Аты-жөні (толық)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00142A87" w:rsidRPr="000C151E" w:rsidRDefault="00142A87" w:rsidP="00142A87">
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қолхат</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      білім беру ұйымының көрсетілге н қызметті алушыдан құжаттарды </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алғаны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      (бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім беру ұйымының толық атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      (елді мекеннің, ауданның, қаланың және облыстың атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      №___________________ құжаттарды қабылдау туралы қолхат</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      келесі құжаттар _____________________________алынған:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      (көрсетілген қызмет алушының Т.А.Ә.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. басқа ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Өтіні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і қабылдау күні __________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Т.А.Ә. (болған жағдайда) (құжатты қабылдаған жауапты)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      _________________________________                   (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Телефон _____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Алдым:             </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Т.А.Ә. (болған жағдайда)/көрсетілген қызметті алушы)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "___" _________ 20__ жыл</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10280" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5320"/>
+        <w:gridCol w:w="4960"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidTr="002D55A0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="8" w:name="z80"/>
+            <w:bookmarkEnd w:id="8"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>"Бастауыш, негізгі орта, жалпы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>орта бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ім беру бағдарламалары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>бойынша ведомстволық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>бағыныстылығына қарамастан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>білім беру ұйымына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>құжаттарды қабылдау"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>мемлекеттік қызмет көрсету</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>стандартына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>2-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidTr="002D55A0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidTr="002D55A0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>_______________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Оқу орнының атауы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Басшысына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>_______________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Аты-жөні (толық)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Менің ұлымды / қызымды (баланың Т. А. Ә. (болған жағдайда))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      _____ сынып __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      (бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім беру ұйымының толық атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      _____________________________________мекенжайы бойынша тұратын</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      (елді мекеннің, ауданның, қаланың және облыстың атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      оқыту үшін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ақпараттық жүйелерде қамтылған заңмен қорғалатын құпияны құрайтын мәліметтерді </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пайдалану</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға келісемін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      ______________                   "___" ________ 20__ жыл</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9713" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4753"/>
+        <w:gridCol w:w="4960"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidTr="002D55A0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4753" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="9" w:name="z82"/>
+            <w:bookmarkEnd w:id="9"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бастауыш, негізгі орта және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>жалпы орта білімнің жалпы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">білім беретін </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>бағдарламаларын іске</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>асыратын білім беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ұйымдарына оқуға қабылдаудың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>үлгілік қағидасына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>2-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...131 lines deleted...]
-    <w:p w:rsidR="00142A87" w:rsidRPr="000C151E" w:rsidRDefault="00142A87" w:rsidP="00142A87">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:vanish/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="395"/>
+        <w:gridCol w:w="2515"/>
+        <w:gridCol w:w="6595"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidTr="002D55A0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>"Негізгі орта, жалпы орта бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ім беретін ұйымдар арасында балалар ауыстыру үшін құжаттарды қабылдау" мемлекеттік қызмет көрсету стандарты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidTr="002D55A0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="208" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушінің атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3469" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бастауыш, негізгі орта, жалпы орта білім беру ұйымдары (бұдан ә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>і – көрсетілетін қызметті беруші).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidTr="002D55A0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="208" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметті ұсыну тәсілдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3469" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1) "электрондық үкіметтің" веб-порталы www.egov.kz (бұдан ә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>і – портал);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>2) көрсетілетін қызметті беруші арқылы жүзеге асырылады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidTr="002D55A0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="208" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызмет көрсету мерзі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3469" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қызмет көрсету мерзі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>і – 30 минут.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidTr="002D55A0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="208" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызмет көрсету нысаны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3469" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Электронды / қағаз тү</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>інде.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidTr="002D55A0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="208" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметті көрсету нәтижесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3469" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Осы Стандартқа 1-қосымшаға сәйкес нысан бойынша бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта білім беру ұйымынан екіншісіне ауыстыруға құжаттарды қабылдау туралы қолхат беру.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Портал арқылы жүгінген кезде көрсетілетін қызметті алушының "жеке кабинетіне" көрсетілетін қызметті берушінің уәкілетті тұлғасының электрондық цифрлық қолтаңбасымен (бұдан ә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">і - ЭЦҚ) қол қойылған электрондық құжат нысанында бас тарту себептерін </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>көрсете отырып, білім беру ұйымына қабылданғаны туралы немесе дәлелді бас тарту туралы хабарлама келеді.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Көрсетілетін қызметті берушіге мемлекеттік қызмет көрсету нәтижесі үшін қағаз жеткізгіште жүгінген кезде нәтиже қағаз жеткізгіште ресімделеді.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Көрсетілетін қызметті алушы көрсетілген мерзімде мемлекеттік </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өрсетілетін қызметтің нәтижесі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>н алу</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ға өтініш білдірмеген жағдайда, көрсетілетін қызметті беруші оларды көрсетілетін қызметті алушы алғанға дейін қабылдау орны бойынша сақтауды қамтамасыз етеді.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidTr="002D55A0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="208" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызмет көрсету кезінде көрсетілген қызметті алушыдан алынатын тө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>лем м</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3469" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тегі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidTr="002D55A0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="208" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ұмыс уақыты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3469" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1) көрсетілетін қызметті беруші - Қазақстан Республикасының 2015 жылғы 23 қарашадағы Еңбек </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:anchor="z205" w:history="1">
+              <w:r w:rsidRPr="002D55A0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                  <w:color w:val="073A5E"/>
+                  <w:spacing w:val="2"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>кодексіне</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> (бұдан ә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>і – Кодекс) сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбіден бастап жұманы қоса алғанда, белгіленген жұмыс кестесіне сәйкес сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 9.00-ден 18.30-ға дейін.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>2) портал – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ік бойы (көрсетілген қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде өтініштерді қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>абылдау және Мемлекеттік қызмет көрсету нәтижелерін беру </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:anchor="z205" w:history="1">
+              <w:r w:rsidRPr="002D55A0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                  <w:color w:val="073A5E"/>
+                  <w:spacing w:val="2"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>Кодекске</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> сәйкес келесі жұмыс күні жүзеге асырылады).</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Мемлекеттік қызмет көрсету орындарының мекенжайлары:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>1) көрсетілетін қызметті берушінің интернет-ресурсында;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>2) www.egov.kz порталында орналастырылған</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidTr="002D55A0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="208" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мемлекеттік қызмет көрсету үшін қажетті құжаттар </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3469" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>- көрсетілетін қызметті беруші үшін;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>1) осы Стандартқа 2-қосымшаға сәйкес білім беру ұйымы басшысының атына өтініш;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>2) жеке басын куәландыратын құжат, (бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>іздендіру үшін);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>3) есептен шығару талоны</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ортал арқылы:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>1) өтініш, көрсетілетін қызметті алушының ЭЦҚ расталған осы Стандартқа 2-қосымшаға сәйкес нысан бойынша;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>2) есептен шығару талонының электрондық нұсқасы.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidTr="002D55A0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="208" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3469" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1) мемлекеттік қызмет көрсетуді алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған деректердің (мәліметтердің) дәйексіздігі анықталса;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>2) көрсетілген қызметті алушының мемлекеттік қызмет көрсету үшін қажетті ұсынған құжаттарының Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ілім және ғылым министрінің 2018 жылғы 12 қазандағы № 546 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:anchor="z1" w:history="1">
+              <w:r w:rsidRPr="002D55A0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                  <w:color w:val="073A5E"/>
+                  <w:spacing w:val="2"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>бұйрығымен</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17553 тіркелген) бекітілген бастауыш, негізгі орта және жалпы орта білім берудің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарына оқуға қабылдаудың Үлгілік қағидаларында белгіленген талаптарға сәйкес келмеуі;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">- сынып-жинақталымының шамадын </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тыс</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> толуы.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidTr="002D55A0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="208" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметті, оның ішінде электрондық нысанда және Мемлекетті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> корпорация арқылы көрсету ерекшеліктері ескеріле отырып қойылатын өзге де талаптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3469" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) құжаттар топтамасын тапсыру үшін күтудің </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ұқсат етілген ең ұзақ уақыты 15 (он бес) минут.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>2) қызмет көрсетудің ең ұзақ мерзімі 30 минуттан аспайды.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Көрсетілетін қызметті алушының ЭЦҚ болған жағдайда мемлекеттік </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өрсетілетін қызметті портал арқылы электрондық нысанда алуға мүмкіндігі бар.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Көрсетілетін қызметті алушының мемлекеттік қызметті көрсету тәртібі мен мәртебесі туралы ақпаратты қашықтықтан қол жеткізу режимінде порталдағы "жеке кабинеті", көрсетілетін қызметті берушінің анықтамалық қызметтері, сондай-ақ "1414", 8-800-080-7777</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ірыңғай байланыс орталығы арқылы алуға мүмкіндігі бар.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>үктеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...166 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:vanish/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9855" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4895"/>
+        <w:gridCol w:w="4960"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidTr="002D55A0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4895" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="10" w:name="z83"/>
+            <w:bookmarkEnd w:id="10"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>"Негізгі орта, жалпы орта бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>беретін ұйымдар арасында</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>балалар ауыстыру үшін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>құжаттарды қабылдау"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>мемлекеттік қызмет көрсету</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>стандартына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>1-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidTr="002D55A0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4895" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>проживающего по адресу _____________________________________</w:t>
-[...157 lines deleted...]
-    <w:sectPr w:rsidR="00E12199" w:rsidRPr="00142A87">
+        <w:t>Есептен шығару талонының нысаны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Тегі _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Аты ______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Әкесінің аты __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Туған кү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і _____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сынып _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мектеп _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      (бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім беру ұйымының мекенжайы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мектеп директоры _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Аты-жөні (толық)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      М.О.                                                 " ___" ________</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10422" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5462"/>
+        <w:gridCol w:w="4960"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidTr="002D55A0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5462" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="12" w:name="z85"/>
+            <w:bookmarkEnd w:id="12"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>"Негізгі орта, жалпы орта бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>беретін ұйымдар арасында</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>балалар ауыстыру үшін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>құжаттарды қабылдау"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>мемлекеттік қызмет көрсету</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>стандартына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>2-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidTr="002D55A0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5462" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>_______________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Оқу орнының атауы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Басшысына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>_______________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D55A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Т.А.Ә. (болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Менің ұлымды / қызымды (баланың Т. А. Ә. (болған жағдайда))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      _____ сынып __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      (бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім беру ұйымының толық атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      _____________________________________мекенжайы бойынша тұратын</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      (елді мекеннің, ауданның, қаланың және облыстың атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      оқыту үшін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ақпараттық жүйелерде қамтылған заңмен қорғалатын құпияны құрайтын мәліметтерді </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пайдалану</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға келісемін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      ______________                         "___" ________ 20__ жыл</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D55A0" w:rsidRPr="002D55A0" w:rsidRDefault="002D55A0" w:rsidP="002D55A0">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D55A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001154D4" w:rsidRDefault="001154D4"/>
+    <w:sectPr w:rsidR="001154D4">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:font w:name="Calibri">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="103F6AB2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E230ED62"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="60"/>
+  <w:hideSpellingErrors/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00323DD3"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00E12199"/>
+    <w:rsidRoot w:val="00E04E50"/>
+    <w:rsid w:val="001154D4"/>
+    <w:rsid w:val="002D55A0"/>
+    <w:rsid w:val="00E04E50"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -5657,112 +15334,176 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00142A87"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="002D55A0"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:lang w:val="en-US"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="002D55A0"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="002D55A0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="002D55A0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="Balloon Text"/>
+    <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002D55A0"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00142A87"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="002D55A0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...15 lines deleted...]
-      <w:lang w:val="en-US"/>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -5883,126 +15624,271 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00142A87"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="002D55A0"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:lang w:val="en-US"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="002D55A0"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="002D55A0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="002D55A0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="Balloon Text"/>
+    <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002D55A0"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00142A87"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="002D55A0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...15 lines deleted...]
-      <w:lang w:val="en-US"/>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="1143041617">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="829447278">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1582372592">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="586379881">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1067453930">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1452554089">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1800017553" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1800017553" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1800017553" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/K1500000414" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1800017553" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1800017553" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1800017553" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1800017553" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1800017553" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/K1500000414" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1800017553" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1800017553" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1500011057" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1000006697" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/K1500000414" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1800017553" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1800017553" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1800017553" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1000006697" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1800017553" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1800017553" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1800017553" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1700015681" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/K1500000414" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1800017553" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1800017553" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1800017553" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1800017553" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1800016749" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V030002423_" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6250,71 +16136,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>8807</Characters>
+  <Pages>20</Pages>
+  <Words>6252</Words>
+  <Characters>35643</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>73</Lines>
-  <Paragraphs>20</Paragraphs>
+  <Lines>297</Lines>
+  <Paragraphs>83</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10332</CharactersWithSpaces>
+  <CharactersWithSpaces>41812</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>